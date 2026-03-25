--- v0 (2025-10-09)
+++ v1 (2026-03-25)
@@ -390,51 +390,67 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">«Оренбургский государственный </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00660DE5" w:rsidRDefault="00660DE5" w:rsidP="00660DE5">
             <w:pPr>
               <w:pStyle w:val="11"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4810"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>университет»</w:t>
+              <w:t>университет</w:t>
+            </w:r>
+            <w:r w:rsidR="005827CE">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> имени В.А. Бондаренко</w:t>
+            </w:r>
+            <w:r w:rsidR="001B1340">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00660DE5" w:rsidRPr="00BB1429" w:rsidRDefault="00660DE5" w:rsidP="00660DE5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(Орский гуманитарно-технологический институт (филиал) ОГУ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -551,52 +567,50 @@
               </w:rPr>
               <w:t>_______________</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00101453" w:rsidRPr="00454AA8" w:rsidRDefault="007B7D50" w:rsidP="00454AA8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005868C9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>г. Орск</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007B7D50" w:rsidRPr="00BB1429" w:rsidRDefault="007B7D50" w:rsidP="00660DE5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB1429" w:rsidRPr="00BB1429" w:rsidTr="005868C9">
         <w:trPr>
           <w:trHeight w:val="699"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4644" w:type="dxa"/>
@@ -1015,190 +1029,329 @@
     </w:p>
     <w:p w:rsidR="007E6B17" w:rsidRPr="007E6B17" w:rsidRDefault="007E6B17" w:rsidP="007E6B17">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E6B17">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
         <w:t>Председатель комиссии:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007E6B17" w:rsidRPr="007E6B17" w:rsidRDefault="007E6B17" w:rsidP="007E6B17">
+    <w:p w:rsidR="007E6B17" w:rsidRPr="007E6B17" w:rsidRDefault="00E227F5" w:rsidP="007E6B17">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007E6B17">
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>- Тришкина Н.И., заместитель директора по учебно-методической работе.</w:t>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="007E6B17" w:rsidRPr="007E6B17">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Фамилия</w:t>
+      </w:r>
+      <w:r w:rsidR="005827CE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>И</w:t>
+      </w:r>
+      <w:r w:rsidR="005827CE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidR="007E6B17" w:rsidRPr="007E6B17">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>., заместитель директора по учебно-методической работе.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007E6B17" w:rsidRPr="007E6B17" w:rsidRDefault="007E6B17" w:rsidP="007E6B17">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E6B17">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
         <w:t>Члены комиссии:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007E6B17" w:rsidRPr="007E6B17" w:rsidRDefault="007E6B17" w:rsidP="007E6B17">
+    <w:p w:rsidR="007E6B17" w:rsidRPr="007E6B17" w:rsidRDefault="00E227F5" w:rsidP="007E6B17">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007E6B17">
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> Е.В., исполняющий обязанности начальника отдела кадров;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="007E6B17" w:rsidRPr="007E6B17">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Фамилия И.О</w:t>
+      </w:r>
+      <w:r w:rsidR="007E6B17" w:rsidRPr="007E6B17">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>., начальник отдела кадров;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007E6B17" w:rsidRPr="007E6B17" w:rsidRDefault="007E6B17" w:rsidP="007E6B17">
+    <w:p w:rsidR="007E6B17" w:rsidRPr="007E6B17" w:rsidRDefault="00E227F5" w:rsidP="007E6B17">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-20"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="007E6B17" w:rsidRPr="007E6B17">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Фамилия И.О</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.,</w:t>
+      </w:r>
       <w:r w:rsidRPr="007E6B17">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>- Гущина Л.В., главный бухгалтер;</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E6B17" w:rsidRPr="007E6B17">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>главный бухгалтер;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007E6B17" w:rsidRPr="007E6B17" w:rsidRDefault="007E6B17" w:rsidP="007E6B17">
+    <w:p w:rsidR="007E6B17" w:rsidRPr="007E6B17" w:rsidRDefault="00E227F5" w:rsidP="007E6B17">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007E6B17">
-[...5 lines deleted...]
-        <w:t>- Лоскутова Л.Е., начальник отдела документационного обеспечения и контроля исполнения документов.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="007E6B17" w:rsidRPr="007E6B17">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Фамилия И.О</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="007E6B17" w:rsidRPr="007E6B17">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>., начальник отдела документационного обеспечения и контроля исполнения документов.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007E6B17" w:rsidRPr="007E6B17" w:rsidRDefault="007E6B17" w:rsidP="007E6B17">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E6B17">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>2. Заседания экспертной комиссии проводить не реже одного раза в год.</w:t>
       </w:r>
@@ -1323,57 +1476,89 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00EC04A3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:r w:rsidR="00E227F5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>И</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>В.В. Свечникова</w:t>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E227F5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E227F5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Фамилия</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007E6B17" w:rsidRPr="007E6B17" w:rsidRDefault="007E6B17" w:rsidP="007E6B17">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="8100"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="007E6B17" w:rsidRPr="007E6B17" w:rsidRDefault="007E6B17" w:rsidP="007E6B17">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
@@ -1495,51 +1680,58 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00EC04A3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00EC04A3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00EC04A3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Л.Е. Лоскутова</w:t>
+      </w:r>
+      <w:r w:rsidR="00E227F5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>И.О. Фамилия</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EC04A3" w:rsidRPr="007E6B17" w:rsidRDefault="00EC04A3" w:rsidP="007E6B17">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="007E6B17" w:rsidRPr="007E6B17" w:rsidRDefault="007E6B17" w:rsidP="007E6B17">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
@@ -1635,51 +1827,58 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00EC04A3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00EC04A3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00EC04A3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Н.И. Тришкина</w:t>
+      </w:r>
+      <w:r w:rsidR="00E227F5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>И.О. Фамилия</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007E6B17" w:rsidRDefault="007E6B17" w:rsidP="00ED76E2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="007E6B17" w:rsidSect="005868C9">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
@@ -1703,91 +1902,94 @@
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="680"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00102B44"/>
     <w:rsid w:val="00006C95"/>
     <w:rsid w:val="00041364"/>
     <w:rsid w:val="000A1E8B"/>
     <w:rsid w:val="000A730C"/>
     <w:rsid w:val="00101453"/>
     <w:rsid w:val="00102B44"/>
     <w:rsid w:val="00134636"/>
+    <w:rsid w:val="001B1340"/>
     <w:rsid w:val="001F1CC3"/>
     <w:rsid w:val="00285714"/>
     <w:rsid w:val="002A7A10"/>
     <w:rsid w:val="0031224A"/>
     <w:rsid w:val="00315F91"/>
     <w:rsid w:val="00317C21"/>
     <w:rsid w:val="00344EC1"/>
     <w:rsid w:val="003F7A60"/>
     <w:rsid w:val="00403907"/>
     <w:rsid w:val="00411B40"/>
     <w:rsid w:val="00454AA8"/>
+    <w:rsid w:val="005827CE"/>
     <w:rsid w:val="005868C9"/>
     <w:rsid w:val="006238BB"/>
     <w:rsid w:val="00660DE5"/>
     <w:rsid w:val="006B666F"/>
     <w:rsid w:val="0072459E"/>
     <w:rsid w:val="00724CED"/>
     <w:rsid w:val="007357BF"/>
     <w:rsid w:val="007578D9"/>
     <w:rsid w:val="007B7D50"/>
     <w:rsid w:val="007E6B17"/>
     <w:rsid w:val="00800E3D"/>
     <w:rsid w:val="00831646"/>
     <w:rsid w:val="00832EC1"/>
     <w:rsid w:val="00881EC4"/>
     <w:rsid w:val="00982EB6"/>
     <w:rsid w:val="00A16177"/>
     <w:rsid w:val="00A23DE0"/>
     <w:rsid w:val="00A563BE"/>
     <w:rsid w:val="00B04580"/>
     <w:rsid w:val="00B274D8"/>
     <w:rsid w:val="00B36A5D"/>
     <w:rsid w:val="00B501A3"/>
     <w:rsid w:val="00B70643"/>
     <w:rsid w:val="00BB1429"/>
     <w:rsid w:val="00BD1C75"/>
     <w:rsid w:val="00C84002"/>
     <w:rsid w:val="00D46278"/>
     <w:rsid w:val="00D47C56"/>
     <w:rsid w:val="00D727E1"/>
     <w:rsid w:val="00DD46CA"/>
+    <w:rsid w:val="00E227F5"/>
     <w:rsid w:val="00E34D22"/>
     <w:rsid w:val="00E54367"/>
     <w:rsid w:val="00E558D9"/>
     <w:rsid w:val="00EC04A3"/>
     <w:rsid w:val="00ED76E2"/>
     <w:rsid w:val="00EE3082"/>
     <w:rsid w:val="00F25E33"/>
     <w:rsid w:val="00F322AD"/>
     <w:rsid w:val="00F83E26"/>
     <w:rsid w:val="00FE0763"/>
     <w:rsid w:val="00FE2549"/>
     <w:rsid w:val="00FF07CE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
@@ -2864,51 +3066,51 @@
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ko-KR"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///S:\&#1056;&#1077;&#1082;&#1090;&#1086;&#1088;&#1072;&#1090;\&#1051;&#1086;&#1089;&#1082;&#1091;&#1090;&#1086;&#1074;&#1072;\&#1041;&#1083;&#1072;&#1085;&#1082;&#1080;%202020\&#1041;&#1083;&#1072;&#1085;&#1082;%20&#1087;&#1088;&#1080;&#1082;&#1072;&#1079;&#1072;.dotx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///S:\&#1044;&#1080;&#1088;&#1077;&#1082;&#1094;&#1080;&#1103;\&#1041;&#1051;&#1040;&#1053;&#1050;&#1048;%202026\&#1041;&#1083;&#1072;&#1085;&#1082;%20&#1087;&#1088;&#1080;&#1082;&#1072;&#1079;&#1072;.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3154,70 +3356,70 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Бланк приказа.dotx</Template>
+  <Template>Бланк приказа</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>190</Words>
-  <Characters>1089</Characters>
+  <Words>188</Words>
+  <Characters>1078</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
+  <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>ОГТИ (филиал) ГОУ ОГУ</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1277</CharactersWithSpaces>
+  <CharactersWithSpaces>1264</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Гетманенко Анна Александровна</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>