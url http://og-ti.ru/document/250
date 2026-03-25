--- v0 (2025-10-09)
+++ v1 (2026-03-25)
@@ -393,51 +393,75 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">«Оренбургский государственный </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00F934D6" w:rsidRDefault="00F934D6" w:rsidP="00C341C7">
             <w:pPr>
               <w:pStyle w:val="11"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4810"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>университет»</w:t>
+              <w:t>университет</w:t>
+            </w:r>
+            <w:r w:rsidR="001E5794">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001E5794">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>имени В.А. Бондаренко</w:t>
+            </w:r>
+            <w:r w:rsidR="003C4F73">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00F934D6" w:rsidRPr="00BB1429" w:rsidRDefault="00F934D6" w:rsidP="00C341C7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(Орский гуманитарно-технологический институт (филиал) ОГУ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -543,57 +567,89 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="635"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>______________</w:t>
             </w:r>
             <w:r w:rsidR="00FE39A3" w:rsidRPr="00FE39A3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidR="00AD7F0D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>И</w:t>
+            </w:r>
             <w:r w:rsidR="00A36F25">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>В.В. Свечникова</w:t>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD7F0D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidR="00A36F25">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="00AD7F0D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Фамилия</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00F934D6" w:rsidRPr="00BB1429" w:rsidRDefault="002F4224" w:rsidP="002F4224">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="635"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>______________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F934D6" w:rsidRPr="00BB1429" w:rsidTr="003F6EDC">
         <w:trPr>
@@ -616,50 +672,52 @@
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00F934D6" w:rsidRPr="00BB1429" w:rsidRDefault="00F934D6" w:rsidP="00C341C7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>А К Т</w:t>
             </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
           <w:p w:rsidR="00F934D6" w:rsidRPr="005E1749" w:rsidRDefault="00F934D6" w:rsidP="00C341C7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00F934D6" w:rsidRPr="007B7D50" w:rsidRDefault="00F934D6" w:rsidP="00C341C7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
@@ -1039,51 +1097,83 @@
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00DC1C87" w:rsidRPr="00DC1C87" w:rsidRDefault="00DC1C87" w:rsidP="00DC1C87">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC1C87">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Основание: приказ Орского гуманитарно-технологического института (филиала) ОГУ от 14.01.2013 № 15 «О проведении проверки». </w:t>
+        <w:t xml:space="preserve">Основание: приказ Орского гуманитарно-технологического института (филиала) ОГУ от </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7F0D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC1C87">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.01.20</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7F0D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>26</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC1C87">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 15 «О проведении проверки». </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DC1C87" w:rsidRPr="00DC1C87" w:rsidRDefault="00DC1C87" w:rsidP="00DC1C87">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC1C87">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Составлен комиссией:  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DC1C87" w:rsidRPr="00DC1C87" w:rsidRDefault="00DC1C87" w:rsidP="00DC1C87">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1134,132 +1224,132 @@
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DC1C87" w:rsidRPr="00DC1C87" w:rsidRDefault="00DC1C87" w:rsidP="00DC1C87">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC1C87">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Члены комиссии: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DC1C87" w:rsidRPr="00DC1C87" w:rsidRDefault="00DC1C87" w:rsidP="006C75F1">
+    <w:p w:rsidR="00DC1C87" w:rsidRPr="00DC1C87" w:rsidRDefault="00337346" w:rsidP="006C75F1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002F4224">
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>-</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00DC1C87">
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC1C87" w:rsidRPr="00DC1C87">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="006C75F1">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Фамилия И.О.</w:t>
       </w:r>
       <w:r w:rsidR="006C75F1" w:rsidRPr="00DC1C87">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="006C75F1">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>должность</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DC1C87">
+      <w:r w:rsidR="00DC1C87" w:rsidRPr="00DC1C87">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DC1C87" w:rsidRPr="00DC1C87" w:rsidRDefault="00DC1C87" w:rsidP="006C75F1">
+    <w:p w:rsidR="00DC1C87" w:rsidRPr="00DC1C87" w:rsidRDefault="00337346" w:rsidP="006C75F1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002F4224">
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>-</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00DC1C87">
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC1C87" w:rsidRPr="00DC1C87">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006C75F1">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Фамилия И.О.</w:t>
       </w:r>
       <w:r w:rsidR="006C75F1" w:rsidRPr="00DC1C87">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="006C75F1">
         <w:rPr>
@@ -1267,113 +1357,137 @@
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>должность.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DC1C87" w:rsidRPr="00DC1C87" w:rsidRDefault="00DC1C87" w:rsidP="00DC1C87">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC1C87">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">В период с </w:t>
       </w:r>
+      <w:r w:rsidR="00337346">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC1C87">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.01.20</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD2BF6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7F0D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="008F2CCA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC1C87">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по </w:t>
+      </w:r>
       <w:r w:rsidR="00C017E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>20</w:t>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00337346">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC1C87">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.01.20</w:t>
       </w:r>
       <w:r w:rsidR="00AD2BF6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>20</w:t>
-[...39 lines deleted...]
-        <w:t>20</w:t>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7F0D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="009B0E6E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC1C87">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>комисси</w:t>
       </w:r>
       <w:r w:rsidR="00C35358">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ей</w:t>
       </w:r>
@@ -1605,51 +1719,59 @@
         </w:rPr>
         <w:t xml:space="preserve">По результатам проверки предлагается оформить обложки дел в срок до </w:t>
       </w:r>
       <w:r w:rsidR="00D90E0D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC1C87">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.02.20</w:t>
       </w:r>
       <w:r w:rsidR="00D90E0D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>20</w:t>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7F0D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00E23A8C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E23A8C" w:rsidRDefault="00DC1C87" w:rsidP="00DC1C87">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC1C87">
@@ -1677,52 +1799,50 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">1-й </w:t>
       </w:r>
       <w:r w:rsidR="00100903" w:rsidRPr="00DC1C87">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>экз. – в отделе документационного обеспечения и контроля исполнения документов</w:t>
       </w:r>
       <w:r w:rsidR="002138E4">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="00100903" w:rsidRDefault="00100903" w:rsidP="00DC1C87">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00100903" w:rsidRDefault="00100903" w:rsidP="00DC1C87">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -1739,50 +1859,51 @@
           <w:titlePg/>
           <w:docGrid w:linePitch="381"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E23A8C" w:rsidRDefault="00DC1C87" w:rsidP="00DC1C87">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC1C87">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">2-й экз. – председателю комиссии </w:t>
       </w:r>
       <w:r w:rsidR="00C017E8">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Фамилия И.О</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC1C87">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DC1C87" w:rsidRPr="00DC1C87" w:rsidRDefault="00DC1C87" w:rsidP="00DC1C87">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2611,176 +2732,183 @@
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00DC1C87">
           <w:rPr>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00DC1C87">
           <w:rPr>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r w:rsidRPr="00DC1C87">
           <w:rPr>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="008F2CCA">
+        <w:r w:rsidR="0018595F">
           <w:rPr>
             <w:noProof/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="00DC1C87">
           <w:rPr>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w:rsidR="00DC1C87" w:rsidRDefault="00DC1C87">
     <w:pPr>
       <w:pStyle w:val="a3"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00050421"/>
     <w:rsid w:val="00050421"/>
     <w:rsid w:val="00100903"/>
     <w:rsid w:val="00184CDD"/>
+    <w:rsid w:val="0018595F"/>
+    <w:rsid w:val="001E5794"/>
     <w:rsid w:val="001E5ED4"/>
     <w:rsid w:val="002138E4"/>
     <w:rsid w:val="00225C3F"/>
     <w:rsid w:val="0029484B"/>
     <w:rsid w:val="002C43FC"/>
     <w:rsid w:val="002F4224"/>
     <w:rsid w:val="003354A8"/>
+    <w:rsid w:val="00337346"/>
     <w:rsid w:val="00354060"/>
     <w:rsid w:val="003828AE"/>
+    <w:rsid w:val="003C4F73"/>
     <w:rsid w:val="003F6EDC"/>
     <w:rsid w:val="00403B77"/>
     <w:rsid w:val="004866C6"/>
     <w:rsid w:val="004F0CF6"/>
     <w:rsid w:val="00542ED3"/>
     <w:rsid w:val="00546AF7"/>
     <w:rsid w:val="00573DF3"/>
     <w:rsid w:val="005D5C26"/>
     <w:rsid w:val="005E1749"/>
     <w:rsid w:val="006700FD"/>
     <w:rsid w:val="00690ED4"/>
     <w:rsid w:val="006B12B5"/>
     <w:rsid w:val="006C75F1"/>
     <w:rsid w:val="00787796"/>
     <w:rsid w:val="007877A8"/>
     <w:rsid w:val="00877FE4"/>
+    <w:rsid w:val="008830FB"/>
     <w:rsid w:val="008D10CB"/>
     <w:rsid w:val="008F2CCA"/>
     <w:rsid w:val="008F4A44"/>
     <w:rsid w:val="008F5338"/>
     <w:rsid w:val="009B0E6E"/>
     <w:rsid w:val="00A36F25"/>
     <w:rsid w:val="00A372F0"/>
     <w:rsid w:val="00A6342B"/>
     <w:rsid w:val="00A87E92"/>
     <w:rsid w:val="00A90C00"/>
     <w:rsid w:val="00AC6FC2"/>
     <w:rsid w:val="00AD2BF6"/>
     <w:rsid w:val="00AD2E8E"/>
+    <w:rsid w:val="00AD7F0D"/>
     <w:rsid w:val="00AF5330"/>
     <w:rsid w:val="00C017E8"/>
     <w:rsid w:val="00C202F8"/>
     <w:rsid w:val="00C35358"/>
     <w:rsid w:val="00C444F8"/>
     <w:rsid w:val="00CC718D"/>
     <w:rsid w:val="00CE7561"/>
     <w:rsid w:val="00D90E0D"/>
     <w:rsid w:val="00DC1C87"/>
     <w:rsid w:val="00DE3AB4"/>
     <w:rsid w:val="00E23A8C"/>
+    <w:rsid w:val="00EA1BA6"/>
     <w:rsid w:val="00EF5060"/>
     <w:rsid w:val="00F5538E"/>
     <w:rsid w:val="00F934D6"/>
     <w:rsid w:val="00FE39A3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{413FE29F-A613-4B90-9FE1-80D61FDAC500}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
@@ -3610,73 +3738,73 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>304</Words>
-  <Characters>1737</Characters>
+  <Words>307</Words>
+  <Characters>1753</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>14</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2037</CharactersWithSpaces>
+  <CharactersWithSpaces>2056</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Гетманенко Анна Александровна</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>