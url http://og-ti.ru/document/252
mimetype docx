--- v0 (2025-10-09)
+++ v1 (2026-03-25)
@@ -396,51 +396,67 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">«Оренбургский государственный </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00660DE5" w:rsidRDefault="00660DE5" w:rsidP="00660DE5">
             <w:pPr>
               <w:pStyle w:val="11"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4810"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>университет»</w:t>
+              <w:t>университет</w:t>
+            </w:r>
+            <w:r w:rsidR="003E0C68">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> имени В.А. Бондаренко</w:t>
+            </w:r>
+            <w:r w:rsidR="00A00780">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00660DE5" w:rsidRPr="00BB1429" w:rsidRDefault="00660DE5" w:rsidP="00660DE5">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(Орский гуманитарно-технологический институт (филиал) ОГУ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -505,68 +521,108 @@
             </w:r>
             <w:r w:rsidR="00A3241B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>О Т О К О Л</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="007B7D50" w:rsidRPr="00BB1429" w:rsidRDefault="007B7D50" w:rsidP="007B7D50">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009E46DF" w:rsidRDefault="009E46DF" w:rsidP="009E46DF">
+          <w:p w:rsidR="009E46DF" w:rsidRDefault="003E0C68" w:rsidP="009E46DF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>20.05.2020 № 3</w:t>
+              <w:t>04</w:t>
+            </w:r>
+            <w:r w:rsidR="009E46DF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="009E46DF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="009E46DF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № 3</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="007B7D50" w:rsidRPr="005868C9" w:rsidRDefault="007B7D50" w:rsidP="007B7D50">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005868C9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>г. Орск</w:t>
             </w:r>
           </w:p>
@@ -862,162 +918,218 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00BB1429" w:rsidRPr="00BB1429" w:rsidRDefault="00BB1429" w:rsidP="00BD1C75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="284" w:right="317"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00724CED" w:rsidRDefault="00724CED" w:rsidP="00ED76E2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00491D5C" w:rsidRPr="00491D5C" w:rsidRDefault="00491D5C" w:rsidP="00491D5C">
+    <w:p w:rsidR="00A00780" w:rsidRDefault="00491D5C" w:rsidP="00491D5C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00491D5C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Председатель – </w:t>
       </w:r>
-      <w:r w:rsidR="00AA2D99">
-[...5 lines deleted...]
-        <w:t>Тришкина Н.И.</w:t>
+      <w:r w:rsidR="00A00780">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Фамилия И.О</w:t>
+      </w:r>
+      <w:r w:rsidR="00A00780">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00491D5C" w:rsidRPr="00491D5C" w:rsidRDefault="00491D5C" w:rsidP="00491D5C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00491D5C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Секретарь – </w:t>
       </w:r>
+      <w:r w:rsidR="00A00780">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Фамилия И.О</w:t>
+      </w:r>
       <w:r w:rsidR="00AA2D99">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Лоскутова Л.Е.</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00491D5C" w:rsidRPr="00491D5C" w:rsidRDefault="00491D5C" w:rsidP="00491D5C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-5"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00491D5C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Присутствовали: </w:t>
       </w:r>
+      <w:r w:rsidR="00A00780">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Фамилия И.О</w:t>
+      </w:r>
       <w:r w:rsidR="00AA2D99">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Тришкина Н.И.,</w:t>
+        <w:t>.,</w:t>
       </w:r>
       <w:r w:rsidRPr="00491D5C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00A00780">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Фамилия И.О</w:t>
+      </w:r>
       <w:r w:rsidR="00AA2D99">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Гущина Л.В., Лоскутова Л.Е.,</w:t>
+        <w:t xml:space="preserve">., </w:t>
+      </w:r>
+      <w:r w:rsidR="00A00780">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Фамилия И.О</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA2D99">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.,</w:t>
       </w:r>
       <w:r w:rsidRPr="00491D5C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AA2D99">
-[...5 lines deleted...]
-        <w:t>Колесова О.А.</w:t>
+      <w:r w:rsidR="00A00780">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Фамилия И.О</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00491D5C" w:rsidRPr="00491D5C" w:rsidRDefault="00491D5C" w:rsidP="00491D5C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00491D5C" w:rsidRPr="00491D5C" w:rsidRDefault="00491D5C" w:rsidP="00491D5C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00491D5C">
         <w:rPr>
@@ -1050,285 +1162,367 @@
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D30BDC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">1. О плане работы </w:t>
       </w:r>
       <w:r w:rsidR="00D30BDC" w:rsidRPr="00D30BDC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>отдела документационного обеспечения и контроля исполнения документов</w:t>
       </w:r>
       <w:r w:rsidRPr="00D30BDC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Орского гуманитарно-технологического института (филиала) ОГУ на 2019 год.</w:t>
+        <w:t xml:space="preserve"> Орского гуманитарно-технологического института (филиала) ОГУ на 20</w:t>
+      </w:r>
+      <w:r w:rsidR="003E0C68">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>26</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30BDC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> год.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00491D5C" w:rsidRPr="00E21537" w:rsidRDefault="00491D5C" w:rsidP="00491D5C">
+    <w:p w:rsidR="00A00780" w:rsidRDefault="00491D5C" w:rsidP="00491D5C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E21537">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Докладчик – начальник отдела документационного обеспечения и контроля исполнения документов </w:t>
       </w:r>
-      <w:r w:rsidR="00E21537" w:rsidRPr="00E21537">
-[...5 lines deleted...]
-        <w:t>Лоскутова Л.Е.</w:t>
+      <w:r w:rsidR="00A00780">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Фамилия И.О</w:t>
+      </w:r>
+      <w:r w:rsidR="00A00780">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00491D5C" w:rsidRPr="00491D5C" w:rsidRDefault="00491D5C" w:rsidP="00491D5C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00491D5C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>2. О проверке наличия и состояния архивных документов Орского гуманитарно-технологического института (филиала) ОГУ.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00491D5C" w:rsidRPr="00491D5C" w:rsidRDefault="00491D5C" w:rsidP="00491D5C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00820171">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Докладчик – архивариус</w:t>
       </w:r>
       <w:r w:rsidRPr="00491D5C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E21537">
-[...5 lines deleted...]
-        <w:t>Колесова О.А.</w:t>
+      <w:r w:rsidR="00A00780">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Фамилия И.О</w:t>
+      </w:r>
+      <w:r w:rsidR="00A00780">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002C3E8F" w:rsidRDefault="002C3E8F" w:rsidP="002C3E8F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7058"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00491D5C" w:rsidRPr="00491D5C" w:rsidRDefault="00491D5C" w:rsidP="002C3E8F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7058"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00491D5C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>1. СЛУШАЛИ:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00491D5C" w:rsidRPr="00491D5C" w:rsidRDefault="00AA2D99" w:rsidP="00491D5C">
+    <w:p w:rsidR="00491D5C" w:rsidRPr="00491D5C" w:rsidRDefault="001B1ED4" w:rsidP="00491D5C">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-          <w:szCs w:val="28"/>
-[...2 lines deleted...]
-        <w:t>Лоскутова Л.Е.</w:t>
+          <w:spacing w:val="-2"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Фамилия </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>И.О</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00491D5C" w:rsidRPr="00D30BDC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– о плане работы </w:t>
+      </w:r>
+      <w:r w:rsidR="00D30BDC" w:rsidRPr="00D30BDC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отдела документационного обеспечения и контроля исполнения документов</w:t>
       </w:r>
       <w:r w:rsidR="00491D5C" w:rsidRPr="00491D5C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> </w:t>
-[...15 lines deleted...]
-        <w:t>отдела документационного обеспечения и контроля исполнения документов</w:t>
+        <w:t xml:space="preserve"> Орского гуманитарно-технологического института (филиала) ОГУ на 20</w:t>
+      </w:r>
+      <w:r w:rsidR="003E0C68">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>26</w:t>
       </w:r>
       <w:r w:rsidR="00491D5C" w:rsidRPr="00491D5C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Орского гуманитарно-технологического института (филиала) ОГУ на 2019 год. Текст доклада прилагается.</w:t>
+        <w:t xml:space="preserve"> год. Текст доклада прилагается.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00491D5C" w:rsidRPr="00491D5C" w:rsidRDefault="00491D5C" w:rsidP="00491D5C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00491D5C" w:rsidRPr="00491D5C" w:rsidRDefault="00491D5C" w:rsidP="00491D5C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00491D5C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>ВЫСТУПИЛИ:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00491D5C" w:rsidRPr="00491D5C" w:rsidRDefault="00AA2D99" w:rsidP="00491D5C">
+    <w:p w:rsidR="00491D5C" w:rsidRPr="00491D5C" w:rsidRDefault="00FC7BF2" w:rsidP="00491D5C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
-        <w:t>Колесова О.А.</w:t>
-      </w:r>
+        <w:t>Фамилия И</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA2D99">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>О.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00491D5C" w:rsidRPr="00491D5C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> – краткая запись выступления.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00491D5C" w:rsidRPr="00491D5C" w:rsidRDefault="00491D5C" w:rsidP="00491D5C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="28"/>
           <w:lang w:val="x-none" w:eastAsia="x-none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00491D5C" w:rsidRPr="00491D5C" w:rsidRDefault="00491D5C" w:rsidP="00491D5C">
@@ -1409,130 +1603,146 @@
           <w:docGrid w:linePitch="381"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00491D5C" w:rsidRPr="00491D5C" w:rsidRDefault="00491D5C" w:rsidP="004902D3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="5102"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00491D5C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>2. СЛУШАЛИ:</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="00491D5C" w:rsidRPr="00491D5C" w:rsidRDefault="00AA2D99" w:rsidP="00491D5C">
+    <w:p w:rsidR="00491D5C" w:rsidRPr="00491D5C" w:rsidRDefault="001B1ED4" w:rsidP="00491D5C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-          <w:szCs w:val="28"/>
-[...2 lines deleted...]
-        <w:t>Колесова О.А.</w:t>
+          <w:spacing w:val="-2"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Фамилия И.О</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA2D99">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00491D5C" w:rsidRPr="00491D5C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> – о проверке наличия и состояния архивных документов Орского гуманитарно-технологического института (филиала) ОГУ. Текст доклада прилагается.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00491D5C" w:rsidRPr="00491D5C" w:rsidRDefault="00491D5C" w:rsidP="00491D5C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00491D5C" w:rsidRPr="00491D5C" w:rsidRDefault="00491D5C" w:rsidP="00AA2D99">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3975"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00491D5C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ВЫСТУПИЛИ:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00491D5C" w:rsidRPr="00491D5C" w:rsidRDefault="00AA2D99" w:rsidP="00491D5C">
+    <w:p w:rsidR="00491D5C" w:rsidRPr="00491D5C" w:rsidRDefault="001B1ED4" w:rsidP="00491D5C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-          <w:szCs w:val="28"/>
-[...2 lines deleted...]
-        <w:t>Тришкина Н.И.</w:t>
+          <w:spacing w:val="-2"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Фамилия И.О</w:t>
+      </w:r>
+      <w:r w:rsidR="003E0C68">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00491D5C" w:rsidRPr="00491D5C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> – краткая запись выступления.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00491D5C" w:rsidRPr="004902D3" w:rsidRDefault="00491D5C" w:rsidP="00491D5C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="28"/>
           <w:lang w:val="x-none" w:eastAsia="x-none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -1690,69 +1900,74 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00AA2D99">
-[...17 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidR="001B1ED4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>И.О</w:t>
+      </w:r>
+      <w:r w:rsidR="003E0C68">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="001B1ED4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Фамилия</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="00491D5C" w:rsidRPr="004902D3" w:rsidRDefault="00491D5C" w:rsidP="004902D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00491D5C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Секретарь</w:t>
       </w:r>
       <w:r w:rsidRPr="00491D5C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
@@ -1801,57 +2016,57 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00AA2D99">
-[...5 lines deleted...]
-        <w:t>Л.Е. Лоскутова</w:t>
+      <w:r w:rsidR="001B1ED4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>И.О. Фамилия</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00491D5C" w:rsidRPr="004902D3" w:rsidSect="004E1681">
       <w:headerReference w:type="even" r:id="rId9"/>
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:start="2"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="381"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w:rsidR="00E21537" w:rsidRDefault="00E21537" w:rsidP="00E21537">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
@@ -2065,51 +2280,51 @@
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00652D4F">
           <w:rPr>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00652D4F">
           <w:rPr>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r w:rsidRPr="00652D4F">
           <w:rPr>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00652D4F">
+        <w:r w:rsidR="00FC7BF2">
           <w:rPr>
             <w:noProof/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="00652D4F">
           <w:rPr>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w:rsidR="00830DD6" w:rsidRDefault="00830DD6">
     <w:pPr>
       <w:pStyle w:val="af4"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
@@ -2146,157 +2361,161 @@
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w:rsidR="00830DD6" w:rsidRDefault="00830DD6">
     <w:pPr>
       <w:pStyle w:val="af4"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="708"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="8193"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001D3A8F"/>
     <w:rsid w:val="00006C95"/>
     <w:rsid w:val="00041364"/>
     <w:rsid w:val="00054922"/>
     <w:rsid w:val="000A1E8B"/>
     <w:rsid w:val="000A730C"/>
     <w:rsid w:val="0011101B"/>
     <w:rsid w:val="001143E4"/>
+    <w:rsid w:val="001B1ED4"/>
     <w:rsid w:val="001D3A8F"/>
     <w:rsid w:val="001F1CC3"/>
     <w:rsid w:val="00285714"/>
     <w:rsid w:val="002A7A10"/>
     <w:rsid w:val="002C3E8F"/>
     <w:rsid w:val="0031224A"/>
     <w:rsid w:val="00315F91"/>
     <w:rsid w:val="00317C21"/>
     <w:rsid w:val="00344EC1"/>
+    <w:rsid w:val="003E0C68"/>
     <w:rsid w:val="003E511A"/>
     <w:rsid w:val="003F7A60"/>
     <w:rsid w:val="00403907"/>
     <w:rsid w:val="00411B40"/>
     <w:rsid w:val="004902D3"/>
     <w:rsid w:val="00491D5C"/>
     <w:rsid w:val="004E1681"/>
     <w:rsid w:val="005868C9"/>
     <w:rsid w:val="006238BB"/>
     <w:rsid w:val="00652D4F"/>
     <w:rsid w:val="00660DE5"/>
     <w:rsid w:val="00724CED"/>
     <w:rsid w:val="007357BF"/>
     <w:rsid w:val="007578D9"/>
     <w:rsid w:val="007B7D50"/>
     <w:rsid w:val="00820171"/>
     <w:rsid w:val="00830DD6"/>
     <w:rsid w:val="00831646"/>
     <w:rsid w:val="00832EC1"/>
     <w:rsid w:val="00881EC4"/>
     <w:rsid w:val="00982EB6"/>
     <w:rsid w:val="00985C49"/>
     <w:rsid w:val="009E46DF"/>
+    <w:rsid w:val="00A00780"/>
     <w:rsid w:val="00A16177"/>
     <w:rsid w:val="00A23DE0"/>
     <w:rsid w:val="00A3241B"/>
     <w:rsid w:val="00A563BE"/>
     <w:rsid w:val="00AA2D99"/>
     <w:rsid w:val="00B04580"/>
     <w:rsid w:val="00B274D8"/>
     <w:rsid w:val="00B36A5D"/>
     <w:rsid w:val="00B501A3"/>
     <w:rsid w:val="00B70643"/>
     <w:rsid w:val="00BB1429"/>
     <w:rsid w:val="00BD1C75"/>
     <w:rsid w:val="00C84002"/>
     <w:rsid w:val="00D30BDC"/>
     <w:rsid w:val="00D46278"/>
     <w:rsid w:val="00D47C56"/>
     <w:rsid w:val="00D727E1"/>
     <w:rsid w:val="00DD46CA"/>
     <w:rsid w:val="00E21537"/>
     <w:rsid w:val="00E34D22"/>
     <w:rsid w:val="00E54367"/>
     <w:rsid w:val="00E558D9"/>
     <w:rsid w:val="00ED76E2"/>
     <w:rsid w:val="00EE3082"/>
     <w:rsid w:val="00F25E33"/>
     <w:rsid w:val="00F322AD"/>
     <w:rsid w:val="00F83E26"/>
+    <w:rsid w:val="00FC7BF2"/>
     <w:rsid w:val="00FE0763"/>
     <w:rsid w:val="00FE2549"/>
     <w:rsid w:val="00FF07CE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="8193"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:docId w15:val="{08173081-8BD8-4490-88AA-36A613B0E77B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
@@ -3410,51 +3629,51 @@
     <w:div w:id="15038312">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///S:\&#1056;&#1077;&#1082;&#1090;&#1086;&#1088;&#1072;&#1090;\&#1051;&#1086;&#1089;&#1082;&#1091;&#1090;&#1086;&#1074;&#1072;\&#1041;&#1083;&#1072;&#1085;&#1082;&#1080;%202020\&#1041;&#1083;&#1072;&#1085;&#1082;%20&#1087;&#1088;&#1086;&#1090;&#1086;&#1082;&#1086;&#1083;&#1072;.dotx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///S:\&#1044;&#1080;&#1088;&#1077;&#1082;&#1094;&#1080;&#1103;\&#1041;&#1051;&#1040;&#1053;&#1050;&#1048;%202026\&#1041;&#1083;&#1072;&#1085;&#1082;%20&#1087;&#1088;&#1086;&#1090;&#1086;&#1082;&#1086;&#1083;&#1072;.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3704,66 +3923,66 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Бланк протокола</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>245</Words>
-  <Characters>1398</Characters>
+  <Characters>1401</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>11</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>ОГТИ (филиал) ГОУ ОГУ</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1640</CharactersWithSpaces>
+  <CharactersWithSpaces>1643</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Гетманенко Анна Александровна</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>