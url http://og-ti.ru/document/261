--- v0 (2025-10-09)
+++ v1 (2026-03-25)
@@ -390,52 +390,70 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">«Оренбургский государственный </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008E22DA" w:rsidRDefault="008E22DA" w:rsidP="00C341C7">
             <w:pPr>
               <w:pStyle w:val="11"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4810"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>университет»</w:t>
-            </w:r>
+              <w:t>университет</w:t>
+            </w:r>
+            <w:r w:rsidR="008E16AC">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> имени В.А. Бондаренко</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:r w:rsidR="00B30A4D">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
           <w:p w:rsidR="008E22DA" w:rsidRPr="00BB1429" w:rsidRDefault="008E22DA" w:rsidP="00C341C7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(Орский гуманитарно-технологический институт (филиал) ОГУ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -541,159 +559,159 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="635"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>______________</w:t>
             </w:r>
             <w:r w:rsidRPr="00FE39A3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>В.В. Свечникова</w:t>
+            <w:r w:rsidR="00F104DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>И.О. Фамилия</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008E22DA" w:rsidRDefault="008E22DA" w:rsidP="003844DD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="635"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>______________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008E22DA" w:rsidRDefault="008E22DA" w:rsidP="002C23DC">
+          <w:p w:rsidR="008E22DA" w:rsidRPr="00414B18" w:rsidRDefault="008E22DA" w:rsidP="002C23DC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="635"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="008E22DA" w:rsidRDefault="008E22DA" w:rsidP="002C23DC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="635"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>или</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008E22DA" w:rsidRDefault="008E22DA" w:rsidP="002C23DC">
+          <w:p w:rsidR="008E22DA" w:rsidRPr="00414B18" w:rsidRDefault="008E22DA" w:rsidP="002C23DC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="635"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="008E22DA" w:rsidRPr="00FE39A3" w:rsidRDefault="008E22DA" w:rsidP="002C23DC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="635"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE39A3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>УТВЕРЖД</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ЕН</w:t>
             </w:r>
             <w:r w:rsidR="000802EE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>А</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
           <w:p w:rsidR="008E22DA" w:rsidRPr="00FE39A3" w:rsidRDefault="008E22DA" w:rsidP="002C23DC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="635"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>приказом</w:t>
             </w:r>
             <w:r w:rsidRPr="00FE39A3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
@@ -2085,63 +2103,67 @@
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DF13CD"/>
     <w:rsid w:val="000802EE"/>
     <w:rsid w:val="000F4F17"/>
     <w:rsid w:val="001420C9"/>
     <w:rsid w:val="00173D11"/>
     <w:rsid w:val="002135B5"/>
     <w:rsid w:val="002C23DC"/>
     <w:rsid w:val="003844DD"/>
+    <w:rsid w:val="00414B18"/>
     <w:rsid w:val="004F0CF6"/>
     <w:rsid w:val="005D5C26"/>
     <w:rsid w:val="006028D5"/>
     <w:rsid w:val="006700FD"/>
     <w:rsid w:val="006A6B26"/>
     <w:rsid w:val="006B6972"/>
+    <w:rsid w:val="008E16AC"/>
     <w:rsid w:val="008E22DA"/>
+    <w:rsid w:val="00B30A4D"/>
     <w:rsid w:val="00CC718D"/>
     <w:rsid w:val="00DE3193"/>
     <w:rsid w:val="00DF13CD"/>
     <w:rsid w:val="00EA5DAF"/>
     <w:rsid w:val="00ED52F9"/>
     <w:rsid w:val="00EF5060"/>
+    <w:rsid w:val="00F104DA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
@@ -2690,51 +2712,51 @@
     </w:div>
     <w:div w:id="1860966299">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///S:\&#1056;&#1077;&#1082;&#1090;&#1086;&#1088;&#1072;&#1090;\&#1051;&#1086;&#1089;&#1082;&#1091;&#1090;&#1086;&#1074;&#1072;\&#1041;&#1083;&#1072;&#1085;&#1082;&#1080;%202020\&#1041;&#1083;&#1072;&#1085;&#1082;%20&#1080;&#1085;&#1089;&#1090;&#1088;&#1091;&#1082;&#1094;&#1080;&#1080;.dotx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///S:\&#1044;&#1080;&#1088;&#1077;&#1082;&#1094;&#1080;&#1103;\&#1041;&#1051;&#1040;&#1053;&#1050;&#1048;%202026\&#1041;&#1083;&#1072;&#1085;&#1082;%20&#1080;&#1085;&#1089;&#1090;&#1088;&#1091;&#1082;&#1094;&#1080;&#1080;.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2959,69 +2981,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Бланк инструкции</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>156</Words>
-  <Characters>893</Characters>
+  <Words>159</Words>
+  <Characters>909</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>7</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1047</CharactersWithSpaces>
+  <CharactersWithSpaces>1066</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Гетманенко Анна Александровна</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>