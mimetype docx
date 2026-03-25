--- v0 (2025-10-09)
+++ v1 (2026-03-25)
@@ -393,51 +393,67 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">«Оренбургский государственный </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00ED52F9" w:rsidRDefault="00ED52F9" w:rsidP="00C341C7">
             <w:pPr>
               <w:pStyle w:val="11"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4810"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>университет»</w:t>
+              <w:t>университет</w:t>
+            </w:r>
+            <w:r w:rsidR="00132A04">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> имени В.А. Бондаренко</w:t>
+            </w:r>
+            <w:r w:rsidR="004F6855">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00ED52F9" w:rsidRPr="00BB1429" w:rsidRDefault="00ED52F9" w:rsidP="00C341C7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(Орский гуманитарно-технологический институт (филиал) ОГУ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -543,66 +559,60 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="635"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>______________</w:t>
             </w:r>
             <w:r w:rsidR="006A6B26" w:rsidRPr="00FE39A3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00EA5DAF">
+            <w:r w:rsidR="00481171">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">В.В. </w:t>
-[...8 lines deleted...]
-            </w:r>
+              <w:t>И.О. Фамилия</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
           <w:p w:rsidR="00ED52F9" w:rsidRPr="00BB1429" w:rsidRDefault="00A20A12" w:rsidP="00A20A12">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="635"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>______________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00ED52F9" w:rsidRPr="00BB1429" w:rsidTr="00B40008">
         <w:trPr>
           <w:trHeight w:val="1776"/>
@@ -1654,52 +1664,50 @@
         </w:rPr>
         <w:t>И.О. Фамилия</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DF7C19" w:rsidRDefault="00DF7C19" w:rsidP="00EB7F2E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00EB7F2E" w:rsidRPr="0022118D" w:rsidRDefault="00EB7F2E" w:rsidP="00EB7F2E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="0022118D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>СОГЛАСОВАНО</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EB7F2E" w:rsidRPr="0022118D" w:rsidRDefault="00EB7F2E" w:rsidP="00EB7F2E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0022118D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="28"/>
@@ -2417,103 +2425,106 @@
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00BA4802">
           <w:rPr>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00BA4802">
           <w:rPr>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r w:rsidRPr="00BA4802">
           <w:rPr>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00DF7C19">
+        <w:r w:rsidR="00481171">
           <w:rPr>
             <w:noProof/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="00BA4802">
           <w:rPr>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w:rsidR="00BA4802" w:rsidRDefault="00BA4802">
     <w:pPr>
       <w:pStyle w:val="a3"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C91479"/>
+    <w:rsid w:val="00132A04"/>
     <w:rsid w:val="00173D11"/>
     <w:rsid w:val="002135B5"/>
     <w:rsid w:val="00283E2A"/>
+    <w:rsid w:val="00481171"/>
     <w:rsid w:val="004F0CF6"/>
+    <w:rsid w:val="004F6855"/>
     <w:rsid w:val="005D49AD"/>
     <w:rsid w:val="005D5C26"/>
     <w:rsid w:val="005E72DB"/>
     <w:rsid w:val="006028D5"/>
     <w:rsid w:val="006700FD"/>
     <w:rsid w:val="006A6B26"/>
     <w:rsid w:val="00853E7C"/>
     <w:rsid w:val="00A20A12"/>
     <w:rsid w:val="00AB5979"/>
     <w:rsid w:val="00B40008"/>
     <w:rsid w:val="00BA4802"/>
     <w:rsid w:val="00BC23F9"/>
     <w:rsid w:val="00BF6399"/>
     <w:rsid w:val="00C91479"/>
     <w:rsid w:val="00CC718D"/>
     <w:rsid w:val="00DF7C19"/>
     <w:rsid w:val="00EA5DAF"/>
     <w:rsid w:val="00EB7F2E"/>
     <w:rsid w:val="00ED52F9"/>
     <w:rsid w:val="00EF5060"/>
     <w:rsid w:val="00FB793E"/>
     <w:rsid w:val="00FE06A2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
@@ -3373,69 +3384,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>212</Words>
-  <Characters>1215</Characters>
+  <Words>216</Words>
+  <Characters>1233</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>10</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1425</CharactersWithSpaces>
+  <CharactersWithSpaces>1447</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Гетманенко Анна Александровна</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>