--- v0 (2025-10-09)
+++ v1 (2026-03-25)
@@ -390,52 +390,70 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">«Оренбургский государственный </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008E472B" w:rsidRDefault="008E472B" w:rsidP="00C341C7">
             <w:pPr>
               <w:pStyle w:val="11"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4810"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>университет»</w:t>
-            </w:r>
+              <w:t>университет</w:t>
+            </w:r>
+            <w:r w:rsidR="00D0161B">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> имени В.А. Бондаренко</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:r w:rsidR="00A36E83">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
           <w:p w:rsidR="008E472B" w:rsidRPr="00BB1429" w:rsidRDefault="008E472B" w:rsidP="00C341C7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(Орский гуманитарно-технологический институт (филиал) ОГУ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -541,57 +559,89 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="635"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>______________</w:t>
             </w:r>
             <w:r w:rsidRPr="00FE39A3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidR="00A36E83">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>И</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>В.В. Свечникова</w:t>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00A36E83">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="00A36E83">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Фамилия</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008E472B" w:rsidRDefault="008E472B" w:rsidP="003844DD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="635"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>______________</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008E472B" w:rsidRDefault="008E472B" w:rsidP="007E2961">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="635"/>
@@ -803,51 +853,83 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>УТВЕРЖДЕНЫ</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00CE10DA" w:rsidRDefault="00CE10DA" w:rsidP="00CE10DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="635"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">ученым советом Орского гуманитарно-технологического института(филиала) ОГУ </w:t>
+              <w:t>уч</w:t>
+            </w:r>
+            <w:r w:rsidR="00987A6D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ё</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ным советом Орского гуманитарно-технологического института</w:t>
+            </w:r>
+            <w:r w:rsidR="00D0161B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(филиала) ОГУ </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00CE10DA" w:rsidRPr="00BB1429" w:rsidRDefault="00CE10DA" w:rsidP="00CE10DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="635"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>(протокол от __________ № ____)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008E472B" w:rsidRPr="00BB1429" w:rsidTr="00C341C7">
         <w:trPr>
@@ -1222,52 +1304,50 @@
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:shape w14:anchorId="38DFCC8D" id="Полилиния 12" o:spid="_x0000_s1026" style="position:absolute;margin-left:202.5pt;margin-top:1.85pt;width:18.45pt;height:18.45pt;rotation:90;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" coordsize="240631,221381" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCaMxtbaAMAAO8HAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/ROrmO+1W20Wo3SIk&#10;viTKAdzEaSISO9hu0wVxBo7ANVZCcIZyI2acNNvsshJCRGprZ17H8+bZzxdP91VJdlzpQooZ9c5c&#10;SrhIZFqIzYy+Xy1HE0q0YSJlpRR8Rq+5pk8vHz+6aOop92Uuy5QrAkmEnjb1jObG1FPH0UnOK6bP&#10;ZM0FBDOpKmZgqjZOqlgD2avS8V03dhqp0lrJhGsNbxdtkF7a/FnGE/MmyzQ3pJxRqM3Yb2W/1/jt&#10;XF6w6UaxOi+Srgz2D1VUrBCwaJ9qwQwjW1XcS1UViZJaZuYskZUjs6xIuOUAbDz3Dpt3Oau55QLN&#10;0XXfJv3/0iavd28VKVLQjhLBKpDo8O3w8/D9cGM/Pw43v74Sz8dGNbWeAv5d/VYhVV2/lMkHDQFn&#10;EMGJBgxZN69kCgnZ1kjbnH2mKqIkiBCFLj72LTSB7K0i170ifG9IAi/9IAy8iJIEQt0Y12NTTIVF&#10;JFttnnNpx2z3UptW0BRGVo60I7UC8bOqBG2fOMQlDfFDNw68Tv8eBU3oUX44jsceyYnve8HkHtQ/&#10;gT6cMBigHsoVnqB8fzyJJg9WCM3oK3QfLC4eoGLsNYmjKIjvEh7/LRDO8cm6dzKCIJtjy1l+VCHZ&#10;i04GGBGGjrCKreS11Cg5igLCrmxvIQfArKY9ejxAQ8cRHSCHP6EnAzT0FNHRKbr9V1eUAnO4awuK&#10;ErCFddulmhnkgiXhkDSwB9tdQ3IYtrsCo5Xc8ZW0OHO7lW+3DSx7CynFfaj1IUAdY8ff2qY7Lgp0&#10;hkD4BxZmu9EXixxPDoWQy6Is7akoBVKIg6g9d1qWRYpBLFyrzXpeKrJjaJT26Ro3gFWFAbsui2pG&#10;Jz2ITXPO0iuR2lUMK8p2bAlhcjjNXR/xXFtb/Hzunl9NribhKPTjq1HoLhajZ8t5OIqX3jhaBIv5&#10;fOF9QUG9cJoXacoFlnq0aC/8OwvsLovWXHuTHlAaMF/a5z5zZ1iG7ThwOf5adtYF0fhap1zL9BpM&#10;0Nod7HO4I8H3cqk+UdLAfTOj+uOWKU5J+UKAoZ97YYgXlJ2E0diHiTqNrE8jTCSQakYTAzu2ncxN&#10;e61ta1VscljLs8dByGdgv1mBxmgrbOvqJnCrWA7dDYjX1uncom7v6cvfAAAA//8DAFBLAwQUAAYA&#10;CAAAACEASX/GK98AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXBC1Q9MA&#10;IU6FEL1FqiiV4OjG2zjCXofYbcPf457guHqrmTfVcnKWHXEMvScJ2UwAQ2q97qmTsH1f3T4AC1GR&#10;VtYTSvjBAMv68qJSpfYnesPjJnYshVAolQQT41ByHlqDToWZH5AS2/vRqZjOseN6VKcU7iy/E6Lg&#10;TvWUGowa8MVg+7U5OAmLpsvmr/uxLb7t503zYUSzXm2lvL6anp+ARZzi3zOc9ZM61Mlp5w+kA7MS&#10;crFIW6KE+T2wxPM8ewS2O4MCeF3x/wPqXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCa&#10;MxtbaAMAAO8HAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQBJf8Yr3wAAAAgBAAAPAAAAAAAAAAAAAAAAAMIFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAzgYAAAAA&#10;" path="m,221381l,,240631,e" filled="f" strokeweight=".5pt">
                       <v:stroke joinstyle="miter"/>
                       <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,262141;0,0;221877,0" o:connectangles="0,0,0"/>
                       <w10:wrap anchory="page"/>
                       <w10:anchorlock/>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidR="002B5E46">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>внутреннего распорядка</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="008E472B" w:rsidRPr="00BB1429" w:rsidRDefault="008E472B" w:rsidP="00C341C7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="284" w:right="317"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00ED52F9" w:rsidRDefault="00ED52F9" w:rsidP="00BA46C4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
@@ -1680,199 +1760,127 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA46C4">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BA46C4">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BA46C4">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BA46C4">
+        <w:t>(Дата)</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Дата</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BA46C4">
+        <w:tab/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>)</w:t>
+        <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA46C4">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:tab/>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BA46C4">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:tab/>
-        <w:t xml:space="preserve">  </w:t>
+        <w:t>Ф. И. О.)</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA46C4">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:tab/>
+      </w:r>
       <w:r w:rsidRPr="00BA46C4">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Ф.</w:t>
+        <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BA46C4">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...72 lines deleted...]
-        <w:t>)</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">     (Подпись)</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00BA46C4" w:rsidRPr="00BA46C4" w:rsidSect="00BA46C4">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -1897,54 +1905,57 @@
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0024475E"/>
     <w:rsid w:val="00173D11"/>
     <w:rsid w:val="002135B5"/>
     <w:rsid w:val="0024475E"/>
     <w:rsid w:val="002B5E46"/>
     <w:rsid w:val="00337008"/>
     <w:rsid w:val="003844DD"/>
     <w:rsid w:val="004F0CF6"/>
     <w:rsid w:val="00516D20"/>
     <w:rsid w:val="005D5C26"/>
     <w:rsid w:val="006028D5"/>
     <w:rsid w:val="006700FD"/>
     <w:rsid w:val="006A6B26"/>
     <w:rsid w:val="007E2961"/>
     <w:rsid w:val="008E472B"/>
+    <w:rsid w:val="00987A6D"/>
+    <w:rsid w:val="00A36E83"/>
     <w:rsid w:val="00B564A4"/>
     <w:rsid w:val="00BA46C4"/>
     <w:rsid w:val="00CC718D"/>
     <w:rsid w:val="00CE10DA"/>
+    <w:rsid w:val="00D0161B"/>
     <w:rsid w:val="00EA5DAF"/>
     <w:rsid w:val="00ED52F9"/>
     <w:rsid w:val="00EF5060"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -2522,51 +2533,51 @@
     </w:div>
     <w:div w:id="1503542683">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///S:\&#1056;&#1077;&#1082;&#1090;&#1086;&#1088;&#1072;&#1090;\&#1051;&#1086;&#1089;&#1082;&#1091;&#1090;&#1086;&#1074;&#1072;\&#1041;&#1083;&#1072;&#1085;&#1082;&#1080;%202020\&#1041;&#1083;&#1072;&#1085;&#1082;%20&#1087;&#1088;&#1072;&#1074;&#1080;&#1083;.dotx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///S:\&#1044;&#1080;&#1088;&#1077;&#1082;&#1094;&#1080;&#1103;\&#1041;&#1051;&#1040;&#1053;&#1050;&#1048;%202026\&#1041;&#1083;&#1072;&#1085;&#1082;%20&#1087;&#1088;&#1072;&#1074;&#1080;&#1083;.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2791,69 +2802,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Бланк правил</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>168</Words>
-  <Characters>960</Characters>
+  <Words>171</Words>
+  <Characters>977</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1126</CharactersWithSpaces>
+  <CharactersWithSpaces>1146</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Лоскутова Лариса Евгеньевна</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>