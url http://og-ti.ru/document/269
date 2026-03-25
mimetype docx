--- v0 (2025-10-09)
+++ v1 (2026-03-25)
@@ -150,180 +150,152 @@
       <w:r w:rsidR="00DC3B90">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00DC3B90">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">начальнику </w:t>
       </w:r>
       <w:r w:rsidR="00DC3B90" w:rsidRPr="00DC3B90">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>отдела по административно-хозяйственной работе и капитальному</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> строительству Андрееву С.А. </w:t>
+        <w:t xml:space="preserve">отдела по административно-хозяйственной работе </w:t>
+      </w:r>
+      <w:r w:rsidR="00553FE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Фамилия И.О</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC3B90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003928DF" w:rsidRPr="003928DF" w:rsidRDefault="003928DF" w:rsidP="00DC3B90">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="1134"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003928DF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>От кого:</w:t>
       </w:r>
       <w:r w:rsidRPr="003928DF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC3B90">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">начальника </w:t>
       </w:r>
       <w:r w:rsidR="00DC3B90" w:rsidRPr="00DC3B90">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">отдела </w:t>
-[...17 lines deleted...]
-        <w:t>и контроля</w:t>
+        <w:t>отдела документационного обеспечения и контроля</w:t>
       </w:r>
       <w:r w:rsidR="00DC3B90" w:rsidRPr="00DC3B90">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00DC3B90" w:rsidRPr="00DC3B90">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>исполнения</w:t>
       </w:r>
       <w:r w:rsidR="00DC3B90" w:rsidRPr="003928DF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> документов</w:t>
-[...26 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:t xml:space="preserve"> документов </w:t>
+      </w:r>
+      <w:r w:rsidR="00553FE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Фамилия И.О.</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="003928DF" w:rsidRPr="003928DF" w:rsidRDefault="003928DF" w:rsidP="00DC3B90">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="1134"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003928DF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Дата</w:t>
       </w:r>
@@ -346,118 +318,140 @@
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="003928DF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00DC3B90">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="003928DF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.0</w:t>
       </w:r>
-      <w:r w:rsidR="00DC3B90">
-[...5 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="0072328D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="003928DF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.20</w:t>
       </w:r>
       <w:r w:rsidR="00DC3B90">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>20</w:t>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="0072328D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003928DF" w:rsidRPr="003928DF" w:rsidRDefault="003928DF" w:rsidP="00DC3B90">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="1134"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003928DF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Тема:</w:t>
       </w:r>
       <w:r w:rsidR="00DC3B90">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...6 lines deleted...]
-        <w:t>о ремонте кабинета № 101 в корпусе № 3</w:t>
+      <w:r w:rsidRPr="003928DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о ремонте кабинета № </w:t>
+      </w:r>
+      <w:r w:rsidR="00F41A48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003928DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>101 в корпусе № 3</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003928DF" w:rsidRPr="003928DF" w:rsidRDefault="003928DF" w:rsidP="003928DF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003928DF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_____________________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="000222D6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
@@ -678,58 +672,60 @@
       </w:r>
       <w:r w:rsidR="00DC3B90">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00DC3B90">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00DC3B90">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="003928DF">
-[...6 lines deleted...]
-      </w:r>
+      <w:r w:rsidR="00553FE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>И.О. Фамилия</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="003928DF" w:rsidRPr="003928DF" w:rsidSect="000222D6">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -738,53 +734,56 @@
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="284"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003928DF"/>
     <w:rsid w:val="000222D6"/>
     <w:rsid w:val="003928DF"/>
     <w:rsid w:val="00394B74"/>
+    <w:rsid w:val="00553FE6"/>
+    <w:rsid w:val="0072328D"/>
     <w:rsid w:val="008F3AA1"/>
     <w:rsid w:val="00A263B8"/>
     <w:rsid w:val="00DC3B90"/>
+    <w:rsid w:val="00F41A48"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:docId w15:val="{1AF5A38F-2989-4930-A38E-76593CC9B21E}"/>
@@ -1492,54 +1491,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>97</Words>
-  <Characters>556</Characters>
+  <Words>92</Words>
+  <Characters>528</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>4</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>OGTI</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>652</CharactersWithSpaces>
+  <CharactersWithSpaces>619</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>23</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>