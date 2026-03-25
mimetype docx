--- v0 (2025-10-09)
+++ v1 (2026-03-25)
@@ -1,59 +1,68 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="003D31EF" w:rsidRDefault="003D31EF" w:rsidP="00FD22DE">
-[...9 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="003D31EF" w:rsidRDefault="002E6A6D" w:rsidP="00FD22DE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="00FD22DE" w:rsidRPr="00FD22DE" w:rsidRDefault="00FD22DE" w:rsidP="00FD22DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FD22DE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Министерство образования и науки</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FD22DE" w:rsidRPr="00FD22DE" w:rsidRDefault="00FD22DE" w:rsidP="00FD22DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -204,69 +213,108 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FD22DE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">высшего образования </w:t>
       </w:r>
       <w:r w:rsidR="00C03D69" w:rsidRPr="00FD22DE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>«Оренбургский</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FD22DE" w:rsidRPr="00FD22DE" w:rsidRDefault="00FD22DE" w:rsidP="00FD22DE">
+    <w:p w:rsidR="008A2D17" w:rsidRDefault="00FD22DE" w:rsidP="00FD22DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FD22DE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>государственный университет»</w:t>
+        <w:t>государственный университет</w:t>
+      </w:r>
+      <w:r w:rsidR="008A2D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD22DE" w:rsidRPr="008A2D17" w:rsidRDefault="008A2D17" w:rsidP="00FD22DE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A2D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>имени В.А. Бондаренко</w:t>
+      </w:r>
+      <w:r w:rsidR="002E6A6D" w:rsidRPr="00FD22DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E03EBF" w:rsidRDefault="00FD22DE" w:rsidP="00FD22DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FD22DE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(Орский гуманитарно-технологический </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FD22DE" w:rsidRPr="00FD22DE" w:rsidRDefault="00FD22DE" w:rsidP="00FD22DE">
       <w:pPr>
@@ -478,155 +526,212 @@
         </w:rPr>
         <w:t xml:space="preserve">  ТОМ</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00E03EBF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 1</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FD22DE" w:rsidRPr="00FD22DE" w:rsidRDefault="00FD22DE" w:rsidP="00FD22DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FD22DE" w:rsidRPr="00FD22DE" w:rsidRDefault="00FD22DE" w:rsidP="00FD22DE">
+    <w:p w:rsidR="008D09A9" w:rsidRDefault="00FD22DE" w:rsidP="00FD22DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FD22DE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Приказы </w:t>
       </w:r>
       <w:r w:rsidR="00E03EBF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>директора</w:t>
       </w:r>
       <w:r w:rsidRPr="00FD22DE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> института</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00FD22DE" w:rsidRPr="00FD22DE" w:rsidRDefault="00A74831" w:rsidP="00FD22DE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B81F12" w:rsidRDefault="008D09A9" w:rsidP="00FD22DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>по основной деятельности</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00FD22DE" w:rsidRPr="00FD22DE" w:rsidRDefault="00FD22DE" w:rsidP="00FD22DE">
+        <w:t xml:space="preserve">Орского гуманитарно-технологического института </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD22DE" w:rsidRPr="00FD22DE" w:rsidRDefault="008D09A9" w:rsidP="00FD22DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FD22DE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">№ </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E03EBF">
+        <w:t xml:space="preserve">(филиала) </w:t>
+      </w:r>
+      <w:r w:rsidR="00B81F12">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FD22DE">
+        <w:t>О</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> по № </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E03EBF">
+        <w:t>ГУ</w:t>
+      </w:r>
+      <w:r w:rsidR="0016334C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A74831">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>по основной деятельности</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD22DE" w:rsidRPr="00FD22DE" w:rsidRDefault="00FD22DE" w:rsidP="00FD22DE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD22DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ </w:t>
+      </w:r>
+      <w:r w:rsidR="00E03EBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD22DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по № </w:t>
+      </w:r>
+      <w:r w:rsidR="00E03EBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
         <w:t>45</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FD22DE" w:rsidRPr="00FD22DE" w:rsidRDefault="00FD22DE" w:rsidP="00FD22DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FD22DE" w:rsidRPr="00FD22DE" w:rsidRDefault="00FD22DE" w:rsidP="00FD22DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -652,119 +757,97 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0090605B" w:rsidRDefault="0090605B" w:rsidP="00FD22DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0090605B" w:rsidRDefault="0090605B" w:rsidP="00FD22DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0090605B" w:rsidRDefault="0090605B" w:rsidP="00FD22DE">
-[...32 lines deleted...]
-    <w:p w:rsidR="00FD22DE" w:rsidRPr="00FD22DE" w:rsidRDefault="00FD22DE" w:rsidP="00FD22DE">
+    <w:p w:rsidR="0016334C" w:rsidRDefault="0016334C" w:rsidP="00FD22DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-    </w:p>
-    <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="00FD22DE" w:rsidRPr="00FD22DE" w:rsidRDefault="00FD22DE" w:rsidP="00FD22DE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w:rsidR="00FD22DE" w:rsidRPr="00FD22DE" w:rsidRDefault="00FD22DE" w:rsidP="00FD22DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9746"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FD22DE" w:rsidRPr="00FD22DE" w:rsidTr="00713CC3">
+      <w:tr w:rsidR="00FD22DE" w:rsidRPr="00FD22DE" w:rsidTr="002E58CB">
         <w:trPr>
-          <w:trHeight w:val="1524"/>
+          <w:trHeight w:val="1343"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00FD22DE" w:rsidRPr="00FD22DE" w:rsidRDefault="00FD22DE" w:rsidP="002036A3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6096"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="6413"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD22DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -895,51 +978,51 @@
               <w:t>постоянно</w:t>
             </w:r>
             <w:r w:rsidRPr="00FD22DE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">                                                </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00FD22DE" w:rsidRPr="00FD22DE" w:rsidRDefault="00FD22DE" w:rsidP="00FD22DE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00FD22DE" w:rsidRPr="00FD22DE" w:rsidRDefault="00FD22DE" w:rsidP="00E03EBF">
+    <w:p w:rsidR="00FD22DE" w:rsidRPr="00FD22DE" w:rsidRDefault="00FD22DE" w:rsidP="002E58CB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00FD22DE" w:rsidRPr="00FD22DE" w:rsidSect="002036A3">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
@@ -955,56 +1038,63 @@
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FD22DE"/>
     <w:rsid w:val="00130D99"/>
+    <w:rsid w:val="0016334C"/>
     <w:rsid w:val="002036A3"/>
+    <w:rsid w:val="002E58CB"/>
+    <w:rsid w:val="002E6A6D"/>
     <w:rsid w:val="003D31EF"/>
     <w:rsid w:val="00713CC3"/>
     <w:rsid w:val="00765A9F"/>
+    <w:rsid w:val="007D5568"/>
+    <w:rsid w:val="008A2D17"/>
+    <w:rsid w:val="008D09A9"/>
     <w:rsid w:val="0090605B"/>
     <w:rsid w:val="00A74831"/>
+    <w:rsid w:val="00B81F12"/>
     <w:rsid w:val="00B90813"/>
     <w:rsid w:val="00C03D69"/>
     <w:rsid w:val="00E03EBF"/>
     <w:rsid w:val="00FD22DE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
@@ -1746,55 +1836,55 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>91</Words>
-  <Characters>522</Characters>
+  <Words>102</Words>
+  <Characters>586</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>4</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>OGTI</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>612</CharactersWithSpaces>
+  <CharactersWithSpaces>687</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>23</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>