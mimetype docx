--- v0 (2025-10-09)
+++ v1 (2026-03-25)
@@ -135,61 +135,59 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AC6435" w:rsidRPr="00AC6435" w:rsidTr="00AC6435">
         <w:trPr>
           <w:trHeight w:val="2829"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4644" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00AC6435" w:rsidRPr="00AC6435" w:rsidRDefault="00AC6435" w:rsidP="00AC6435">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00AC6435">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>МИНОБРНАУКИ  РОССИИ</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w:rsidR="00AC6435" w:rsidRPr="00AC6435" w:rsidRDefault="00AC6435" w:rsidP="00AC6435">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00AC6435" w:rsidRPr="00AC6435" w:rsidRDefault="00AC6435" w:rsidP="00AC6435">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-108"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -341,136 +339,131 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">«Оренбургский государственный </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00AC6435" w:rsidRPr="00AC6435" w:rsidRDefault="00AC6435" w:rsidP="00AC6435">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-108"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC6435">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>университет»</w:t>
+              <w:t>университет</w:t>
+            </w:r>
+            <w:r w:rsidR="00463ABB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> имени В.А. Бондаренко</w:t>
+            </w:r>
+            <w:r w:rsidR="00201D52" w:rsidRPr="00AC6435">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00AC6435" w:rsidRPr="00AC6435" w:rsidRDefault="00AC6435" w:rsidP="00AC6435">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-108"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC6435">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">(Орский гуманитарно-технологический </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00AC6435" w:rsidRPr="00AC6435" w:rsidRDefault="00AC6435" w:rsidP="00AC6435">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-108"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC6435">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>институт (филиал) ОГУ)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AC6435" w:rsidRPr="00AC6435" w:rsidRDefault="00AC6435" w:rsidP="00AC6435">
+          <w:p w:rsidR="00AC6435" w:rsidRPr="00AC6435" w:rsidRDefault="00AC6435" w:rsidP="00662C1F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="-8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AC6435">
-[...22 lines deleted...]
-            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5279" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcMar>
               <w:left w:w="851" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00AC6435" w:rsidRPr="00AC6435" w:rsidRDefault="00AC6435" w:rsidP="00AC6435">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-284"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AC6435" w:rsidRPr="00AC6435" w:rsidTr="00AC6435">
         <w:trPr>
@@ -723,101 +716,95 @@
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>://</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC6435">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>www</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC6435">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AC6435">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>og</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00AC6435">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AC6435">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>ti</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00AC6435">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AC6435">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>ru</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5279" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00AC6435" w:rsidRPr="00AC6435" w:rsidRDefault="00AC6435" w:rsidP="00AC6435">
             <w:pPr>
               <w:spacing w:after="0" w:line="220" w:lineRule="exact"/>
               <w:ind w:left="-142" w:right="-108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AC6435" w:rsidRPr="00AC6435" w:rsidTr="00AC6435">
         <w:trPr>
           <w:trHeight w:val="503"/>
         </w:trPr>
@@ -1095,429 +1082,422 @@
         </w:rPr>
         <w:t>Обычно оценка проводится по следующим показателям:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0046190F" w:rsidRPr="00BF2571" w:rsidRDefault="0046190F" w:rsidP="0046190F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF2571">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
-        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF1088">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF2571">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BF2571">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">профессиональная компетентность (знания, умения, опыт), стаж работы по специальности, знание необходимых нормативных документов, </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>профессиональная компетентность (знания, умения, опыт), стаж работы по специальности, знание необходимых нормат</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF1088">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ивных документов, регламенти-рую</w:t>
+      </w:r>
       <w:r w:rsidRPr="00BF2571">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>регламентирую-</w:t>
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> деятельность, качество выполнения работы, своевременность выполнения должностных обязанностей, мера ответственности за результаты работы; </w:t>
+        <w:t xml:space="preserve">щих деятельность, качество выполнения работы, своевременность выполнения должностных обязанностей, мера ответственности за результаты работы; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0046190F" w:rsidRPr="00BF2571" w:rsidRDefault="0046190F" w:rsidP="0046190F">
+    <w:p w:rsidR="0046190F" w:rsidRPr="00BF2571" w:rsidRDefault="00CF1088" w:rsidP="0046190F">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BF2571">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00BF2571">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="0046190F" w:rsidRPr="00BF2571">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2571">
+      <w:r w:rsidR="0046190F" w:rsidRPr="00BF2571">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">эффективность решения поставленных задач, способность в короткие сроки осваивать вопросы, обеспечивающие повышение эффективности труда и качество работы; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0046190F" w:rsidRPr="00BF2571" w:rsidRDefault="0046190F" w:rsidP="0046190F">
+    <w:p w:rsidR="0046190F" w:rsidRPr="00BF2571" w:rsidRDefault="00CF1088" w:rsidP="0046190F">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BF2571">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00BF2571">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="0046190F" w:rsidRPr="00BF2571">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2571">
+      <w:r w:rsidR="0046190F" w:rsidRPr="00BF2571">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">степень активности в работе, участие в творческой деятельности; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0046190F" w:rsidRPr="00BF2571" w:rsidRDefault="0046190F" w:rsidP="0046190F">
+    <w:p w:rsidR="0046190F" w:rsidRPr="00BF2571" w:rsidRDefault="00CF1088" w:rsidP="0046190F">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BF2571">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>-</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BF2571">
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="0046190F" w:rsidRPr="00BF2571">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2571">
-[...15 lines deleted...]
-        <w:t xml:space="preserve">шения для выполнения стоящих задач, способность адаптироваться к новой ситуации и применять новые подходы к решению возникающих проблем; </w:t>
+      <w:r w:rsidR="0046190F" w:rsidRPr="00BF2571">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">умение оперативно принимать решения для выполнения стоящих задач, способность адаптироваться к новой ситуации и применять новые подходы к решению возникающих проблем; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0046190F" w:rsidRPr="00BF2571" w:rsidRDefault="0046190F" w:rsidP="0046190F">
+    <w:p w:rsidR="0046190F" w:rsidRPr="00BF2571" w:rsidRDefault="00CF1088" w:rsidP="0046190F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BF2571">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">- способность прогнозировать и планировать, организовывать, координировать и регулировать, а также контролировать и анализировать работу подчиненных (для руководящего состава); </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="0046190F" w:rsidRPr="00BF2571">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> способность прогнозировать и планировать, организовывать, координировать и регулировать, а также контролировать и анализировать работу подчиненных (для руководящего состава); </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0046190F" w:rsidRPr="00BF2571" w:rsidRDefault="0046190F" w:rsidP="0046190F">
+    <w:p w:rsidR="0046190F" w:rsidRPr="00BF2571" w:rsidRDefault="00CF1088" w:rsidP="0046190F">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BF2571">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00BF2571">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="0046190F" w:rsidRPr="00BF2571">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2571">
+      <w:r w:rsidR="0046190F" w:rsidRPr="00BF2571">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">умение опираться на профессиональную помощь своих коллег; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0046190F" w:rsidRPr="00BF2571" w:rsidRDefault="0046190F" w:rsidP="0046190F">
+    <w:p w:rsidR="0046190F" w:rsidRPr="00BF2571" w:rsidRDefault="00CF1088" w:rsidP="0046190F">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BF2571">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00BF2571">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="0046190F" w:rsidRPr="00BF2571">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2571">
+      <w:r w:rsidR="0046190F" w:rsidRPr="00BF2571">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">умение работать в коллективе; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0046190F" w:rsidRPr="00BF2571" w:rsidRDefault="0046190F" w:rsidP="0046190F">
+    <w:p w:rsidR="0046190F" w:rsidRPr="00BF2571" w:rsidRDefault="00CF1088" w:rsidP="0046190F">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BF2571">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00BF2571">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="0046190F" w:rsidRPr="00BF2571">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2571">
+      <w:r w:rsidR="0046190F" w:rsidRPr="00BF2571">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">уровень общей культуры; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0046190F" w:rsidRPr="00BF2571" w:rsidRDefault="0046190F" w:rsidP="0046190F">
+    <w:p w:rsidR="0046190F" w:rsidRPr="00BF2571" w:rsidRDefault="00CF1088" w:rsidP="0046190F">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BF2571">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00BF2571">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="0046190F" w:rsidRPr="00BF2571">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2571">
+      <w:r w:rsidR="0046190F" w:rsidRPr="00BF2571">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">производственная этика, стиль отношения с коллегами и клиентами, коммуникабельность, доброжелательность, отзывчивость; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0046190F" w:rsidRPr="00BF2571" w:rsidRDefault="0046190F" w:rsidP="0046190F">
+    <w:p w:rsidR="0046190F" w:rsidRPr="00BF2571" w:rsidRDefault="00CF1088" w:rsidP="0046190F">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BF2571">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00BF2571">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="0046190F" w:rsidRPr="00BF2571">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2571">
+      <w:r w:rsidR="0046190F" w:rsidRPr="00BF2571">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">психологическая устойчивость, способность к самооценке. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0046190F" w:rsidRPr="00BF2571" w:rsidRDefault="00BF2571" w:rsidP="0046190F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1981,51 +1961,51 @@
         </w:pPr>
         <w:r w:rsidRPr="00BF2571">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00BF2571">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r w:rsidRPr="00BF2571">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00A62DB8">
+        <w:r w:rsidR="00662C1F">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="00BF2571">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w:rsidR="00BF2571" w:rsidRDefault="00BF2571">
     <w:pPr>
       <w:pStyle w:val="a5"/>
     </w:pPr>
   </w:p>
 </w:hdr>
@@ -2109,91 +2089,94 @@
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6105" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6825" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003A3BFF"/>
+    <w:rsid w:val="00201D52"/>
     <w:rsid w:val="00202A6F"/>
     <w:rsid w:val="002A4907"/>
     <w:rsid w:val="002E33DD"/>
     <w:rsid w:val="003A3BFF"/>
     <w:rsid w:val="0046190F"/>
+    <w:rsid w:val="00463ABB"/>
     <w:rsid w:val="00463ADA"/>
     <w:rsid w:val="00493C2E"/>
     <w:rsid w:val="00495CFE"/>
     <w:rsid w:val="004A48CF"/>
     <w:rsid w:val="00511F7F"/>
     <w:rsid w:val="0057254F"/>
     <w:rsid w:val="00616B50"/>
     <w:rsid w:val="00646C6B"/>
+    <w:rsid w:val="00662C1F"/>
     <w:rsid w:val="0077247C"/>
     <w:rsid w:val="007F618E"/>
     <w:rsid w:val="00935443"/>
     <w:rsid w:val="00A62DB8"/>
     <w:rsid w:val="00AC6435"/>
     <w:rsid w:val="00B34B53"/>
     <w:rsid w:val="00B951CD"/>
     <w:rsid w:val="00BF2571"/>
     <w:rsid w:val="00C02A31"/>
+    <w:rsid w:val="00CF1088"/>
     <w:rsid w:val="00DE1BB3"/>
     <w:rsid w:val="00EF0DE0"/>
     <w:rsid w:val="00FB5C81"/>
     <w:rsid w:val="00FC4E86"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
@@ -3013,70 +2996,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>404</Words>
-  <Characters>2303</Characters>
+  <Words>405</Words>
+  <Characters>2313</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>19</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>ОГТИ</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2702</CharactersWithSpaces>
+  <CharactersWithSpaces>2713</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ольга</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>