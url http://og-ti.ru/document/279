--- v0 (2025-10-09)
+++ v1 (2026-03-25)
@@ -330,199 +330,194 @@
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">«Оренбургский государственный </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00967E5B" w:rsidRPr="00967E5B" w:rsidRDefault="00967E5B" w:rsidP="00C417BB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-108"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00967E5B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>университет»</w:t>
+              <w:t>университет</w:t>
+            </w:r>
+            <w:r w:rsidR="00737155">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> имени В.А. Бондаренко</w:t>
+            </w:r>
+            <w:r w:rsidR="00400166" w:rsidRPr="00967E5B">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00967E5B" w:rsidRPr="00967E5B" w:rsidRDefault="00967E5B" w:rsidP="00C417BB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-108"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00967E5B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">(Орский гуманитарно-технологический </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00967E5B" w:rsidRPr="00967E5B" w:rsidRDefault="00967E5B" w:rsidP="00C417BB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-108"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00967E5B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>институт (филиал) ОГУ)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00967E5B" w:rsidRPr="00967E5B" w:rsidRDefault="00967E5B" w:rsidP="00C417BB">
+          <w:p w:rsidR="009F672B" w:rsidRPr="003734EE" w:rsidRDefault="009F672B" w:rsidP="008B67EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-108"/>
-              <w:jc w:val="center"/>
-[...21 lines deleted...]
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5279" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcMar>
               <w:left w:w="851" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00F765DF" w:rsidRPr="00F765DF" w:rsidRDefault="00F765DF" w:rsidP="00F765DF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-568"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F765DF">
               <w:rPr>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Генеральному директору </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00F765DF" w:rsidRPr="00F765DF" w:rsidRDefault="00F765DF" w:rsidP="00F765DF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-568"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F765DF">
               <w:rPr>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>ООО «Водоканал города Орска»</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F765DF" w:rsidRPr="00F765DF" w:rsidRDefault="00F765DF" w:rsidP="00F765DF">
+          <w:p w:rsidR="00F765DF" w:rsidRPr="00F765DF" w:rsidRDefault="000052C8" w:rsidP="00F765DF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-568"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F765DF">
+            <w:r>
               <w:rPr>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Петрову С.А.</w:t>
-            </w:r>
+              <w:t>Фамилия И.О.</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
           <w:p w:rsidR="009F672B" w:rsidRPr="00851542" w:rsidRDefault="009F672B" w:rsidP="00E36C96">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-284"/>
               <w:rPr>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F672B" w:rsidRPr="003734EE" w:rsidTr="00217516">
+      <w:tr w:rsidR="009F672B" w:rsidRPr="008B67EA" w:rsidTr="00217516">
         <w:trPr>
           <w:trHeight w:val="992"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4644" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="003734EE" w:rsidRPr="003734EE" w:rsidRDefault="000C7561" w:rsidP="00C417BB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>пр. Мира</w:t>
             </w:r>
@@ -614,262 +609,256 @@
             </w:r>
             <w:r w:rsidR="009C6415" w:rsidRPr="000E1799">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="003734EE" w:rsidRPr="000E1799">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> (3537) 23-65-80</w:t>
             </w:r>
             <w:r w:rsidR="008965AE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
-          <w:p w:rsidR="009F672B" w:rsidRPr="000E5B53" w:rsidRDefault="003734EE" w:rsidP="00C417BB">
+          <w:p w:rsidR="009F672B" w:rsidRPr="008B67EA" w:rsidRDefault="003734EE" w:rsidP="00C417BB">
             <w:pPr>
               <w:spacing w:after="0" w:line="220" w:lineRule="exact"/>
               <w:ind w:left="-108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00737D8D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
-            <w:r w:rsidRPr="00737D8D">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="008B67EA">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="003734EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>mail</w:t>
             </w:r>
-            <w:r w:rsidRPr="000E5B53">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="008B67EA">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:hyperlink r:id="rId6" w:history="1">
               <w:r w:rsidRPr="003734EE">
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US" w:eastAsia="en-US"/>
                 </w:rPr>
                 <w:t>direktor</w:t>
               </w:r>
-              <w:r w:rsidRPr="000E5B53">
+              <w:r w:rsidRPr="008B67EA">
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
-                  <w:lang w:eastAsia="en-US"/>
+                  <w:lang w:val="en-US" w:eastAsia="en-US"/>
                 </w:rPr>
                 <w:t>@</w:t>
               </w:r>
               <w:r w:rsidRPr="003734EE">
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US" w:eastAsia="en-US"/>
                 </w:rPr>
                 <w:t>ogti</w:t>
               </w:r>
-              <w:r w:rsidRPr="000E5B53">
+              <w:r w:rsidRPr="008B67EA">
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
-                  <w:lang w:eastAsia="en-US"/>
+                  <w:lang w:val="en-US" w:eastAsia="en-US"/>
                 </w:rPr>
                 <w:t>.</w:t>
               </w:r>
               <w:r w:rsidRPr="003734EE">
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US" w:eastAsia="en-US"/>
                 </w:rPr>
                 <w:t>orsk</w:t>
               </w:r>
-              <w:r w:rsidRPr="000E5B53">
+              <w:r w:rsidRPr="008B67EA">
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
-                  <w:lang w:eastAsia="en-US"/>
+                  <w:lang w:val="en-US" w:eastAsia="en-US"/>
                 </w:rPr>
                 <w:t>.</w:t>
               </w:r>
               <w:r w:rsidRPr="003734EE">
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US" w:eastAsia="en-US"/>
                 </w:rPr>
                 <w:t>ru</w:t>
               </w:r>
-              <w:r w:rsidRPr="000E5B53">
+              <w:r w:rsidRPr="008B67EA">
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
-                  <w:lang w:eastAsia="en-US"/>
+                  <w:lang w:val="en-US" w:eastAsia="en-US"/>
                 </w:rPr>
                 <w:t>;</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="000E5B53">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="008B67EA">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003734EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>http</w:t>
             </w:r>
-            <w:r w:rsidRPr="000E5B53">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="008B67EA">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>://</w:t>
             </w:r>
             <w:r w:rsidRPr="003734EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>www</w:t>
             </w:r>
-            <w:r w:rsidRPr="000E5B53">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="008B67EA">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003734EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>og</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="008B67EA">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003734EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>ti</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...4 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="008B67EA">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003734EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>ru</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5279" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="009F672B" w:rsidRPr="000E5B53" w:rsidRDefault="009F672B" w:rsidP="00960524">
+          <w:p w:rsidR="009F672B" w:rsidRPr="008B67EA" w:rsidRDefault="009F672B" w:rsidP="00960524">
             <w:pPr>
               <w:spacing w:after="0" w:line="220" w:lineRule="exact"/>
               <w:ind w:left="-142" w:right="-108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DC3F38" w:rsidRPr="00B13AA8" w:rsidTr="00217516">
         <w:trPr>
           <w:trHeight w:val="689"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4644" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00397E33" w:rsidRDefault="00397E33" w:rsidP="00397E33">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:leader="underscore" w:pos="1260"/>
                 <w:tab w:val="left" w:leader="underscore" w:pos="2880"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-142" w:right="-142"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
@@ -1685,51 +1674,51 @@
         </w:rPr>
         <w:t>Андреев Сергей Анатольевич</w:t>
       </w:r>
       <w:r w:rsidR="00F765DF" w:rsidRPr="00F765DF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, начальник отдела </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F765DF" w:rsidRPr="00514A26" w:rsidRDefault="00F765DF" w:rsidP="00F765DF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F765DF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>по административно-хозяйственной работе и капитальному строительству</w:t>
+        <w:t xml:space="preserve">по административно-хозяйственной работе </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F765DF" w:rsidRPr="00F131D0" w:rsidRDefault="00F765DF" w:rsidP="00F765DF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F131D0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8 (3537) 23-66-87</w:t>
       </w:r>
       <w:r w:rsidR="003925E6" w:rsidRPr="00C17FE8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
@@ -1757,54 +1746,55 @@
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="20EA5B46"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B032117C"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -2145,136 +2135,140 @@
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001F2074"/>
+    <w:rsid w:val="000052C8"/>
     <w:rsid w:val="00031F29"/>
     <w:rsid w:val="0004438C"/>
     <w:rsid w:val="00061D4E"/>
     <w:rsid w:val="00076DE0"/>
     <w:rsid w:val="00087AD4"/>
     <w:rsid w:val="000C5F9F"/>
     <w:rsid w:val="000C7561"/>
     <w:rsid w:val="000E1799"/>
     <w:rsid w:val="000E5B53"/>
     <w:rsid w:val="00137B61"/>
     <w:rsid w:val="00147C19"/>
     <w:rsid w:val="0016174F"/>
     <w:rsid w:val="001E4D95"/>
     <w:rsid w:val="001F2074"/>
     <w:rsid w:val="00212A68"/>
     <w:rsid w:val="00217516"/>
     <w:rsid w:val="00283C35"/>
     <w:rsid w:val="00284D9B"/>
     <w:rsid w:val="002B0DBA"/>
     <w:rsid w:val="0032088E"/>
     <w:rsid w:val="00322242"/>
     <w:rsid w:val="003257F9"/>
     <w:rsid w:val="00353EF1"/>
     <w:rsid w:val="003734EE"/>
     <w:rsid w:val="003925E6"/>
     <w:rsid w:val="00395E23"/>
     <w:rsid w:val="00397E33"/>
     <w:rsid w:val="003B3990"/>
     <w:rsid w:val="003E60EB"/>
     <w:rsid w:val="003E6920"/>
+    <w:rsid w:val="00400166"/>
     <w:rsid w:val="004756D0"/>
     <w:rsid w:val="004C04A4"/>
     <w:rsid w:val="004C07D3"/>
     <w:rsid w:val="004C5D96"/>
     <w:rsid w:val="004D0246"/>
     <w:rsid w:val="004E556C"/>
     <w:rsid w:val="00514A26"/>
     <w:rsid w:val="0052381F"/>
     <w:rsid w:val="00574476"/>
     <w:rsid w:val="00574D31"/>
     <w:rsid w:val="00594BA2"/>
     <w:rsid w:val="005A3915"/>
     <w:rsid w:val="005E6877"/>
     <w:rsid w:val="00600A41"/>
     <w:rsid w:val="006130B9"/>
     <w:rsid w:val="0063044A"/>
     <w:rsid w:val="00641DC2"/>
     <w:rsid w:val="00643D6C"/>
     <w:rsid w:val="00706333"/>
     <w:rsid w:val="00724CED"/>
+    <w:rsid w:val="00737155"/>
     <w:rsid w:val="00737D8D"/>
     <w:rsid w:val="00750574"/>
     <w:rsid w:val="00750F1E"/>
     <w:rsid w:val="00752EC5"/>
     <w:rsid w:val="007D104E"/>
     <w:rsid w:val="0082176E"/>
     <w:rsid w:val="00870D30"/>
     <w:rsid w:val="008965AE"/>
     <w:rsid w:val="008B0819"/>
     <w:rsid w:val="008B5997"/>
     <w:rsid w:val="008B62CA"/>
+    <w:rsid w:val="008B67EA"/>
     <w:rsid w:val="008D7A51"/>
     <w:rsid w:val="008F65AC"/>
     <w:rsid w:val="00932712"/>
     <w:rsid w:val="00960524"/>
     <w:rsid w:val="00967E5B"/>
     <w:rsid w:val="00986A34"/>
     <w:rsid w:val="009A1C4C"/>
     <w:rsid w:val="009C07EB"/>
     <w:rsid w:val="009C6415"/>
     <w:rsid w:val="009F672B"/>
     <w:rsid w:val="009F6ED0"/>
     <w:rsid w:val="00A13562"/>
     <w:rsid w:val="00A175F5"/>
+    <w:rsid w:val="00A35B25"/>
     <w:rsid w:val="00A61D01"/>
     <w:rsid w:val="00A943A6"/>
     <w:rsid w:val="00AB0407"/>
     <w:rsid w:val="00AC6A9A"/>
     <w:rsid w:val="00B27F5F"/>
     <w:rsid w:val="00B41F8A"/>
     <w:rsid w:val="00B465D3"/>
     <w:rsid w:val="00B501A3"/>
     <w:rsid w:val="00BC05C5"/>
     <w:rsid w:val="00BF2CB3"/>
     <w:rsid w:val="00BF567E"/>
     <w:rsid w:val="00C011A0"/>
     <w:rsid w:val="00C17FE8"/>
     <w:rsid w:val="00C404C5"/>
     <w:rsid w:val="00C417BB"/>
     <w:rsid w:val="00C5320D"/>
     <w:rsid w:val="00C95FDB"/>
     <w:rsid w:val="00CC3BF2"/>
     <w:rsid w:val="00D06441"/>
     <w:rsid w:val="00D14DAE"/>
     <w:rsid w:val="00D54756"/>
     <w:rsid w:val="00D54B74"/>
     <w:rsid w:val="00D55BA9"/>
     <w:rsid w:val="00D630DA"/>
     <w:rsid w:val="00D65D8E"/>
@@ -2811,54 +2805,50 @@
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aho@ogti.orsk.ru" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:direktor@ogti.orsk.ru;" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
@@ -3078,78 +3068,78 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Бланк письма.dotx</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>198</Words>
-  <Characters>1132</Characters>
+  <Words>195</Words>
+  <Characters>1118</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>9</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>ОГТИ (филиал) ГОУ ОГУ</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1328</CharactersWithSpaces>
+  <CharactersWithSpaces>1311</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>7929886</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:direktor@ogti.orsk.ru;</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>