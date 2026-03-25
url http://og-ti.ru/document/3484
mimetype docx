--- v0 (2025-10-09)
+++ v1 (2026-03-25)
@@ -78,51 +78,105 @@
       <w:r w:rsidR="00945863" w:rsidRPr="00945863">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00945863">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Орского гуманитарно-технологического института (филиала) ОГУ </w:t>
       </w:r>
       <w:r w:rsidR="00E70D31">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">от 15.05.2020 № 53, </w:t>
+        <w:t xml:space="preserve">от </w:t>
+      </w:r>
+      <w:r w:rsidR="0043411A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>06</w:t>
+      </w:r>
+      <w:r w:rsidR="00E70D31">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidR="0043411A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00E70D31">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.202</w:t>
+      </w:r>
+      <w:r w:rsidR="0043411A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00E70D31">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 53, </w:t>
       </w:r>
       <w:r w:rsidR="00E70D31">
         <w:rPr>
           <w:rStyle w:val="1"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">работников </w:t>
       </w:r>
       <w:r w:rsidR="00E70D31" w:rsidRPr="001F6FFA">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>отдела д</w:t>
       </w:r>
       <w:r w:rsidR="00E70D31">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>окументационного обеспечения и контроля исполнения документов Орского гуманитарно-технологического института (филиала) ОГУ</w:t>
       </w:r>
     </w:p>
@@ -318,75 +372,99 @@
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>инструкцией по делопроизводству,</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="003D5B18" w:rsidRDefault="00E70D31" w:rsidP="00972B30">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:ind w:left="-136" w:right="-108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>утвержденной приказом 15</w:t>
+              <w:t xml:space="preserve">утвержденной приказом </w:t>
+            </w:r>
+            <w:r w:rsidR="0043411A">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>06</w:t>
             </w:r>
             <w:r w:rsidR="003D5B18" w:rsidRPr="00A85C9E">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>.0</w:t>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>5</w:t>
+            <w:r w:rsidR="0043411A">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="003D5B18" w:rsidRPr="00A85C9E">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">.2020 № </w:t>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r w:rsidR="0043411A">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="003D5B18" w:rsidRPr="00A85C9E">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>53,</w:t>
             </w:r>
             <w:r w:rsidR="003D5B18" w:rsidRPr="00A85C9E">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="003D5B18" w:rsidRDefault="003D5B18" w:rsidP="003D5B18">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:jc w:val="center"/>
@@ -509,52 +587,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3090" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="003D5B18" w:rsidRPr="00A85C9E" w:rsidRDefault="003D5B18" w:rsidP="00A85C9E">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A85C9E" w:rsidRPr="00A85C9E" w:rsidTr="00972B30">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="667" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00A85C9E" w:rsidRPr="00A85C9E" w:rsidRDefault="00A85C9E" w:rsidP="00F80317">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
@@ -2090,85 +2166,62 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00A85C9E" w:rsidRPr="00A85C9E" w:rsidRDefault="00A85C9E" w:rsidP="00A85C9E">
             <w:pPr>
               <w:widowControl/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A85C9E" w:rsidRPr="00A85C9E" w:rsidRDefault="00A85C9E" w:rsidP="00A85C9E">
+    <w:p w:rsidR="00215E1E" w:rsidRDefault="00215E1E" w:rsidP="0043411A">
       <w:pPr>
-        <w:widowControl/>
-[...14 lines deleted...]
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="001F6FFA" w:rsidRDefault="001F6FFA"/>
-    <w:sectPr w:rsidR="001F6FFA" w:rsidSect="00972B30">
+    <w:sectPr w:rsidR="00215E1E" w:rsidSect="00972B30">
       <w:footerReference w:type="default" r:id="rId6"/>
       <w:headerReference w:type="first" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w:rsidR="001F6FFA" w:rsidRDefault="001F6FFA" w:rsidP="002713E7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="001F6FFA" w:rsidRDefault="001F6FFA" w:rsidP="002713E7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
@@ -2272,50 +2325,51 @@
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005B0462"/>
     <w:rsid w:val="0006708C"/>
     <w:rsid w:val="0006757E"/>
     <w:rsid w:val="001F6FFA"/>
     <w:rsid w:val="00202B49"/>
     <w:rsid w:val="00215E1E"/>
     <w:rsid w:val="002713E7"/>
     <w:rsid w:val="00276E55"/>
     <w:rsid w:val="002B2EA3"/>
     <w:rsid w:val="003D5B18"/>
+    <w:rsid w:val="0043411A"/>
     <w:rsid w:val="00593E34"/>
     <w:rsid w:val="005B0462"/>
     <w:rsid w:val="0060408B"/>
     <w:rsid w:val="00670DCA"/>
     <w:rsid w:val="008B2AE4"/>
     <w:rsid w:val="00941F0C"/>
     <w:rsid w:val="00945863"/>
     <w:rsid w:val="00972B30"/>
     <w:rsid w:val="009C091E"/>
     <w:rsid w:val="00A030B1"/>
     <w:rsid w:val="00A85C9E"/>
     <w:rsid w:val="00AE0CF8"/>
     <w:rsid w:val="00B17964"/>
     <w:rsid w:val="00B4463C"/>
     <w:rsid w:val="00BB48C8"/>
     <w:rsid w:val="00C40E56"/>
     <w:rsid w:val="00CB1805"/>
     <w:rsid w:val="00D21126"/>
     <w:rsid w:val="00DC3A54"/>
     <w:rsid w:val="00E24C68"/>
     <w:rsid w:val="00E70D31"/>
     <w:rsid w:val="00F57E8D"/>
     <w:rsid w:val="00F80317"/>
     <w:rsid w:val="00F82699"/>
     <w:rsid w:val="00FA2DEB"/>
@@ -3208,71 +3262,71 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>435</Characters>
+  <Pages>1</Pages>
+  <Words>75</Words>
+  <Characters>433</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>510</CharactersWithSpaces>
+  <CharactersWithSpaces>507</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Лоскутова Лариса Евгеньевна</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>