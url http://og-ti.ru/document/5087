--- v0 (2025-10-11)
+++ v1 (2026-01-21)
@@ -53,84 +53,84 @@
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00E07D2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>направления</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00E07D2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> подготовки образовательной организации</w:t>
       </w:r>
       <w:r w:rsidR="002C12E3" w:rsidRPr="00E07D2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> по состоянию на 01.</w:t>
       </w:r>
+      <w:r w:rsidR="006C53F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
       <w:r w:rsidR="002D4D77">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>1</w:t>
-      </w:r>
-[...5 lines deleted...]
-        <w:t>0</w:t>
       </w:r>
       <w:r w:rsidR="002C12E3" w:rsidRPr="00E07D2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.20</w:t>
       </w:r>
       <w:r w:rsidR="00C5530D" w:rsidRPr="00E07D2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="007B7C7B">
+      <w:r w:rsidR="006C53F8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="1"/>
         <w:tblW w:w="15735" w:type="dxa"/>
         <w:tblInd w:w="-147" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1135"/>
         <w:gridCol w:w="2551"/>
         <w:gridCol w:w="2835"/>
         <w:gridCol w:w="1690"/>
         <w:gridCol w:w="1109"/>
         <w:gridCol w:w="1395"/>
@@ -573,118 +573,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00870016" w:rsidRPr="00AD5110" w:rsidRDefault="00870016" w:rsidP="00BD28C1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD5110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="00A64BC1" w:rsidRDefault="00870016" w:rsidP="00BD28C1">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A64BC1">
+          <w:p w:rsidR="00870016" w:rsidRPr="003863BF" w:rsidRDefault="00870016" w:rsidP="00BD28C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003863BF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="00A64BC1" w:rsidRDefault="00870016" w:rsidP="00BD28C1">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A64BC1">
+          <w:p w:rsidR="00870016" w:rsidRPr="003863BF" w:rsidRDefault="00870016" w:rsidP="00BD28C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003863BF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="00A64BC1" w:rsidRDefault="00870016" w:rsidP="00BD28C1">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A64BC1">
+          <w:p w:rsidR="00870016" w:rsidRPr="003863BF" w:rsidRDefault="00870016" w:rsidP="00BD28C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003863BF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="00A64BC1" w:rsidRDefault="00A64BC1" w:rsidP="00F573CF">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A64BC1">
+          <w:p w:rsidR="00870016" w:rsidRPr="003863BF" w:rsidRDefault="00A64BC1" w:rsidP="00F573CF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003863BF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>96</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidRDefault="00870016" w:rsidP="00BD28C1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -752,118 +752,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00870016" w:rsidRPr="00AD5110" w:rsidRDefault="00870016" w:rsidP="00BD28C1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD5110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="00A64BC1" w:rsidRDefault="00A64BC1" w:rsidP="00BD28C1">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A64BC1">
+          <w:p w:rsidR="00870016" w:rsidRPr="003863BF" w:rsidRDefault="006B2D80" w:rsidP="00BD28C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="00A64BC1" w:rsidRDefault="00870016" w:rsidP="00BD28C1">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A64BC1">
+          <w:p w:rsidR="00870016" w:rsidRPr="003863BF" w:rsidRDefault="00870016" w:rsidP="00BD28C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003863BF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="00A64BC1" w:rsidRDefault="00870016" w:rsidP="00BD28C1">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A64BC1">
+          <w:p w:rsidR="00870016" w:rsidRPr="003863BF" w:rsidRDefault="00870016" w:rsidP="00BD28C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003863BF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="00A64BC1" w:rsidRDefault="00A64BC1" w:rsidP="00BD28C1">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A64BC1">
+          <w:p w:rsidR="00870016" w:rsidRPr="003863BF" w:rsidRDefault="00A64BC1" w:rsidP="00BD28C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003863BF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidRDefault="00870016" w:rsidP="009D0E77">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -931,118 +931,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00870016" w:rsidRPr="00AD5110" w:rsidRDefault="00870016" w:rsidP="009D0E77">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD5110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="00A64BC1" w:rsidRDefault="002E34B9" w:rsidP="009D0E77">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A64BC1">
+          <w:p w:rsidR="00870016" w:rsidRPr="003863BF" w:rsidRDefault="002E34B9" w:rsidP="009D0E77">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003863BF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="00A64BC1" w:rsidRDefault="00870016" w:rsidP="009D0E77">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A64BC1">
+          <w:p w:rsidR="00870016" w:rsidRPr="003863BF" w:rsidRDefault="00870016" w:rsidP="009D0E77">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003863BF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="00A64BC1" w:rsidRDefault="00870016" w:rsidP="009D0E77">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A64BC1">
+          <w:p w:rsidR="00870016" w:rsidRPr="003863BF" w:rsidRDefault="00870016" w:rsidP="009D0E77">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003863BF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="00A64BC1" w:rsidRDefault="00A64BC1" w:rsidP="004C79A3">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A64BC1">
+          <w:p w:rsidR="00870016" w:rsidRPr="003863BF" w:rsidRDefault="00A64BC1" w:rsidP="004C79A3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003863BF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidRDefault="00870016" w:rsidP="009D0E77">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1110,118 +1110,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00870016" w:rsidRPr="00AD5110" w:rsidRDefault="00870016" w:rsidP="009D0E77">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD5110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="00A64BC1" w:rsidRDefault="00A64BC1" w:rsidP="009D0E77">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A64BC1">
+          <w:p w:rsidR="00870016" w:rsidRPr="003863BF" w:rsidRDefault="00A64BC1" w:rsidP="009D0E77">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003863BF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="00A64BC1" w:rsidRDefault="00870016" w:rsidP="009D0E77">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A64BC1">
+          <w:p w:rsidR="00870016" w:rsidRPr="003863BF" w:rsidRDefault="00870016" w:rsidP="009D0E77">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003863BF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="00A64BC1" w:rsidRDefault="00870016" w:rsidP="009D0E77">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A64BC1">
+          <w:p w:rsidR="00870016" w:rsidRPr="003863BF" w:rsidRDefault="00870016" w:rsidP="009D0E77">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003863BF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="00A64BC1" w:rsidRDefault="00870016" w:rsidP="009D0E77">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A64BC1">
+          <w:p w:rsidR="00870016" w:rsidRPr="003863BF" w:rsidRDefault="00870016" w:rsidP="009D0E77">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003863BF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidRDefault="00870016" w:rsidP="00C109AF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1289,118 +1289,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00870016" w:rsidRPr="00870016" w:rsidRDefault="00870016" w:rsidP="00C109AF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00870016">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="00FB30AA" w:rsidRDefault="00870016" w:rsidP="00C109AF">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FB30AA">
+          <w:p w:rsidR="00870016" w:rsidRPr="00791B4C" w:rsidRDefault="00870016" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00791B4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="00FB30AA" w:rsidRDefault="00870016" w:rsidP="00C109AF">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FB30AA">
+          <w:p w:rsidR="00870016" w:rsidRPr="00791B4C" w:rsidRDefault="00870016" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00791B4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="00FB30AA" w:rsidRDefault="00870016" w:rsidP="00C109AF">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FB30AA">
+          <w:p w:rsidR="00870016" w:rsidRPr="00791B4C" w:rsidRDefault="00870016" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00791B4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="00FB30AA" w:rsidRDefault="00FB30AA" w:rsidP="0037362F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FB30AA">
+          <w:p w:rsidR="00870016" w:rsidRPr="00791B4C" w:rsidRDefault="00FB30AA" w:rsidP="0037362F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00791B4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>79</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidRDefault="00870016" w:rsidP="00C109AF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1428,158 +1428,158 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidRDefault="00870016" w:rsidP="00C109AF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
+          <w:p w:rsidR="00870016" w:rsidRPr="00870016" w:rsidRDefault="007B611A" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1395" w:type="dxa"/>
+          </w:tcPr>
           <w:p w:rsidR="00870016" w:rsidRPr="00870016" w:rsidRDefault="00870016" w:rsidP="00C109AF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00870016">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>3</w:t>
-[...18 lines deleted...]
-              </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="00FB30AA" w:rsidRDefault="00870016" w:rsidP="00C109AF">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FB30AA">
+          <w:p w:rsidR="00870016" w:rsidRPr="00791B4C" w:rsidRDefault="00870016" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00791B4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="00FB30AA" w:rsidRDefault="00870016" w:rsidP="00C109AF">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FB30AA">
+          <w:p w:rsidR="00870016" w:rsidRPr="00791B4C" w:rsidRDefault="00870016" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00791B4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="00FB30AA" w:rsidRDefault="00870016" w:rsidP="00C109AF">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FB30AA">
+          <w:p w:rsidR="00870016" w:rsidRPr="00791B4C" w:rsidRDefault="00870016" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00791B4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="00FB30AA" w:rsidRDefault="00FB30AA" w:rsidP="00C109AF">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FB30AA">
+          <w:p w:rsidR="00870016" w:rsidRPr="00791B4C" w:rsidRDefault="00FB30AA" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00791B4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>65</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidRDefault="00870016" w:rsidP="00C109AF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1647,118 +1647,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00870016" w:rsidRPr="00870016" w:rsidRDefault="00870016" w:rsidP="00C109AF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00870016">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="00FB30AA" w:rsidRDefault="00FB30AA" w:rsidP="00C109AF">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FB30AA">
+          <w:p w:rsidR="00870016" w:rsidRPr="00791B4C" w:rsidRDefault="00FB30AA" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00791B4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="00FB30AA" w:rsidRDefault="00870016" w:rsidP="00C109AF">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FB30AA">
+          <w:p w:rsidR="00870016" w:rsidRPr="00791B4C" w:rsidRDefault="00870016" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00791B4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="00FB30AA" w:rsidRDefault="00870016" w:rsidP="00C109AF">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FB30AA">
+          <w:p w:rsidR="00870016" w:rsidRPr="00791B4C" w:rsidRDefault="00870016" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00791B4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="00FB30AA" w:rsidRDefault="00FB30AA" w:rsidP="00C109AF">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FB30AA">
+          <w:p w:rsidR="00870016" w:rsidRPr="00791B4C" w:rsidRDefault="00FB30AA" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00791B4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>42</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidRDefault="00870016" w:rsidP="00C109AF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1826,118 +1826,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00870016" w:rsidRPr="00870016" w:rsidRDefault="00870016" w:rsidP="00C109AF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00870016">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="00FB30AA" w:rsidRDefault="00FB30AA" w:rsidP="00C109AF">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FB30AA">
+          <w:p w:rsidR="00870016" w:rsidRPr="00791B4C" w:rsidRDefault="00FB30AA" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00791B4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="00FB30AA" w:rsidRDefault="00870016" w:rsidP="00C109AF">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FB30AA">
+          <w:p w:rsidR="00870016" w:rsidRPr="00791B4C" w:rsidRDefault="00870016" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00791B4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="00FB30AA" w:rsidRDefault="00870016" w:rsidP="00C109AF">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FB30AA">
+          <w:p w:rsidR="00870016" w:rsidRPr="00791B4C" w:rsidRDefault="00870016" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00791B4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="00FB30AA" w:rsidRDefault="00FB30AA" w:rsidP="00FB30AA">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FB30AA">
+          <w:p w:rsidR="00870016" w:rsidRPr="00791B4C" w:rsidRDefault="00FB30AA" w:rsidP="00FB30AA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00791B4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>95</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A421EB" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="00A421EB" w:rsidRPr="007A2EE6" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A2EE6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -2044,118 +2044,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A421EB" w:rsidRPr="001C6555" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C6555">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="00A421EB" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A421EB">
+          <w:p w:rsidR="00A421EB" w:rsidRPr="00A57FDF" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A57FDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="00A421EB" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A421EB">
+          <w:p w:rsidR="00A421EB" w:rsidRPr="00A57FDF" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A57FDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="00A421EB" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A421EB">
+          <w:p w:rsidR="00A421EB" w:rsidRPr="00A57FDF" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A57FDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="00A421EB" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A421EB">
+          <w:p w:rsidR="00A421EB" w:rsidRPr="00A57FDF" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A57FDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>82</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A421EB" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00A421EB" w:rsidRPr="007A2EE6" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -2223,118 +2223,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A421EB" w:rsidRPr="001C6555" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C6555">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="00A421EB" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A421EB">
+          <w:p w:rsidR="00A421EB" w:rsidRPr="00A57FDF" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A57FDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="00A421EB" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A421EB">
+          <w:p w:rsidR="00A421EB" w:rsidRPr="00A57FDF" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A57FDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="00A421EB" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A421EB">
+          <w:p w:rsidR="00A421EB" w:rsidRPr="00A57FDF" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A57FDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="00A421EB" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A421EB">
+          <w:p w:rsidR="00A421EB" w:rsidRPr="00A57FDF" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A57FDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>63</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A421EB" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00A421EB" w:rsidRPr="007A2EE6" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -2402,118 +2402,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A421EB" w:rsidRPr="001C6555" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C6555">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="00A421EB" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A421EB">
+          <w:p w:rsidR="00A421EB" w:rsidRPr="00A57FDF" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A57FDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="00A421EB" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A421EB">
+          <w:p w:rsidR="00A421EB" w:rsidRPr="00A57FDF" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A57FDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="00A421EB" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A421EB">
+          <w:p w:rsidR="00A421EB" w:rsidRPr="00A57FDF" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A57FDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="00A421EB" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A421EB">
+          <w:p w:rsidR="00A421EB" w:rsidRPr="00A57FDF" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A57FDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>51</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A421EB" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00A421EB" w:rsidRPr="007A2EE6" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -2581,118 +2581,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A421EB" w:rsidRPr="001C6555" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C6555">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="00A421EB" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A421EB">
+          <w:p w:rsidR="00A421EB" w:rsidRPr="00A57FDF" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A57FDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="00A421EB" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A421EB">
+          <w:p w:rsidR="00A421EB" w:rsidRPr="00A57FDF" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A57FDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="00A421EB" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A421EB">
+          <w:p w:rsidR="00A421EB" w:rsidRPr="00A57FDF" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A57FDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="00A421EB" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A421EB">
+          <w:p w:rsidR="00A421EB" w:rsidRPr="00A57FDF" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A57FDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>56</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A421EB" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00A421EB" w:rsidRPr="007A2EE6" w:rsidRDefault="00A421EB" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -2760,118 +2760,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A421EB" w:rsidRPr="00870016" w:rsidRDefault="00A421EB" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00870016">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="00A421EB" w:rsidRDefault="00A421EB" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A421EB">
+          <w:p w:rsidR="00A421EB" w:rsidRPr="00A57FDF" w:rsidRDefault="00A421EB" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A57FDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="00A421EB" w:rsidRDefault="00A421EB" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A421EB">
+          <w:p w:rsidR="00A421EB" w:rsidRPr="00A57FDF" w:rsidRDefault="00A421EB" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A57FDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="00A421EB" w:rsidRDefault="00A421EB" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A421EB">
+          <w:p w:rsidR="00A421EB" w:rsidRPr="00A57FDF" w:rsidRDefault="00A421EB" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A57FDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="00A421EB" w:rsidRDefault="00A421EB" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A421EB">
+          <w:p w:rsidR="00A421EB" w:rsidRPr="00A57FDF" w:rsidRDefault="00A421EB" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A57FDF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>95</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00093AE7" w:rsidRPr="00E07D2F" w:rsidTr="00A4723C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="00093AE7" w:rsidRPr="00CB39DF" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB39DF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -2978,118 +2978,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00093AE7" w:rsidRPr="00EC2D1F" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC2D1F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="0083720B" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0083720B">
+          <w:p w:rsidR="00093AE7" w:rsidRPr="0012107E" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0012107E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="0083720B" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0083720B">
+          <w:p w:rsidR="00093AE7" w:rsidRPr="0012107E" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0012107E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="0083720B" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0083720B">
+          <w:p w:rsidR="00093AE7" w:rsidRPr="0012107E" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0012107E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="0083720B" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0083720B">
+          <w:p w:rsidR="00093AE7" w:rsidRPr="0012107E" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0012107E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>96</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00093AE7" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -3161,118 +3161,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00093AE7" w:rsidRPr="00EC2D1F" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC2D1F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="0083720B" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...11 lines deleted...]
-              <w:t>3</w:t>
+          <w:p w:rsidR="00093AE7" w:rsidRPr="0012107E" w:rsidRDefault="00EF7EC6" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0012107E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="0083720B" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0083720B">
+          <w:p w:rsidR="00093AE7" w:rsidRPr="0012107E" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0012107E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="0083720B" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0083720B">
+          <w:p w:rsidR="00093AE7" w:rsidRPr="0012107E" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0012107E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="0083720B" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0083720B">
+          <w:p w:rsidR="00093AE7" w:rsidRPr="0012107E" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0012107E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00093AE7" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -3344,118 +3344,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00093AE7" w:rsidRPr="00EC2D1F" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC2D1F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="0083720B" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0083720B">
+          <w:p w:rsidR="00093AE7" w:rsidRPr="0012107E" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0012107E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="0083720B" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0083720B">
+          <w:p w:rsidR="00093AE7" w:rsidRPr="0012107E" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0012107E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="0083720B" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0083720B">
+          <w:p w:rsidR="00093AE7" w:rsidRPr="0012107E" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0012107E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="0083720B" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0083720B">
+          <w:p w:rsidR="00093AE7" w:rsidRPr="0012107E" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0012107E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00093AE7" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -3527,118 +3527,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00093AE7" w:rsidRPr="00EC2D1F" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC2D1F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="0083720B" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0083720B">
+          <w:p w:rsidR="00093AE7" w:rsidRPr="0012107E" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0012107E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="0083720B" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0083720B">
+          <w:p w:rsidR="00093AE7" w:rsidRPr="0012107E" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0012107E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="0083720B" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0083720B">
+          <w:p w:rsidR="00093AE7" w:rsidRPr="0012107E" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0012107E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="0083720B" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0083720B">
+          <w:p w:rsidR="00093AE7" w:rsidRPr="0012107E" w:rsidRDefault="00EF7EC6" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0012107E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>49</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00093AE7" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -3710,123 +3710,123 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00093AE7" w:rsidRPr="007509DA" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007509DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00093AE7" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00093AE7">
+          <w:p w:rsidR="00093AE7" w:rsidRPr="000F7B53" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F7B53">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00093AE7" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00093AE7">
+          <w:p w:rsidR="00093AE7" w:rsidRPr="000F7B53" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F7B53">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00093AE7" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00093AE7">
+          <w:p w:rsidR="00093AE7" w:rsidRPr="000F7B53" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F7B53">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00093AE7" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...11 lines deleted...]
-              <w:t>57</w:t>
+          <w:p w:rsidR="00093AE7" w:rsidRPr="000F7B53" w:rsidRDefault="00C8760B" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F7B53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>58</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00093AE7" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
@@ -3893,123 +3893,123 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00093AE7" w:rsidRPr="007509DA" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007509DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00093AE7" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00093AE7">
+          <w:p w:rsidR="00093AE7" w:rsidRPr="000F7B53" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F7B53">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00093AE7" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00093AE7">
+          <w:p w:rsidR="00093AE7" w:rsidRPr="000F7B53" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F7B53">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00093AE7" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00093AE7">
+          <w:p w:rsidR="00093AE7" w:rsidRPr="000F7B53" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F7B53">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00093AE7" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...11 lines deleted...]
-              <w:t>46</w:t>
+          <w:p w:rsidR="00093AE7" w:rsidRPr="000F7B53" w:rsidRDefault="00C8760B" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F7B53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>44</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00093AE7" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
@@ -4076,123 +4076,123 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00093AE7" w:rsidRPr="007509DA" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007509DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00093AE7" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00093AE7">
+          <w:p w:rsidR="00093AE7" w:rsidRPr="000F7B53" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F7B53">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00093AE7" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00093AE7">
+          <w:p w:rsidR="00093AE7" w:rsidRPr="000F7B53" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F7B53">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00093AE7" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00093AE7">
+          <w:p w:rsidR="00093AE7" w:rsidRPr="000F7B53" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F7B53">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00093AE7" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...11 lines deleted...]
-              <w:t>32</w:t>
+          <w:p w:rsidR="00093AE7" w:rsidRPr="000F7B53" w:rsidRDefault="00EF7EC6" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F7B53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>33</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00093AE7" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
@@ -4259,118 +4259,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00093AE7" w:rsidRPr="007509DA" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007509DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00093AE7" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00093AE7">
+          <w:p w:rsidR="00093AE7" w:rsidRPr="000F7B53" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F7B53">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00093AE7" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00093AE7">
+          <w:p w:rsidR="00093AE7" w:rsidRPr="000F7B53" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F7B53">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00093AE7" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00093AE7">
+          <w:p w:rsidR="00093AE7" w:rsidRPr="000F7B53" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F7B53">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00093AE7" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00093AE7">
+          <w:p w:rsidR="00093AE7" w:rsidRPr="000F7B53" w:rsidRDefault="00EF7EC6" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F7B53">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>34</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00093AE7" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00093AE7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -4442,118 +4442,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00093AE7" w:rsidRPr="00870016" w:rsidRDefault="00093AE7" w:rsidP="00093AE7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00870016">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00093AE7" w:rsidRDefault="00093AE7" w:rsidP="00093AE7">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00093AE7">
+          <w:p w:rsidR="00093AE7" w:rsidRPr="000F7B53" w:rsidRDefault="00093AE7" w:rsidP="00093AE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F7B53">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00093AE7" w:rsidRDefault="00093AE7" w:rsidP="00093AE7">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00093AE7">
+          <w:p w:rsidR="00093AE7" w:rsidRPr="000F7B53" w:rsidRDefault="00093AE7" w:rsidP="00093AE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F7B53">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00093AE7" w:rsidRDefault="00093AE7" w:rsidP="00093AE7">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00093AE7">
+          <w:p w:rsidR="00093AE7" w:rsidRPr="000F7B53" w:rsidRDefault="00093AE7" w:rsidP="00093AE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F7B53">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00093AE7" w:rsidRDefault="00093AE7" w:rsidP="00093AE7">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00093AE7">
+          <w:p w:rsidR="00093AE7" w:rsidRPr="000F7B53" w:rsidRDefault="00093AE7" w:rsidP="00093AE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F7B53">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>87</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA4106" w:rsidRPr="00E07D2F" w:rsidTr="006B2DAD">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="00FA4106" w:rsidRPr="009F4F04" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
@@ -4672,123 +4672,123 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00FA4106" w:rsidRPr="00BA6287" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA6287">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="00FA4106" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FA4106">
+          <w:p w:rsidR="00FA4106" w:rsidRPr="000F7B53" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F7B53">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="00FA4106" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FA4106">
+          <w:p w:rsidR="00FA4106" w:rsidRPr="000F7B53" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F7B53">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="00FA4106" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FA4106">
+          <w:p w:rsidR="00FA4106" w:rsidRPr="000F7B53" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F7B53">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="00FA4106" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...11 lines deleted...]
-              <w:t>7</w:t>
+          <w:p w:rsidR="00FA4106" w:rsidRPr="000F7B53" w:rsidRDefault="000F7B53" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F7B53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA4106" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00FA4106" w:rsidRPr="00892353" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
@@ -4855,123 +4855,123 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00FA4106" w:rsidRPr="00BA6287" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA6287">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="00FA4106" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FA4106">
+          <w:p w:rsidR="00FA4106" w:rsidRPr="000F7B53" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F7B53">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="00FA4106" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FA4106">
+          <w:p w:rsidR="00FA4106" w:rsidRPr="000F7B53" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F7B53">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="00FA4106" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FA4106">
+          <w:p w:rsidR="00FA4106" w:rsidRPr="000F7B53" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F7B53">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="00FA4106" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...11 lines deleted...]
-              <w:t>8</w:t>
+          <w:p w:rsidR="00FA4106" w:rsidRPr="000F7B53" w:rsidRDefault="000F7B53" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F7B53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA4106" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00FA4106" w:rsidRPr="00892353" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
@@ -5038,123 +5038,123 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00FA4106" w:rsidRPr="00BA6287" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA6287">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="00FA4106" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FA4106">
+          <w:p w:rsidR="00FA4106" w:rsidRPr="000F7B53" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F7B53">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="00FA4106" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FA4106">
+          <w:p w:rsidR="00FA4106" w:rsidRPr="000F7B53" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F7B53">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="00FA4106" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FA4106">
+          <w:p w:rsidR="00FA4106" w:rsidRPr="000F7B53" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F7B53">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="00FA4106" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...11 lines deleted...]
-              <w:t>51</w:t>
+          <w:p w:rsidR="00FA4106" w:rsidRPr="000F7B53" w:rsidRDefault="00EF7EC6" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F7B53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA4106" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00FA4106" w:rsidRPr="00892353" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
@@ -5221,118 +5221,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00FA4106" w:rsidRPr="00BA6287" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA6287">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="00FA4106" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FA4106">
+          <w:p w:rsidR="00FA4106" w:rsidRPr="000F7B53" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F7B53">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="00FA4106" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FA4106">
+          <w:p w:rsidR="00FA4106" w:rsidRPr="000F7B53" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F7B53">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="00FA4106" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FA4106">
+          <w:p w:rsidR="00FA4106" w:rsidRPr="000F7B53" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F7B53">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="00FA4106" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FA4106">
+          <w:p w:rsidR="00FA4106" w:rsidRPr="000F7B53" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F7B53">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>47</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA4106" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00FA4106" w:rsidRPr="00892353" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -5404,118 +5404,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00FA4106" w:rsidRPr="00870016" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00870016">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="00FA4106" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FA4106">
+          <w:p w:rsidR="00FA4106" w:rsidRPr="000F7B53" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F7B53">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="00FA4106" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FA4106">
+          <w:p w:rsidR="00FA4106" w:rsidRPr="000F7B53" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F7B53">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="00FA4106" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FA4106">
+          <w:p w:rsidR="00FA4106" w:rsidRPr="000F7B53" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F7B53">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="00FA4106" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FA4106">
+          <w:p w:rsidR="00FA4106" w:rsidRPr="000F7B53" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F7B53">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>87</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E429A" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="009E429A" w:rsidRPr="007B128F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B128F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -5622,118 +5622,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="009E429A" w:rsidRPr="005F1B98" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F1B98">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="009E429A" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009E429A">
+          <w:p w:rsidR="009E429A" w:rsidRPr="0057100F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0057100F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="009E429A" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009E429A">
+          <w:p w:rsidR="009E429A" w:rsidRPr="0057100F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0057100F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="009E429A" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009E429A">
+          <w:p w:rsidR="009E429A" w:rsidRPr="0057100F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0057100F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="009E429A" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009E429A">
+          <w:p w:rsidR="009E429A" w:rsidRPr="0057100F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0057100F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>88</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E429A" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="009E429A" w:rsidRPr="007B128F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -5801,118 +5801,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="009E429A" w:rsidRPr="005F1B98" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F1B98">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="009E429A" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009E429A">
+          <w:p w:rsidR="009E429A" w:rsidRPr="0057100F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0057100F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="009E429A" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009E429A">
+          <w:p w:rsidR="009E429A" w:rsidRPr="0057100F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0057100F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="009E429A" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009E429A">
+          <w:p w:rsidR="009E429A" w:rsidRPr="0057100F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0057100F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="009E429A" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009E429A">
+          <w:p w:rsidR="009E429A" w:rsidRPr="0057100F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0057100F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>59</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E429A" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="009E429A" w:rsidRPr="007B128F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -5980,123 +5980,123 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="009E429A" w:rsidRPr="005F1B98" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F1B98">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="009E429A" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009E429A">
+          <w:p w:rsidR="009E429A" w:rsidRPr="0057100F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0057100F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="009E429A" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009E429A">
+          <w:p w:rsidR="009E429A" w:rsidRPr="0057100F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0057100F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="009E429A" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009E429A">
+          <w:p w:rsidR="009E429A" w:rsidRPr="0057100F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0057100F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="009E429A" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
-[...11 lines deleted...]
-              <w:t>53</w:t>
+          <w:p w:rsidR="009E429A" w:rsidRPr="0057100F" w:rsidRDefault="0057100F" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0057100F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>52</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E429A" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="009E429A" w:rsidRPr="007B128F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="009E429A" w:rsidRPr="007B128F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
@@ -6159,118 +6159,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="009E429A" w:rsidRPr="005F1B98" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F1B98">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="009E429A" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009E429A">
+          <w:p w:rsidR="009E429A" w:rsidRPr="0057100F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0057100F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="009E429A" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009E429A">
+          <w:p w:rsidR="009E429A" w:rsidRPr="0057100F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0057100F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="009E429A" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009E429A">
+          <w:p w:rsidR="009E429A" w:rsidRPr="0057100F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0057100F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="009E429A" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009E429A">
+          <w:p w:rsidR="009E429A" w:rsidRPr="0057100F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0057100F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>48</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E429A" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="009E429A" w:rsidRPr="007B128F" w:rsidRDefault="009E429A" w:rsidP="009E429A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -6338,118 +6338,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="009E429A" w:rsidRPr="00870016" w:rsidRDefault="009E429A" w:rsidP="009E429A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00870016">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="009E429A" w:rsidRDefault="009E429A" w:rsidP="009E429A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009E429A">
+          <w:p w:rsidR="009E429A" w:rsidRPr="0057100F" w:rsidRDefault="009E429A" w:rsidP="009E429A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0057100F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="009E429A" w:rsidRDefault="009E429A" w:rsidP="009E429A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009E429A">
+          <w:p w:rsidR="009E429A" w:rsidRPr="0057100F" w:rsidRDefault="009E429A" w:rsidP="009E429A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0057100F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="009E429A" w:rsidRDefault="009E429A" w:rsidP="009E429A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009E429A">
+          <w:p w:rsidR="009E429A" w:rsidRPr="0057100F" w:rsidRDefault="009E429A" w:rsidP="009E429A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0057100F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="009E429A" w:rsidRDefault="009E429A" w:rsidP="009E429A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009E429A">
+          <w:p w:rsidR="009E429A" w:rsidRPr="0057100F" w:rsidRDefault="009E429A" w:rsidP="009E429A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0057100F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>88</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E429A" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="009E429A" w:rsidRPr="0042520C" w:rsidRDefault="009E429A" w:rsidP="009E429A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0042520C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -6556,123 +6556,123 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="009E429A" w:rsidRPr="00383A13" w:rsidRDefault="009E429A" w:rsidP="009E429A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00383A13">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очно-заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="00836B15" w:rsidRDefault="009E429A" w:rsidP="009E429A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00836B15">
+          <w:p w:rsidR="009E429A" w:rsidRPr="009B2546" w:rsidRDefault="009E429A" w:rsidP="009E429A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B2546">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="00836B15" w:rsidRDefault="009E429A" w:rsidP="009E429A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00836B15">
+          <w:p w:rsidR="009E429A" w:rsidRPr="009B2546" w:rsidRDefault="009E429A" w:rsidP="009E429A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B2546">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="00836B15" w:rsidRDefault="009E429A" w:rsidP="009E429A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00836B15">
+          <w:p w:rsidR="009E429A" w:rsidRPr="009B2546" w:rsidRDefault="009E429A" w:rsidP="009E429A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B2546">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="00836B15" w:rsidRDefault="00836B15" w:rsidP="009E429A">
-[...11 lines deleted...]
-              <w:t>86</w:t>
+          <w:p w:rsidR="009E429A" w:rsidRPr="009B2546" w:rsidRDefault="009B2546" w:rsidP="009E429A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B2546">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>87</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E429A" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="009E429A" w:rsidRPr="0042520C" w:rsidRDefault="009E429A" w:rsidP="009E429A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="009E429A" w:rsidRPr="0042520C" w:rsidRDefault="009E429A" w:rsidP="009E429A">
@@ -6735,123 +6735,123 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="009E429A" w:rsidRPr="00383A13" w:rsidRDefault="009E429A" w:rsidP="009E429A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00383A13">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очно-заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="00836B15" w:rsidRDefault="009E429A" w:rsidP="009E429A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00836B15">
+          <w:p w:rsidR="009E429A" w:rsidRPr="009B2546" w:rsidRDefault="009E429A" w:rsidP="009E429A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B2546">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="00836B15" w:rsidRDefault="009E429A" w:rsidP="009E429A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00836B15">
+          <w:p w:rsidR="009E429A" w:rsidRPr="009B2546" w:rsidRDefault="009E429A" w:rsidP="009E429A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B2546">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="00836B15" w:rsidRDefault="009E429A" w:rsidP="009E429A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00836B15">
+          <w:p w:rsidR="009E429A" w:rsidRPr="009B2546" w:rsidRDefault="009E429A" w:rsidP="009E429A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B2546">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="00836B15" w:rsidRDefault="00836B15" w:rsidP="009E429A">
-[...11 lines deleted...]
-              <w:t>91</w:t>
+          <w:p w:rsidR="009E429A" w:rsidRPr="009B2546" w:rsidRDefault="009B2546" w:rsidP="009E429A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B2546">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>89</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E429A" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="009E429A" w:rsidRPr="0042520C" w:rsidRDefault="009E429A" w:rsidP="009E429A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="009E429A" w:rsidRPr="0042520C" w:rsidRDefault="009E429A" w:rsidP="009E429A">
@@ -6914,123 +6914,123 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="009E429A" w:rsidRPr="00383A13" w:rsidRDefault="009E429A" w:rsidP="009E429A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00383A13">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очно-заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="00836B15" w:rsidRDefault="009E429A" w:rsidP="009E429A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00836B15">
+          <w:p w:rsidR="009E429A" w:rsidRPr="009B2546" w:rsidRDefault="009E429A" w:rsidP="009E429A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B2546">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="00836B15" w:rsidRDefault="009E429A" w:rsidP="009E429A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00836B15">
+          <w:p w:rsidR="009E429A" w:rsidRPr="009B2546" w:rsidRDefault="009E429A" w:rsidP="009E429A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B2546">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="00836B15" w:rsidRDefault="009E429A" w:rsidP="009E429A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00836B15">
+          <w:p w:rsidR="009E429A" w:rsidRPr="009B2546" w:rsidRDefault="009E429A" w:rsidP="009E429A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B2546">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="00836B15" w:rsidRDefault="00836B15" w:rsidP="009E429A">
-[...11 lines deleted...]
-              <w:t>41</w:t>
+          <w:p w:rsidR="009E429A" w:rsidRPr="009B2546" w:rsidRDefault="00EF7EC6" w:rsidP="009E429A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B2546">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00836B15" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00836B15" w:rsidRPr="0042520C" w:rsidRDefault="00836B15" w:rsidP="00836B15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00836B15" w:rsidRPr="0042520C" w:rsidRDefault="00836B15" w:rsidP="00836B15">
@@ -7093,123 +7093,123 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00836B15" w:rsidRPr="00383A13" w:rsidRDefault="00836B15" w:rsidP="00836B15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00383A13">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очно-заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="00836B15" w:rsidRDefault="00836B15" w:rsidP="00836B15">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00836B15">
+          <w:p w:rsidR="00836B15" w:rsidRPr="009B2546" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B2546">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="00836B15" w:rsidRDefault="00836B15" w:rsidP="00836B15">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00836B15">
+          <w:p w:rsidR="00836B15" w:rsidRPr="009B2546" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B2546">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="00836B15" w:rsidRDefault="00836B15" w:rsidP="00836B15">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00836B15">
+          <w:p w:rsidR="00836B15" w:rsidRPr="009B2546" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B2546">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="00836B15" w:rsidRDefault="00836B15" w:rsidP="00836B15">
-[...11 lines deleted...]
-              <w:t>35</w:t>
+          <w:p w:rsidR="00836B15" w:rsidRPr="009B2546" w:rsidRDefault="00EF7EC6" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B2546">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>34</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00836B15" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00836B15" w:rsidRPr="00892353" w:rsidRDefault="00836B15" w:rsidP="00836B15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
@@ -7248,159 +7248,384 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00836B15" w:rsidRPr="001024F5" w:rsidRDefault="00836B15" w:rsidP="00836B15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001024F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00836B15" w:rsidRPr="001024F5" w:rsidRDefault="00836B15" w:rsidP="00836B15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001024F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="006D5B02" w:rsidRDefault="00836B15" w:rsidP="00836B15">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006D5B02">
+          <w:p w:rsidR="00836B15" w:rsidRPr="009B2546" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B2546">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="006D5B02" w:rsidRDefault="00836B15" w:rsidP="00836B15">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006D5B02">
+          <w:p w:rsidR="00836B15" w:rsidRPr="009B2546" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B2546">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="006D5B02" w:rsidRDefault="00836B15" w:rsidP="00836B15">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006D5B02">
+          <w:p w:rsidR="00836B15" w:rsidRPr="009B2546" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B2546">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="006D5B02" w:rsidRDefault="00836B15" w:rsidP="00836B15">
-[...11 lines deleted...]
-              <w:t>58</w:t>
+          <w:p w:rsidR="00836B15" w:rsidRPr="009B2546" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B2546">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>99</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00836B15" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00836B15" w:rsidRPr="00C45311" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C45311">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>38.03.04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00836B15" w:rsidRPr="00C45311" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C45311">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Муниципальное управление</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00836B15" w:rsidRPr="00C45311" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C45311">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Государственное и муниципальное управление</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00836B15" w:rsidRPr="00C45311" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C45311">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Высшее образование - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C45311">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>бакалавриат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00836B15" w:rsidRPr="00A31E2F" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A31E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00836B15" w:rsidRPr="00A31E2F" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A31E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>очно-заочная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1334" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00836B15" w:rsidRPr="00F741AB" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F741AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00836B15" w:rsidRPr="00F741AB" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F741AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00836B15" w:rsidRPr="00F741AB" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F741AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00836B15" w:rsidRPr="00F741AB" w:rsidRDefault="002300AB" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F741AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00836B15" w:rsidRPr="00F741AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00836B15" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00836B15" w:rsidRPr="00892353" w:rsidRDefault="00836B15" w:rsidP="00836B15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00836B15" w:rsidRPr="00892353" w:rsidRDefault="00836B15" w:rsidP="00836B15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
@@ -7419,1344 +7644,936 @@
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00836B15" w:rsidRPr="00892353" w:rsidRDefault="00836B15" w:rsidP="00836B15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="001024F5" w:rsidRDefault="00836B15" w:rsidP="00836B15">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="001024F5">
+          <w:p w:rsidR="00836B15" w:rsidRPr="00A31E2F" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A31E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00836B15" w:rsidRPr="00A31E2F" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A31E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>очно-заочная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1334" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00836B15" w:rsidRPr="00F741AB" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F741AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00836B15" w:rsidRPr="00F741AB" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F741AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00836B15" w:rsidRPr="00F741AB" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F741AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00836B15" w:rsidRPr="00F741AB" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F741AB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-          </w:p>
-[...97 lines deleted...]
-              <w:t>99</w:t>
+            <w:r w:rsidR="002300AB" w:rsidRPr="00F741AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00836B15" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00836B15" w:rsidRPr="00892353" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00836B15" w:rsidRPr="00892353" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00836B15" w:rsidRPr="00892353" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00836B15" w:rsidRPr="00892353" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:highlight w:val="yellow"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00836B15" w:rsidRPr="00A31E2F" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A31E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00836B15" w:rsidRPr="00A31E2F" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A31E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>очно-заочная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1334" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00836B15" w:rsidRPr="00F741AB" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F741AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00836B15" w:rsidRPr="00F741AB" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F741AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00836B15" w:rsidRPr="00F741AB" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F741AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00836B15" w:rsidRPr="00F741AB" w:rsidRDefault="00F741AB" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>95</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002300AB" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1135" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="002300AB" w:rsidRPr="00892353" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="002300AB" w:rsidRPr="00892353" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="002300AB" w:rsidRPr="00892353" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="002300AB" w:rsidRPr="00892353" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:highlight w:val="yellow"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002300AB" w:rsidRPr="00A31E2F" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A31E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002300AB" w:rsidRPr="00A31E2F" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A31E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>очно-заочная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1334" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002300AB" w:rsidRPr="00F741AB" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F741AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002300AB" w:rsidRPr="00F741AB" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F741AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002300AB" w:rsidRPr="00F741AB" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F741AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002300AB" w:rsidRPr="00F741AB" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F741AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002300AB" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1135" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="002300AB" w:rsidRPr="00892353" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="002300AB" w:rsidRPr="00892353" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="002300AB" w:rsidRPr="00892353" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="002300AB" w:rsidRPr="00892353" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:highlight w:val="yellow"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002300AB" w:rsidRPr="00A31E2F" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002300AB" w:rsidRPr="00A31E2F" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A31E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>очно-заочная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1334" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002300AB" w:rsidRPr="00F741AB" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F741AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002300AB" w:rsidRPr="00F741AB" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F741AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002300AB" w:rsidRPr="00F741AB" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F741AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002300AB" w:rsidRPr="00F741AB" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F741AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002300AB" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="00C45311" w:rsidRDefault="00836B15" w:rsidP="00836B15">
-[...11 lines deleted...]
-              <w:t>38.03.04</w:t>
+          <w:p w:rsidR="002300AB" w:rsidRPr="00351664" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351664">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>40.03.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="00C45311" w:rsidRDefault="00836B15" w:rsidP="00836B15">
-[...12 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="002300AB" w:rsidRPr="00351664" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00351664">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Юриспрюденция</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="00C45311" w:rsidRDefault="00836B15" w:rsidP="00836B15">
-[...11 lines deleted...]
-              <w:t>Государственное и муниципальное управление</w:t>
+          <w:p w:rsidR="002300AB" w:rsidRPr="00892353" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351664">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Гражданско-правовой</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="00C45311" w:rsidRDefault="00836B15" w:rsidP="00836B15">
-[...3 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="002300AB" w:rsidRPr="00892353" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:highlight w:val="yellow"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C45311">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Высшее образование - </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00C45311">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>бакалавриат</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="00A31E2F" w:rsidRDefault="00836B15" w:rsidP="00836B15">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A31E2F">
+          <w:p w:rsidR="002300AB" w:rsidRPr="00C859A0" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C859A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="00A31E2F" w:rsidRDefault="00836B15" w:rsidP="00836B15">
-[...11 lines deleted...]
-              <w:t>очно-заочная</w:t>
+          <w:p w:rsidR="002300AB" w:rsidRPr="00C859A0" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C859A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="002300AB" w:rsidRDefault="00836B15" w:rsidP="00836B15">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002300AB">
+          <w:p w:rsidR="002300AB" w:rsidRPr="00C17766" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C17766">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="002300AB" w:rsidRDefault="00836B15" w:rsidP="00836B15">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002300AB">
+          <w:p w:rsidR="002300AB" w:rsidRPr="00C17766" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C17766">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="002300AB" w:rsidRDefault="00836B15" w:rsidP="00836B15">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002300AB">
+          <w:p w:rsidR="002300AB" w:rsidRPr="00C17766" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C17766">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="002300AB" w:rsidRDefault="002300AB" w:rsidP="00836B15">
-[...974 lines deleted...]
-            <w:r w:rsidRPr="007E4119">
+          <w:p w:rsidR="002300AB" w:rsidRPr="00C17766" w:rsidRDefault="007E4119" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C17766">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>75</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="00351664" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -8824,118 +8641,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="00C859A0" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C859A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="007E4119" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="007E4119">
+          <w:p w:rsidR="007E4119" w:rsidRPr="00C17766" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C17766">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="007E4119" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="007E4119">
+          <w:p w:rsidR="007E4119" w:rsidRPr="00C17766" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C17766">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="007E4119" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="007E4119">
+          <w:p w:rsidR="007E4119" w:rsidRPr="00C17766" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C17766">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="007E4119" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="007E4119">
+          <w:p w:rsidR="007E4119" w:rsidRPr="00C17766" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C17766">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="00351664" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -9003,118 +8820,119 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="00C859A0" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C859A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="007E4119" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="007E4119">
+          <w:p w:rsidR="007E4119" w:rsidRPr="00C17766" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C17766">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="007E4119" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="007E4119">
+          <w:p w:rsidR="007E4119" w:rsidRPr="00C17766" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C17766">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="007E4119" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="007E4119">
+          <w:p w:rsidR="007E4119" w:rsidRPr="00C17766" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C17766">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="007E4119" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="007E4119">
+          <w:p w:rsidR="007E4119" w:rsidRPr="00C17766" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C17766">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="00351664" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -9182,118 +9000,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="004C6128" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C6128">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очно-заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="007E4119" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="007E4119">
+          <w:p w:rsidR="007E4119" w:rsidRPr="00C17766" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C17766">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="007E4119" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="007E4119">
+          <w:p w:rsidR="007E4119" w:rsidRPr="00C17766" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C17766">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="007E4119" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="007E4119">
+          <w:p w:rsidR="007E4119" w:rsidRPr="00C17766" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C17766">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="007E4119" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="007E4119">
+          <w:p w:rsidR="007E4119" w:rsidRPr="00C17766" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C17766">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>77</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="00351664" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -9361,123 +9179,123 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="004C6128" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C6128">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очно-заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="007E4119" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="007E4119">
+          <w:p w:rsidR="007E4119" w:rsidRPr="00C17766" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C17766">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="007E4119" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="007E4119">
+          <w:p w:rsidR="007E4119" w:rsidRPr="00C17766" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C17766">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="007E4119" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="007E4119">
+          <w:p w:rsidR="007E4119" w:rsidRPr="00C17766" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C17766">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="007E4119" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...11 lines deleted...]
-              <w:t>34</w:t>
+          <w:p w:rsidR="007E4119" w:rsidRPr="00C17766" w:rsidRDefault="0057396D" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C17766">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>33</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="00351664" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="00351664" w:rsidRDefault="007E4119" w:rsidP="007E4119">
@@ -9540,123 +9358,123 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="004C6128" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C6128">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очно-заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="007E4119" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="007E4119">
+          <w:p w:rsidR="007E4119" w:rsidRPr="00C17766" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C17766">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="007E4119" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="007E4119">
+          <w:p w:rsidR="007E4119" w:rsidRPr="00C17766" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C17766">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="007E4119" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="007E4119">
+          <w:p w:rsidR="007E4119" w:rsidRPr="00C17766" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C17766">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="007E4119" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...11 lines deleted...]
-              <w:t>94</w:t>
+          <w:p w:rsidR="007E4119" w:rsidRPr="00C17766" w:rsidRDefault="00EF7EC6" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C17766">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>95</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="00351664" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="00351664" w:rsidRDefault="007E4119" w:rsidP="007E4119">
@@ -9719,202 +9537,195 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="004C6128" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C6128">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очно-заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="007E4119" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="007E4119">
+          <w:p w:rsidR="007E4119" w:rsidRPr="00C17766" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C17766">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="007E4119" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="007E4119">
+          <w:p w:rsidR="007E4119" w:rsidRPr="00C17766" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C17766">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="007E4119" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="007E4119">
+          <w:p w:rsidR="007E4119" w:rsidRPr="00C17766" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C17766">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="007E4119" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...11 lines deleted...]
-              <w:t>45</w:t>
+          <w:p w:rsidR="007E4119" w:rsidRPr="00C17766" w:rsidRDefault="0057396D" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C17766">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>55</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w:rsidTr="00526FDB">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="001D6A37" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6A37">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>44.03.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="001D6A37" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6A37">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Безопасность жизнедеятельности, История, Дошкольное образование, Начальное </w:t>
-[...7 lines deleted...]
-              <w:t>образование</w:t>
+              <w:t>Безопасность жизнедеятельности, История, Дошкольное образование, Начальное образование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="001D6A37" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6A37">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Педагогическое образование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="001D6A37" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6A37">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Высшее образование - </w:t>
@@ -9956,121 +9767,121 @@
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="00070B25" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00070B25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00EC2A58" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00EC2A58">
+          <w:p w:rsidR="007E4119" w:rsidRPr="003450AC" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003450AC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00EC2A58" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00EC2A58">
+          <w:p w:rsidR="007E4119" w:rsidRPr="003450AC" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003450AC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00EC2A58" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00EC2A58">
+          <w:p w:rsidR="007E4119" w:rsidRPr="003450AC" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003450AC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00EC2A58" w:rsidRDefault="00EC2A58" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00EC2A58">
+          <w:p w:rsidR="007E4119" w:rsidRPr="003450AC" w:rsidRDefault="00EC2A58" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003450AC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>276</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w:rsidTr="00526FDB">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="001D6A37" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
@@ -10148,131 +9959,133 @@
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="00070B25" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00070B25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00EC2A58" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00EC2A58">
+          <w:p w:rsidR="007E4119" w:rsidRPr="003450AC" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003450AC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00EC2A58" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00EC2A58">
+          <w:p w:rsidR="007E4119" w:rsidRPr="003450AC" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003450AC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00EC2A58" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00EC2A58">
+          <w:p w:rsidR="007E4119" w:rsidRPr="003450AC" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003450AC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00EC2A58" w:rsidRDefault="007E4119" w:rsidP="00EC2A58">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00EC2A58">
+          <w:p w:rsidR="007E4119" w:rsidRPr="003450AC" w:rsidRDefault="007E4119" w:rsidP="00162F5A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003450AC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
-            <w:r w:rsidR="00EC2A58" w:rsidRPr="00EC2A58">
-[...2 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidR="003450AC" w:rsidRPr="003450AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w:rsidTr="00526FDB">
         <w:trPr>
           <w:trHeight w:val="254"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="001D6A37" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -10347,121 +10160,121 @@
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="00070B25" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00070B25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00EC2A58" w:rsidRDefault="00EC2A58" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00EC2A58">
+          <w:p w:rsidR="007E4119" w:rsidRPr="00C81933" w:rsidRDefault="00EC2A58" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C81933">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00EC2A58" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00EC2A58">
+          <w:p w:rsidR="007E4119" w:rsidRPr="00C81933" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C81933">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00EC2A58" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00EC2A58">
+          <w:p w:rsidR="007E4119" w:rsidRPr="00C81933" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C81933">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00EC2A58" w:rsidRDefault="00EC2A58" w:rsidP="00EC2A58">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00EC2A58">
+          <w:p w:rsidR="007E4119" w:rsidRPr="00C81933" w:rsidRDefault="00EC2A58" w:rsidP="00EC2A58">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C81933">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>182</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w:rsidTr="00526FDB">
         <w:trPr>
           <w:trHeight w:val="254"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="001D6A37" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
@@ -10539,121 +10352,121 @@
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="00070B25" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00070B25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00EC2A58" w:rsidRDefault="00EC2A58" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00EC2A58">
+          <w:p w:rsidR="007E4119" w:rsidRPr="00C81933" w:rsidRDefault="00EC2A58" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C81933">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00EC2A58" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00EC2A58">
+          <w:p w:rsidR="007E4119" w:rsidRPr="00C81933" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C81933">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00EC2A58" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00EC2A58">
+          <w:p w:rsidR="007E4119" w:rsidRPr="00C81933" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C81933">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00EC2A58" w:rsidRDefault="00EC2A58" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00EC2A58">
+          <w:p w:rsidR="007E4119" w:rsidRPr="00C81933" w:rsidRDefault="00EC2A58" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C81933">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>208</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w:rsidTr="00526FDB">
         <w:trPr>
           <w:trHeight w:val="287"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="001D6A37" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
@@ -10731,148 +10544,149 @@
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="00070B25" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00070B25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00EC2A58" w:rsidRDefault="00EC2A58" w:rsidP="007E4119">
-[...11 lines deleted...]
-              <w:t>3</w:t>
+          <w:p w:rsidR="007E4119" w:rsidRPr="00C81933" w:rsidRDefault="00C81933" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C81933">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00EC2A58" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00EC2A58">
+          <w:p w:rsidR="007E4119" w:rsidRPr="00C81933" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C81933">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00EC2A58" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00EC2A58">
+          <w:p w:rsidR="007E4119" w:rsidRPr="00C81933" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C81933">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00EC2A58" w:rsidRDefault="00EC2A58" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00EC2A58">
+          <w:p w:rsidR="007E4119" w:rsidRPr="00C81933" w:rsidRDefault="00EC2A58" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C81933">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>381</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="004D53E5" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D53E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>44.03.02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="004D53E5" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D53E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Психология образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -10952,118 +10766,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="00276007" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00276007">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="006B653E" w:rsidRDefault="006B653E" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006B653E">
+          <w:p w:rsidR="007E4119" w:rsidRPr="00A56405" w:rsidRDefault="006B653E" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A56405">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="006B653E" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006B653E">
+          <w:p w:rsidR="007E4119" w:rsidRPr="00A56405" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A56405">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="006B653E" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006B653E">
+          <w:p w:rsidR="007E4119" w:rsidRPr="00A56405" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A56405">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="006B653E" w:rsidRDefault="006B653E" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006B653E">
+          <w:p w:rsidR="007E4119" w:rsidRPr="001B72BC" w:rsidRDefault="006B653E" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B72BC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>99</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="00892353" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -11135,118 +10949,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="00276007" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00276007">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="006B653E" w:rsidRDefault="006B653E" w:rsidP="007E4119">
-[...11 lines deleted...]
-              <w:t>3</w:t>
+          <w:p w:rsidR="007E4119" w:rsidRPr="00A56405" w:rsidRDefault="00ED7B7B" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A56405">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="006B653E" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006B653E">
+          <w:p w:rsidR="007E4119" w:rsidRPr="00A56405" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A56405">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="006B653E" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006B653E">
+          <w:p w:rsidR="007E4119" w:rsidRPr="00A56405" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A56405">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="006B653E" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006B653E">
+          <w:p w:rsidR="007E4119" w:rsidRPr="001B72BC" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B72BC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="00892353" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -11318,118 +11132,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="00276007" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00276007">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="006B653E" w:rsidRDefault="006B653E" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006B653E">
+          <w:p w:rsidR="007E4119" w:rsidRPr="00A56405" w:rsidRDefault="006B653E" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A56405">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="006B653E" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006B653E">
+          <w:p w:rsidR="007E4119" w:rsidRPr="00A56405" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A56405">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="006B653E" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006B653E">
+          <w:p w:rsidR="007E4119" w:rsidRPr="00A56405" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A56405">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="006B653E" w:rsidRDefault="006B653E" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006B653E">
+          <w:p w:rsidR="007E4119" w:rsidRPr="001B72BC" w:rsidRDefault="006B653E" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B72BC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="00892353" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -11501,118 +11315,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="00276007" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00276007">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="006B653E" w:rsidRDefault="006B653E" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006B653E">
+          <w:p w:rsidR="007E4119" w:rsidRPr="00A56405" w:rsidRDefault="006B653E" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A56405">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="006B653E" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006B653E">
+          <w:p w:rsidR="007E4119" w:rsidRPr="00A56405" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A56405">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="006B653E" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006B653E">
+          <w:p w:rsidR="007E4119" w:rsidRPr="00A56405" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A56405">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="006B653E" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006B653E">
+          <w:p w:rsidR="007E4119" w:rsidRPr="001B72BC" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B72BC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="00892353" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -11684,118 +11498,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="00EE4962" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4962">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="004A0655" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004A0655">
+          <w:p w:rsidR="007E4119" w:rsidRPr="001B72BC" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B72BC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="004A0655" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004A0655">
+          <w:p w:rsidR="007E4119" w:rsidRPr="001B72BC" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B72BC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="004A0655" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004A0655">
+          <w:p w:rsidR="007E4119" w:rsidRPr="001B72BC" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B72BC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="004A0655" w:rsidRDefault="004A0655" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004A0655">
+          <w:p w:rsidR="007E4119" w:rsidRPr="001B72BC" w:rsidRDefault="004A0655" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B72BC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>64</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="00892353" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -11867,118 +11681,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="00EE4962" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4962">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="004A0655" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004A0655">
+          <w:p w:rsidR="007E4119" w:rsidRPr="001B72BC" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B72BC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="004A0655" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004A0655">
+          <w:p w:rsidR="007E4119" w:rsidRPr="001B72BC" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B72BC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="004A0655" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004A0655">
+          <w:p w:rsidR="007E4119" w:rsidRPr="001B72BC" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B72BC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="004A0655" w:rsidRDefault="004A0655" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004A0655">
+          <w:p w:rsidR="007E4119" w:rsidRPr="001B72BC" w:rsidRDefault="004A0655" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B72BC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>38</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="00892353" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -12050,118 +11864,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="00EE4962" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4962">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="004A0655" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004A0655">
+          <w:p w:rsidR="007E4119" w:rsidRPr="001B72BC" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B72BC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="004A0655" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004A0655">
+          <w:p w:rsidR="007E4119" w:rsidRPr="001B72BC" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B72BC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="004A0655" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004A0655">
+          <w:p w:rsidR="007E4119" w:rsidRPr="001B72BC" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B72BC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="004A0655" w:rsidRDefault="004A0655" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004A0655">
+          <w:p w:rsidR="007E4119" w:rsidRPr="001B72BC" w:rsidRDefault="004A0655" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B72BC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>43</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004A0655" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="004A0655" w:rsidRPr="00892353" w:rsidRDefault="004A0655" w:rsidP="004A0655">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -12233,123 +12047,123 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="004A0655" w:rsidRPr="00EE4962" w:rsidRDefault="004A0655" w:rsidP="004A0655">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4962">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004A0655" w:rsidRPr="004A0655" w:rsidRDefault="004A0655" w:rsidP="004A0655">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004A0655">
+          <w:p w:rsidR="004A0655" w:rsidRPr="001B72BC" w:rsidRDefault="004A0655" w:rsidP="004A0655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B72BC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004A0655" w:rsidRPr="004A0655" w:rsidRDefault="004A0655" w:rsidP="004A0655">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004A0655">
+          <w:p w:rsidR="004A0655" w:rsidRPr="001B72BC" w:rsidRDefault="004A0655" w:rsidP="004A0655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B72BC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004A0655" w:rsidRPr="004A0655" w:rsidRDefault="004A0655" w:rsidP="004A0655">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004A0655">
+          <w:p w:rsidR="004A0655" w:rsidRPr="001B72BC" w:rsidRDefault="004A0655" w:rsidP="004A0655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B72BC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004A0655" w:rsidRPr="004A0655" w:rsidRDefault="004A0655" w:rsidP="004A0655">
-[...11 lines deleted...]
-              <w:t>18</w:t>
+          <w:p w:rsidR="004A0655" w:rsidRPr="001B72BC" w:rsidRDefault="009D3AFA" w:rsidP="004A0655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B72BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004A0655" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="004A0655" w:rsidRPr="00892353" w:rsidRDefault="004A0655" w:rsidP="004A0655">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
@@ -12416,118 +12230,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="004A0655" w:rsidRPr="00EE4962" w:rsidRDefault="004A0655" w:rsidP="004A0655">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4962">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004A0655" w:rsidRPr="004A0655" w:rsidRDefault="004A0655" w:rsidP="004A0655">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004A0655">
+          <w:p w:rsidR="004A0655" w:rsidRPr="001B72BC" w:rsidRDefault="004A0655" w:rsidP="004A0655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B72BC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004A0655" w:rsidRPr="004A0655" w:rsidRDefault="004A0655" w:rsidP="004A0655">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004A0655">
+          <w:p w:rsidR="004A0655" w:rsidRPr="001B72BC" w:rsidRDefault="004A0655" w:rsidP="004A0655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B72BC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004A0655" w:rsidRPr="004A0655" w:rsidRDefault="004A0655" w:rsidP="004A0655">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004A0655">
+          <w:p w:rsidR="004A0655" w:rsidRPr="001B72BC" w:rsidRDefault="004A0655" w:rsidP="004A0655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B72BC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004A0655" w:rsidRPr="004A0655" w:rsidRDefault="004A0655" w:rsidP="004A0655">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004A0655">
+          <w:p w:rsidR="004A0655" w:rsidRPr="001B72BC" w:rsidRDefault="004A0655" w:rsidP="004A0655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B72BC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>74</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004A0655" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="004A0655" w:rsidRPr="003F2EFF" w:rsidRDefault="004A0655" w:rsidP="004A0655">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F2EFF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -12634,125 +12448,126 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="004A0655" w:rsidRPr="00004DFB" w:rsidRDefault="004A0655" w:rsidP="004A0655">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00004DFB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004A0655" w:rsidRPr="00EC505E" w:rsidRDefault="00EC505E" w:rsidP="004A0655">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00EC505E">
+          <w:p w:rsidR="004A0655" w:rsidRPr="00A929EB" w:rsidRDefault="00EC505E" w:rsidP="004A0655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A929EB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004A0655" w:rsidRPr="00EC505E" w:rsidRDefault="004A0655" w:rsidP="004A0655">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00EC505E">
+          <w:p w:rsidR="004A0655" w:rsidRPr="00A929EB" w:rsidRDefault="004A0655" w:rsidP="004A0655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A929EB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004A0655" w:rsidRPr="00EC505E" w:rsidRDefault="004A0655" w:rsidP="004A0655">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00EC505E">
+          <w:p w:rsidR="004A0655" w:rsidRPr="00A929EB" w:rsidRDefault="004A0655" w:rsidP="004A0655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A929EB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004A0655" w:rsidRPr="00EC505E" w:rsidRDefault="004A0655" w:rsidP="004A0655">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00EC505E">
+          <w:p w:rsidR="004A0655" w:rsidRPr="006B2D80" w:rsidRDefault="004A0655" w:rsidP="004A0655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00416D5D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidR="00EC505E" w:rsidRPr="00EC505E">
+            <w:r w:rsidR="00EC505E" w:rsidRPr="00416D5D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>99</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004A0655" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="004A0655" w:rsidRPr="003F2EFF" w:rsidRDefault="004A0655" w:rsidP="004A0655">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -12820,118 +12635,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="004A0655" w:rsidRPr="00004DFB" w:rsidRDefault="004A0655" w:rsidP="004A0655">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00004DFB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004A0655" w:rsidRPr="00EC505E" w:rsidRDefault="00EC505E" w:rsidP="004A0655">
-[...11 lines deleted...]
-              <w:t>14</w:t>
+          <w:p w:rsidR="004A0655" w:rsidRPr="00A929EB" w:rsidRDefault="00A929EB" w:rsidP="004A0655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A929EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004A0655" w:rsidRPr="00EC505E" w:rsidRDefault="004A0655" w:rsidP="004A0655">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00EC505E">
+          <w:p w:rsidR="004A0655" w:rsidRPr="00A929EB" w:rsidRDefault="004A0655" w:rsidP="004A0655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A929EB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004A0655" w:rsidRPr="00EC505E" w:rsidRDefault="004A0655" w:rsidP="004A0655">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00EC505E">
+          <w:p w:rsidR="004A0655" w:rsidRPr="00A929EB" w:rsidRDefault="004A0655" w:rsidP="004A0655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A929EB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004A0655" w:rsidRPr="00EC505E" w:rsidRDefault="00EC505E" w:rsidP="004A0655">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00EC505E">
+          <w:p w:rsidR="004A0655" w:rsidRPr="00416D5D" w:rsidRDefault="00EC505E" w:rsidP="004A0655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00416D5D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>239</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC505E" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00EC505E" w:rsidRPr="003F2EFF" w:rsidRDefault="00EC505E" w:rsidP="00EC505E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -12999,118 +12814,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00EC505E" w:rsidRPr="00004DFB" w:rsidRDefault="00EC505E" w:rsidP="00EC505E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00004DFB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC505E" w:rsidRPr="00EC505E" w:rsidRDefault="00EC505E" w:rsidP="00EC505E">
-[...11 lines deleted...]
-              <w:t>25</w:t>
+          <w:p w:rsidR="00EC505E" w:rsidRPr="00E236A0" w:rsidRDefault="00EF7EC6" w:rsidP="00EC505E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E236A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC505E" w:rsidRPr="00EC505E" w:rsidRDefault="00EC505E" w:rsidP="00EC505E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00EC505E">
+          <w:p w:rsidR="00EC505E" w:rsidRPr="00E236A0" w:rsidRDefault="00EC505E" w:rsidP="00EC505E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E236A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC505E" w:rsidRPr="00EC505E" w:rsidRDefault="00EC505E" w:rsidP="00EC505E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00EC505E">
+          <w:p w:rsidR="00EC505E" w:rsidRPr="00E236A0" w:rsidRDefault="00EC505E" w:rsidP="00EC505E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E236A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC505E" w:rsidRPr="00EC505E" w:rsidRDefault="00EC505E" w:rsidP="00EC505E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00EC505E">
+          <w:p w:rsidR="00EC505E" w:rsidRPr="00416D5D" w:rsidRDefault="00EC505E" w:rsidP="00EC505E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00416D5D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>239</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC505E" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00EC505E" w:rsidRPr="003F2EFF" w:rsidRDefault="00EC505E" w:rsidP="00EC505E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -13178,118 +12993,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00EC505E" w:rsidRPr="00004DFB" w:rsidRDefault="00EC505E" w:rsidP="00EC505E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC505E" w:rsidRPr="00EC505E" w:rsidRDefault="00EC505E" w:rsidP="00EC505E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00EC505E">
+          <w:p w:rsidR="00EC505E" w:rsidRPr="00E236A0" w:rsidRDefault="00AD7D31" w:rsidP="00EC505E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC505E" w:rsidRPr="00EC505E" w:rsidRDefault="00EC505E" w:rsidP="00EC505E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00EC505E">
+          <w:p w:rsidR="00EC505E" w:rsidRPr="00E236A0" w:rsidRDefault="00EC505E" w:rsidP="00EC505E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E236A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC505E" w:rsidRPr="00EC505E" w:rsidRDefault="00EC505E" w:rsidP="00EC505E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00EC505E">
+          <w:p w:rsidR="00EC505E" w:rsidRPr="00E236A0" w:rsidRDefault="00EC505E" w:rsidP="00EC505E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E236A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC505E" w:rsidRPr="00EC505E" w:rsidRDefault="00EC505E" w:rsidP="00EC505E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00EC505E">
+          <w:p w:rsidR="00EC505E" w:rsidRPr="00416D5D" w:rsidRDefault="00EC505E" w:rsidP="00EC505E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00416D5D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>400</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E420A4" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E420A4" w:rsidRPr="003F2EFF" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F64327">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
@@ -13392,118 +13207,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E420A4" w:rsidRPr="0022490D" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0022490D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00E420A4" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E420A4">
+          <w:p w:rsidR="00E420A4" w:rsidRPr="00445C88" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C88">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00E420A4" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E420A4">
+          <w:p w:rsidR="00E420A4" w:rsidRPr="00445C88" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C88">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00E420A4" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E420A4">
+          <w:p w:rsidR="00E420A4" w:rsidRPr="00445C88" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C88">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00E420A4" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E420A4">
+          <w:p w:rsidR="00E420A4" w:rsidRPr="00445C88" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C88">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>189</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E420A4" w:rsidRPr="00E07D2F" w:rsidTr="007B6080">
         <w:trPr>
           <w:trHeight w:val="759"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="00E420A4" w:rsidRPr="00F64327" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
@@ -13613,123 +13428,123 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E420A4" w:rsidRPr="0022490D" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0022490D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00413943" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00413943">
+          <w:p w:rsidR="00E420A4" w:rsidRPr="00445C88" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C88">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00413943" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00413943">
+          <w:p w:rsidR="00E420A4" w:rsidRPr="00445C88" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C88">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00413943" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00413943">
+          <w:p w:rsidR="00E420A4" w:rsidRPr="00445C88" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C88">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00413943" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...11 lines deleted...]
-              <w:t>34</w:t>
+          <w:p w:rsidR="00E420A4" w:rsidRPr="00445C88" w:rsidRDefault="001D6E2B" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>33</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E420A4" w:rsidRPr="00E07D2F" w:rsidTr="007B6080">
         <w:trPr>
           <w:trHeight w:val="759"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00E420A4" w:rsidRPr="00F64327" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
@@ -13795,123 +13610,123 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E420A4" w:rsidRPr="0022490D" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0022490D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00413943" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00413943">
+          <w:p w:rsidR="00E420A4" w:rsidRPr="00445C88" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C88">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00413943" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00413943">
+          <w:p w:rsidR="00E420A4" w:rsidRPr="00445C88" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C88">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00413943" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00413943">
+          <w:p w:rsidR="00E420A4" w:rsidRPr="00445C88" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C88">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00413943" w:rsidRDefault="00413943" w:rsidP="00E420A4">
-[...11 lines deleted...]
-              <w:t>63</w:t>
+          <w:p w:rsidR="00E420A4" w:rsidRPr="00A3284D" w:rsidRDefault="00EF7EC6" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A3284D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>64</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E420A4" w:rsidRPr="00E07D2F" w:rsidTr="007B6080">
         <w:trPr>
           <w:trHeight w:val="759"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00E420A4" w:rsidRPr="00F64327" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
@@ -13977,333 +13792,360 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E420A4" w:rsidRPr="0022490D" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0022490D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00413943" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...11 lines deleted...]
-              <w:t>–</w:t>
+          <w:p w:rsidR="00E420A4" w:rsidRPr="00445C88" w:rsidRDefault="00EF7EC6" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00413943" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00413943">
+          <w:p w:rsidR="00E420A4" w:rsidRPr="00445C88" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C88">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00413943" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00413943">
+          <w:p w:rsidR="00E420A4" w:rsidRPr="00445C88" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C88">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00413943" w:rsidRDefault="00413943" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00413943">
+          <w:p w:rsidR="00E420A4" w:rsidRPr="00A3284D" w:rsidRDefault="00413943" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A3284D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>51</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E420A4" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E420A4" w:rsidRPr="00FC1B85" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC1B85">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
+              <w:t>44.03.05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E420A4" w:rsidRPr="00FC1B85" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC1B85">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Английский язык, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC1B85">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>44.03.05</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2551" w:type="dxa"/>
+              <w:t>Немецкий язык; Дошкольное образование, Начальное образование; История, Обществознание; Безопасность жизнедеятельности, Физическая культура; Русский язык, Литература; Математика, Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E420A4" w:rsidRPr="00FC1B85" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC1B85">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>Английский язык, Немецкий язык; Дошкольное образование, Начальное образование; История, Обществознание; Безопасность жизнедеятельности, Физическая культура; Русский язык, Литература; Математика, Физика</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Педагогическое </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC1B85">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>образование (с двумя профилями подготовки)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1690" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E420A4" w:rsidRPr="00FC1B85" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC1B85">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-              </w:rPr>
-[...12 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-            </w:pPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Высшее </w:t>
+            </w:r>
             <w:r w:rsidRPr="00FC1B85">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">Высшее образование - </w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">образование - </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00FC1B85">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>бакалавриат</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E420A4" w:rsidRPr="003E70E5" w:rsidRDefault="000D5CDC" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E420A4" w:rsidRPr="003E70E5" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E70E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="000D5CDC" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...11 lines deleted...]
-              <w:t>30</w:t>
+          <w:p w:rsidR="00E420A4" w:rsidRPr="00AD7D31" w:rsidRDefault="00EF7EC6" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD7D31">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="000D5CDC" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="000D5CDC">
+          <w:p w:rsidR="00E420A4" w:rsidRPr="00AD7D31" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD7D31">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="000D5CDC" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="000D5CDC">
+          <w:p w:rsidR="00E420A4" w:rsidRPr="00AD7D31" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD7D31">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="000D5CDC" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="000D5CDC">
+          <w:p w:rsidR="00E420A4" w:rsidRPr="00AD7D31" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD7D31">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>298</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E420A4" w:rsidRPr="00E07D2F" w:rsidTr="007B6080">
         <w:trPr>
           <w:trHeight w:val="516"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E420A4" w:rsidRPr="000761E5" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000761E5">
@@ -14406,118 +14248,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E420A4" w:rsidRPr="002A1981" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A1981">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00844AEA" w:rsidRDefault="00513D4A" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00844AEA">
+          <w:p w:rsidR="00E420A4" w:rsidRPr="00F37026" w:rsidRDefault="00513D4A" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F37026">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00844AEA" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00844AEA">
+          <w:p w:rsidR="00E420A4" w:rsidRPr="00F37026" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F37026">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00844AEA" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00844AEA">
+          <w:p w:rsidR="00E420A4" w:rsidRPr="00F37026" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F37026">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00844AEA" w:rsidRDefault="00513D4A" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00844AEA">
+          <w:p w:rsidR="00E420A4" w:rsidRPr="00F37026" w:rsidRDefault="00513D4A" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F37026">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E420A4" w:rsidRPr="00E07D2F" w:rsidTr="007B6080">
         <w:trPr>
           <w:trHeight w:val="516"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E420A4" w:rsidRPr="000761E5" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000761E5">
@@ -14627,118 +14469,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E420A4" w:rsidRPr="002A1981" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A1981">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00844AEA" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00844AEA">
+          <w:p w:rsidR="00E420A4" w:rsidRPr="00F37026" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F37026">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00844AEA" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00844AEA">
+          <w:p w:rsidR="00E420A4" w:rsidRPr="00F37026" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F37026">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00844AEA" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00844AEA">
+          <w:p w:rsidR="00E420A4" w:rsidRPr="00F37026" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F37026">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00844AEA" w:rsidRDefault="00844AEA" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00844AEA">
+          <w:p w:rsidR="00E420A4" w:rsidRPr="00F37026" w:rsidRDefault="00844AEA" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F37026">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>200</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E420A4" w:rsidRPr="00E07D2F" w:rsidTr="007B6080">
         <w:trPr>
           <w:trHeight w:val="516"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E420A4" w:rsidRPr="000761E5" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000761E5">
@@ -14834,128 +14676,128 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E420A4" w:rsidRPr="002A1981" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00844AEA" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00844AEA">
+          <w:p w:rsidR="00E420A4" w:rsidRPr="00F37026" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F37026">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00844AEA" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00844AEA">
+          <w:p w:rsidR="00E420A4" w:rsidRPr="00F37026" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F37026">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00844AEA" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00844AEA">
+          <w:p w:rsidR="00E420A4" w:rsidRPr="00F37026" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F37026">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00844AEA" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00844AEA">
+          <w:p w:rsidR="00E420A4" w:rsidRPr="00F37026" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F37026">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E420A4" w:rsidRPr="00E07D2F" w:rsidTr="00C7452C">
+      <w:tr w:rsidR="00E420A4" w:rsidRPr="00E07D2F" w:rsidTr="005673D6">
         <w:trPr>
           <w:trHeight w:val="1518"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E420A4" w:rsidRPr="000761E5" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000761E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>44.04.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -15041,128 +14883,128 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E420A4" w:rsidRPr="00F03683" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F03683">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00D9171F" w:rsidRDefault="00D9171F" w:rsidP="00E420A4">
-[...11 lines deleted...]
-              <w:t>–</w:t>
+          <w:p w:rsidR="00E420A4" w:rsidRPr="00F37026" w:rsidRDefault="002049D4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F37026">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00D9171F" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00D9171F">
+          <w:p w:rsidR="00E420A4" w:rsidRPr="00F37026" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F37026">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00D9171F" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00D9171F">
+          <w:p w:rsidR="00E420A4" w:rsidRPr="00F37026" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F37026">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00D9171F" w:rsidRDefault="00D9171F" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00E420A4" w:rsidRPr="00F37026" w:rsidRDefault="00D9171F" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F37026">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D9171F" w:rsidRPr="00E07D2F" w:rsidTr="00C7452C">
+      <w:tr w:rsidR="00D9171F" w:rsidRPr="00E07D2F" w:rsidTr="005673D6">
         <w:trPr>
           <w:trHeight w:val="1518"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D9171F" w:rsidRPr="000761E5" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>44.04.02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -15248,118 +15090,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D9171F" w:rsidRPr="00F03683" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F03683">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00D9171F" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00D9171F">
+          <w:p w:rsidR="00D9171F" w:rsidRPr="00F37026" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F37026">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00D9171F" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00D9171F">
+          <w:p w:rsidR="00D9171F" w:rsidRPr="00F37026" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F37026">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00D9171F" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00D9171F">
+          <w:p w:rsidR="00D9171F" w:rsidRPr="00F37026" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F37026">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00D9171F" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00D9171F" w:rsidRPr="00F37026" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F37026">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>89</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D9171F" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960BE9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -15455,123 +15297,123 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D9171F" w:rsidRPr="00024C2E" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00024C2E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00B574E2" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00B574E2">
+          <w:p w:rsidR="00D9171F" w:rsidRPr="009D14A5" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D14A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00B574E2" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00B574E2">
+          <w:p w:rsidR="00D9171F" w:rsidRPr="009D14A5" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D14A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00B574E2" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00B574E2">
+          <w:p w:rsidR="00D9171F" w:rsidRPr="009D14A5" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D14A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00B574E2" w:rsidRDefault="00B574E2" w:rsidP="00D9171F">
-[...11 lines deleted...]
-              <w:t>18</w:t>
+          <w:p w:rsidR="00D9171F" w:rsidRPr="009D14A5" w:rsidRDefault="009D14A5" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D14A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D9171F" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
@@ -15633,123 +15475,123 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D9171F" w:rsidRPr="00024C2E" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00024C2E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00B574E2" w:rsidRDefault="00B574E2" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00B574E2">
+          <w:p w:rsidR="00D9171F" w:rsidRPr="009D14A5" w:rsidRDefault="00B574E2" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D14A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00B574E2" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00B574E2">
+          <w:p w:rsidR="00D9171F" w:rsidRPr="009D14A5" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D14A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00B574E2" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00B574E2">
+          <w:p w:rsidR="00D9171F" w:rsidRPr="009D14A5" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D14A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00B574E2" w:rsidRDefault="00B574E2" w:rsidP="00D9171F">
-[...11 lines deleted...]
-              <w:t>16</w:t>
+          <w:p w:rsidR="00D9171F" w:rsidRPr="009D14A5" w:rsidRDefault="00533FC0" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D14A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D9171F" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
@@ -15811,118 +15653,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D9171F" w:rsidRPr="00024C2E" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00024C2E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00B574E2" w:rsidRDefault="00B574E2" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00B574E2">
+          <w:p w:rsidR="00D9171F" w:rsidRPr="009D14A5" w:rsidRDefault="00B574E2" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D14A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00B574E2" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00B574E2">
+          <w:p w:rsidR="00D9171F" w:rsidRPr="009D14A5" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D14A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00B574E2" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00B574E2">
+          <w:p w:rsidR="00D9171F" w:rsidRPr="009D14A5" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D14A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00B574E2" w:rsidRDefault="00B574E2" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00B574E2">
+          <w:p w:rsidR="00D9171F" w:rsidRPr="009D14A5" w:rsidRDefault="00B574E2" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D14A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D9171F" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -15989,118 +15831,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D9171F" w:rsidRPr="00024C2E" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00024C2E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00B574E2" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...11 lines deleted...]
-              <w:t>–</w:t>
+          <w:p w:rsidR="00D9171F" w:rsidRPr="009D14A5" w:rsidRDefault="009D14A5" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D14A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00B574E2" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00B574E2">
+          <w:p w:rsidR="00D9171F" w:rsidRPr="009D14A5" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D14A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00B574E2" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00B574E2">
+          <w:p w:rsidR="00D9171F" w:rsidRPr="009D14A5" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D14A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00B574E2" w:rsidRDefault="00B574E2" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00B574E2">
+          <w:p w:rsidR="00D9171F" w:rsidRPr="009D14A5" w:rsidRDefault="00B574E2" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D14A5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D9171F" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -16119,59 +15961,59 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960BE9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Техническая эксплуатация и обслуживание электрического и электромеханического </w:t>
+              <w:t xml:space="preserve">Техническая эксплуатация и обслуживание электрического и электромеханического оборудования (по </w:t>
             </w:r>
             <w:r w:rsidRPr="00960BE9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>оборудования (по отраслям)</w:t>
+              <w:t>отраслям)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00553A95">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Среднее профессиональное</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -16197,118 +16039,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D9171F" w:rsidRPr="00E060E9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E060E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="002B651F" w:rsidRDefault="002B651F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002B651F">
+          <w:p w:rsidR="00D9171F" w:rsidRPr="00CE33A1" w:rsidRDefault="002B651F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE33A1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="002B651F" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002B651F">
+          <w:p w:rsidR="00D9171F" w:rsidRPr="00CE33A1" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE33A1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="002B651F" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002B651F">
+          <w:p w:rsidR="00D9171F" w:rsidRPr="00CE33A1" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE33A1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="002B651F" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002B651F">
+          <w:p w:rsidR="00D9171F" w:rsidRPr="00CE33A1" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE33A1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D9171F" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -16375,118 +16217,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D9171F" w:rsidRPr="00E060E9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E060E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="002B651F" w:rsidRDefault="002B651F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002B651F">
+          <w:p w:rsidR="00D9171F" w:rsidRPr="00CE33A1" w:rsidRDefault="002B651F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE33A1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="002B651F" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002B651F">
+          <w:p w:rsidR="00D9171F" w:rsidRPr="00CE33A1" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE33A1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="002B651F" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002B651F">
+          <w:p w:rsidR="00D9171F" w:rsidRPr="00CE33A1" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE33A1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="002B651F" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002B651F">
+          <w:p w:rsidR="00D9171F" w:rsidRPr="00CE33A1" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE33A1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00562786" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="00562786" w:rsidRPr="00960BE9" w:rsidRDefault="00562786" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -16588,118 +16430,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00562786" w:rsidRPr="00890755" w:rsidRDefault="00562786" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00890755">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00562786" w:rsidRPr="00562786" w:rsidRDefault="00562786" w:rsidP="00D9171F">
-[...11 lines deleted...]
-              <w:t>–</w:t>
+          <w:p w:rsidR="00562786" w:rsidRPr="004F5ACC" w:rsidRDefault="00CF6D47" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F5ACC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00562786" w:rsidRPr="00562786" w:rsidRDefault="00562786" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00562786">
+          <w:p w:rsidR="00562786" w:rsidRPr="004F5ACC" w:rsidRDefault="00562786" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F5ACC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00562786" w:rsidRPr="00562786" w:rsidRDefault="00562786" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00562786">
+          <w:p w:rsidR="00562786" w:rsidRPr="004F5ACC" w:rsidRDefault="00562786" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F5ACC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00562786" w:rsidRPr="00562786" w:rsidRDefault="00562786" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00562786">
+          <w:p w:rsidR="00562786" w:rsidRPr="004F5ACC" w:rsidRDefault="00562786" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F5ACC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00562786" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00562786" w:rsidRDefault="00562786" w:rsidP="00562786">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -16766,123 +16608,123 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00562786" w:rsidRPr="00243458" w:rsidRDefault="00562786" w:rsidP="00562786">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00243458">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00562786" w:rsidRPr="00562786" w:rsidRDefault="00562786" w:rsidP="00562786">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00562786">
+          <w:p w:rsidR="00562786" w:rsidRPr="004F5ACC" w:rsidRDefault="00EF7EC6" w:rsidP="00562786">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F5ACC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00562786" w:rsidRPr="00562786" w:rsidRDefault="00562786" w:rsidP="00562786">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00562786">
+          <w:p w:rsidR="00562786" w:rsidRPr="004F5ACC" w:rsidRDefault="00562786" w:rsidP="00562786">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F5ACC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00562786" w:rsidRPr="00562786" w:rsidRDefault="00562786" w:rsidP="00562786">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00562786">
+          <w:p w:rsidR="00562786" w:rsidRPr="004F5ACC" w:rsidRDefault="00562786" w:rsidP="00562786">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F5ACC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00562786" w:rsidRPr="00562786" w:rsidRDefault="00562786" w:rsidP="00562786">
-[...11 lines deleted...]
-              <w:t>33</w:t>
+          <w:p w:rsidR="00562786" w:rsidRPr="004F5ACC" w:rsidRDefault="00EF7EC6" w:rsidP="00562786">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F5ACC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00562786" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="00562786" w:rsidRPr="008A27A6" w:rsidRDefault="00562786" w:rsidP="00562786">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A27A6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>15.02.</w:t>
             </w:r>
             <w:r>
@@ -16972,123 +16814,123 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00562786" w:rsidRPr="00243458" w:rsidRDefault="00562786" w:rsidP="00562786">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00243458">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00562786" w:rsidRPr="00902E8A" w:rsidRDefault="00562786" w:rsidP="00562786">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00902E8A">
+          <w:p w:rsidR="00562786" w:rsidRPr="000A7E30" w:rsidRDefault="00562786" w:rsidP="00562786">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A7E30">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00562786" w:rsidRPr="00902E8A" w:rsidRDefault="00562786" w:rsidP="00562786">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00902E8A">
+          <w:p w:rsidR="00562786" w:rsidRPr="000A7E30" w:rsidRDefault="00562786" w:rsidP="00562786">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A7E30">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00562786" w:rsidRPr="00902E8A" w:rsidRDefault="00562786" w:rsidP="00562786">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00902E8A">
+          <w:p w:rsidR="00562786" w:rsidRPr="000A7E30" w:rsidRDefault="00562786" w:rsidP="00562786">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A7E30">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00562786" w:rsidRPr="00902E8A" w:rsidRDefault="00902E8A" w:rsidP="00562786">
-[...11 lines deleted...]
-              <w:t>28</w:t>
+          <w:p w:rsidR="00562786" w:rsidRPr="000A7E30" w:rsidRDefault="00EF7EC6" w:rsidP="00562786">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A7E30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00902E8A" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00902E8A" w:rsidRPr="008A27A6" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00902E8A" w:rsidRPr="008A27A6" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
@@ -17150,118 +16992,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00902E8A" w:rsidRPr="00243458" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00243458">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00902E8A" w:rsidRPr="00902E8A" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00902E8A">
+          <w:p w:rsidR="00902E8A" w:rsidRPr="000A7E30" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A7E30">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00902E8A" w:rsidRPr="00902E8A" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00902E8A">
+          <w:p w:rsidR="00902E8A" w:rsidRPr="000A7E30" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A7E30">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00902E8A" w:rsidRPr="00902E8A" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00902E8A">
+          <w:p w:rsidR="00902E8A" w:rsidRPr="000A7E30" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A7E30">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00902E8A" w:rsidRPr="00902E8A" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00902E8A">
+          <w:p w:rsidR="00902E8A" w:rsidRPr="000A7E30" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A7E30">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00902E8A" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00902E8A" w:rsidRPr="008A27A6" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -17328,118 +17170,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00902E8A" w:rsidRPr="00243458" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00902E8A" w:rsidRPr="00902E8A" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00902E8A">
+          <w:p w:rsidR="00902E8A" w:rsidRPr="000A7E30" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A7E30">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00902E8A" w:rsidRPr="00902E8A" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00902E8A">
+          <w:p w:rsidR="00902E8A" w:rsidRPr="000A7E30" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A7E30">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00902E8A" w:rsidRPr="00902E8A" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00902E8A">
+          <w:p w:rsidR="00902E8A" w:rsidRPr="000A7E30" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A7E30">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00902E8A" w:rsidRPr="00902E8A" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00902E8A">
+          <w:p w:rsidR="00902E8A" w:rsidRPr="000A7E30" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A7E30">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00902E8A" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00902E8A" w:rsidRPr="008A27A6" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A27A6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
@@ -17523,118 +17365,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00902E8A" w:rsidRPr="00243458" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00243458">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00902E8A" w:rsidRPr="006548E1" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006548E1">
+          <w:p w:rsidR="00902E8A" w:rsidRPr="004F06CE" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F06CE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00902E8A" w:rsidRPr="006548E1" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006548E1">
+          <w:p w:rsidR="00902E8A" w:rsidRPr="004F06CE" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F06CE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00902E8A" w:rsidRPr="006548E1" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006548E1">
+          <w:p w:rsidR="00902E8A" w:rsidRPr="004F06CE" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F06CE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00902E8A" w:rsidRPr="006548E1" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006548E1">
+          <w:p w:rsidR="00902E8A" w:rsidRPr="004F06CE" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F06CE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006548E1" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="006548E1" w:rsidRPr="008A27A6" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B66C90">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -17722,118 +17564,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006548E1" w:rsidRPr="00243458" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00476CD9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006548E1" w:rsidRPr="006548E1" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006548E1">
+          <w:p w:rsidR="006548E1" w:rsidRPr="004F06CE" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F06CE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006548E1" w:rsidRPr="006548E1" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006548E1">
+          <w:p w:rsidR="006548E1" w:rsidRPr="004F06CE" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F06CE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006548E1" w:rsidRPr="006548E1" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006548E1">
+          <w:p w:rsidR="006548E1" w:rsidRPr="004F06CE" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F06CE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006548E1" w:rsidRPr="006548E1" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006548E1">
+          <w:p w:rsidR="006548E1" w:rsidRPr="004F06CE" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F06CE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006548E1" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="006548E1" w:rsidRPr="00B66C90" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -17900,123 +17742,123 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006548E1" w:rsidRPr="00476CD9" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00476CD9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006548E1" w:rsidRPr="006548E1" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006548E1">
+          <w:p w:rsidR="006548E1" w:rsidRPr="004F06CE" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F06CE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006548E1" w:rsidRPr="006548E1" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006548E1">
+          <w:p w:rsidR="006548E1" w:rsidRPr="004F06CE" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F06CE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006548E1" w:rsidRPr="006548E1" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006548E1">
+          <w:p w:rsidR="006548E1" w:rsidRPr="004F06CE" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F06CE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006548E1" w:rsidRPr="006548E1" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
-[...11 lines deleted...]
-              <w:t>12</w:t>
+          <w:p w:rsidR="006548E1" w:rsidRPr="004F06CE" w:rsidRDefault="00003564" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F06CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00902E8A" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="00902E8A" w:rsidRPr="00B66C90" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>40.02.04</w:t>
             </w:r>
           </w:p>
@@ -18106,123 +17948,123 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00902E8A" w:rsidRPr="00243458" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00243458">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00902E8A" w:rsidRPr="006020CB" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006020CB">
+          <w:p w:rsidR="00902E8A" w:rsidRPr="004F06CE" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F06CE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00902E8A" w:rsidRPr="006020CB" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006020CB">
+          <w:p w:rsidR="00902E8A" w:rsidRPr="004F06CE" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F06CE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00902E8A" w:rsidRPr="006020CB" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006020CB">
+          <w:p w:rsidR="00902E8A" w:rsidRPr="004F06CE" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F06CE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00902E8A" w:rsidRPr="006020CB" w:rsidRDefault="006020CB" w:rsidP="00902E8A">
-[...11 lines deleted...]
-              <w:t>5</w:t>
+          <w:p w:rsidR="00902E8A" w:rsidRPr="004F06CE" w:rsidRDefault="00EF7EC6" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F06CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006020CB" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="006020CB" w:rsidRDefault="006020CB" w:rsidP="006020CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="006020CB" w:rsidRPr="00B66C90" w:rsidRDefault="006020CB" w:rsidP="006020CB">
@@ -18284,118 +18126,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006020CB" w:rsidRPr="00C61BF4" w:rsidRDefault="006020CB" w:rsidP="006020CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C61BF4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="006020CB" w:rsidRDefault="006020CB" w:rsidP="006020CB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006020CB">
+          <w:p w:rsidR="006020CB" w:rsidRPr="004F06CE" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F06CE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="006020CB" w:rsidRDefault="006020CB" w:rsidP="006020CB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006020CB">
+          <w:p w:rsidR="006020CB" w:rsidRPr="004F06CE" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F06CE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="006020CB" w:rsidRDefault="006020CB" w:rsidP="006020CB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006020CB">
+          <w:p w:rsidR="006020CB" w:rsidRPr="004F06CE" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F06CE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="006020CB" w:rsidRDefault="006020CB" w:rsidP="006020CB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006020CB">
+          <w:p w:rsidR="006020CB" w:rsidRPr="004F06CE" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F06CE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006020CB" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="006020CB" w:rsidRDefault="006020CB" w:rsidP="006020CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -18462,118 +18304,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006020CB" w:rsidRPr="00C61BF4" w:rsidRDefault="006020CB" w:rsidP="006020CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="006020CB" w:rsidRDefault="006020CB" w:rsidP="006020CB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006020CB">
+          <w:p w:rsidR="006020CB" w:rsidRPr="004F06CE" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F06CE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="006020CB" w:rsidRDefault="006020CB" w:rsidP="006020CB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006020CB">
+          <w:p w:rsidR="006020CB" w:rsidRPr="004F06CE" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F06CE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="006020CB" w:rsidRDefault="006020CB" w:rsidP="006020CB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006020CB">
+          <w:p w:rsidR="006020CB" w:rsidRPr="004F06CE" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F06CE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="006020CB" w:rsidRDefault="006020CB" w:rsidP="006020CB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006020CB">
+          <w:p w:rsidR="006020CB" w:rsidRPr="004F06CE" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F06CE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006020CB" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="006020CB" w:rsidRPr="00B66C90" w:rsidRDefault="006020CB" w:rsidP="006020CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -18682,118 +18524,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006020CB" w:rsidRPr="00243458" w:rsidRDefault="006020CB" w:rsidP="006020CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00243458">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="006020CB" w:rsidRDefault="006020CB" w:rsidP="006020CB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006020CB">
+          <w:p w:rsidR="006020CB" w:rsidRPr="004F06CE" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F06CE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="006020CB" w:rsidRDefault="006020CB" w:rsidP="006020CB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006020CB">
+          <w:p w:rsidR="006020CB" w:rsidRPr="004F06CE" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F06CE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="006020CB" w:rsidRDefault="006020CB" w:rsidP="006020CB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006020CB">
+          <w:p w:rsidR="006020CB" w:rsidRPr="004F06CE" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F06CE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="006020CB" w:rsidRDefault="006020CB" w:rsidP="006020CB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006020CB">
+          <w:p w:rsidR="006020CB" w:rsidRPr="004F06CE" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F06CE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006020CB" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="006020CB" w:rsidRDefault="006020CB" w:rsidP="006020CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -18860,118 +18702,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006020CB" w:rsidRPr="00243458" w:rsidRDefault="006020CB" w:rsidP="006020CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="006020CB" w:rsidRDefault="006020CB" w:rsidP="006020CB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006020CB">
+          <w:p w:rsidR="006020CB" w:rsidRPr="004F06CE" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F06CE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="006020CB" w:rsidRDefault="006020CB" w:rsidP="006020CB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006020CB">
+          <w:p w:rsidR="006020CB" w:rsidRPr="004F06CE" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F06CE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="006020CB" w:rsidRDefault="006020CB" w:rsidP="006020CB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006020CB">
+          <w:p w:rsidR="006020CB" w:rsidRPr="004F06CE" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F06CE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="006020CB" w:rsidRDefault="006020CB" w:rsidP="006020CB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006020CB">
+          <w:p w:rsidR="006020CB" w:rsidRPr="004F06CE" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F06CE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006020CB" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006020CB" w:rsidRDefault="006020CB" w:rsidP="006020CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
@@ -19055,118 +18897,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006020CB" w:rsidRPr="00243458" w:rsidRDefault="006020CB" w:rsidP="006020CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00243458">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="006020CB" w:rsidRDefault="006020CB" w:rsidP="006020CB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006020CB">
+          <w:p w:rsidR="006020CB" w:rsidRPr="004F06CE" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F06CE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="006020CB" w:rsidRDefault="006020CB" w:rsidP="006020CB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006020CB">
+          <w:p w:rsidR="006020CB" w:rsidRPr="004F06CE" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F06CE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="006020CB" w:rsidRDefault="006020CB" w:rsidP="006020CB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006020CB">
+          <w:p w:rsidR="006020CB" w:rsidRPr="004F06CE" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F06CE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="006020CB" w:rsidRDefault="006020CB" w:rsidP="006020CB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006020CB">
+          <w:p w:rsidR="006020CB" w:rsidRPr="004F06CE" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F06CE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="000217C1" w:rsidRDefault="000217C1" w:rsidP="7FB90821">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00290A75" w:rsidRPr="00E07D2F" w:rsidRDefault="00290A75" w:rsidP="7FB90821">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -19249,84 +19091,77 @@
         </w:rPr>
         <w:t>Маркова</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008072BA" w:rsidRPr="00E07D2F" w:rsidRDefault="00A52FEA" w:rsidP="7FB90821">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E07D2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>01</w:t>
       </w:r>
       <w:r w:rsidR="00290A75" w:rsidRPr="00E07D2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="002D4D77">
+      <w:r w:rsidR="006C53F8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...6 lines deleted...]
-        <w:t>0</w:t>
+        <w:t>01</w:t>
       </w:r>
       <w:r w:rsidR="00290A75" w:rsidRPr="00E07D2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.20</w:t>
       </w:r>
       <w:r w:rsidR="00C5530D" w:rsidRPr="00E07D2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="007B7C7B">
+      <w:r w:rsidR="006C53F8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="008072BA" w:rsidRPr="00E07D2F" w:rsidSect="009843C6">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="567" w:right="720" w:bottom="568" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -19598,306 +19433,338 @@
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0DEC9E34"/>
+    <w:rsid w:val="00000489"/>
+    <w:rsid w:val="00003564"/>
     <w:rsid w:val="00004DFB"/>
     <w:rsid w:val="0001590B"/>
     <w:rsid w:val="000205EB"/>
     <w:rsid w:val="000217C1"/>
+    <w:rsid w:val="000233B6"/>
     <w:rsid w:val="00024C2E"/>
+    <w:rsid w:val="00025330"/>
     <w:rsid w:val="00027ACB"/>
     <w:rsid w:val="00030865"/>
     <w:rsid w:val="0003139A"/>
     <w:rsid w:val="00032444"/>
     <w:rsid w:val="0003260E"/>
     <w:rsid w:val="00035B6F"/>
     <w:rsid w:val="000405FF"/>
     <w:rsid w:val="00040DAB"/>
     <w:rsid w:val="0004361C"/>
     <w:rsid w:val="000458CC"/>
     <w:rsid w:val="00046526"/>
     <w:rsid w:val="000501D5"/>
     <w:rsid w:val="000609D9"/>
     <w:rsid w:val="00063095"/>
     <w:rsid w:val="00070B25"/>
     <w:rsid w:val="000724F3"/>
     <w:rsid w:val="000761E5"/>
     <w:rsid w:val="00080CB6"/>
     <w:rsid w:val="0008455E"/>
     <w:rsid w:val="00084B71"/>
     <w:rsid w:val="00087B6A"/>
     <w:rsid w:val="00090ECE"/>
     <w:rsid w:val="00093AE7"/>
     <w:rsid w:val="000A1E99"/>
     <w:rsid w:val="000A47B5"/>
+    <w:rsid w:val="000A7E30"/>
     <w:rsid w:val="000B0FA1"/>
     <w:rsid w:val="000B12CB"/>
     <w:rsid w:val="000B66E0"/>
     <w:rsid w:val="000C24EB"/>
     <w:rsid w:val="000D0907"/>
     <w:rsid w:val="000D13B4"/>
     <w:rsid w:val="000D1F1B"/>
     <w:rsid w:val="000D2D6F"/>
     <w:rsid w:val="000D5CDC"/>
     <w:rsid w:val="000E2014"/>
     <w:rsid w:val="000E2213"/>
+    <w:rsid w:val="000E7F04"/>
     <w:rsid w:val="000F3B8F"/>
+    <w:rsid w:val="000F3CBD"/>
     <w:rsid w:val="000F7A05"/>
+    <w:rsid w:val="000F7B53"/>
     <w:rsid w:val="0010231C"/>
     <w:rsid w:val="001024F5"/>
     <w:rsid w:val="00105C40"/>
     <w:rsid w:val="001065D8"/>
     <w:rsid w:val="001067DB"/>
     <w:rsid w:val="00112897"/>
     <w:rsid w:val="00115D43"/>
     <w:rsid w:val="0012029F"/>
+    <w:rsid w:val="0012107E"/>
     <w:rsid w:val="0012507E"/>
     <w:rsid w:val="00130E0E"/>
     <w:rsid w:val="001325BB"/>
     <w:rsid w:val="001401AF"/>
     <w:rsid w:val="00142F32"/>
     <w:rsid w:val="00144871"/>
     <w:rsid w:val="00150F95"/>
     <w:rsid w:val="00154548"/>
     <w:rsid w:val="00155570"/>
+    <w:rsid w:val="00162F5A"/>
     <w:rsid w:val="00164D63"/>
     <w:rsid w:val="00170203"/>
     <w:rsid w:val="001707A6"/>
     <w:rsid w:val="00174D7D"/>
     <w:rsid w:val="0018621D"/>
     <w:rsid w:val="00186F9B"/>
     <w:rsid w:val="00192428"/>
     <w:rsid w:val="0019376D"/>
     <w:rsid w:val="001A338F"/>
     <w:rsid w:val="001A6445"/>
     <w:rsid w:val="001A6CF5"/>
+    <w:rsid w:val="001B72BC"/>
     <w:rsid w:val="001C0C73"/>
     <w:rsid w:val="001C6555"/>
     <w:rsid w:val="001D1CEC"/>
     <w:rsid w:val="001D4780"/>
     <w:rsid w:val="001D6A37"/>
+    <w:rsid w:val="001D6E2B"/>
     <w:rsid w:val="001D7F60"/>
     <w:rsid w:val="001E6213"/>
     <w:rsid w:val="001F08CC"/>
     <w:rsid w:val="001F0C75"/>
     <w:rsid w:val="001F4B50"/>
     <w:rsid w:val="001F7E17"/>
+    <w:rsid w:val="002049D4"/>
     <w:rsid w:val="00205E5F"/>
     <w:rsid w:val="00210ACB"/>
     <w:rsid w:val="00210B30"/>
     <w:rsid w:val="00212004"/>
     <w:rsid w:val="00214E64"/>
     <w:rsid w:val="002170ED"/>
     <w:rsid w:val="002200ED"/>
     <w:rsid w:val="0022490D"/>
     <w:rsid w:val="002300AB"/>
     <w:rsid w:val="00230E04"/>
     <w:rsid w:val="00234E2A"/>
     <w:rsid w:val="002379F6"/>
     <w:rsid w:val="002419E5"/>
     <w:rsid w:val="00243458"/>
     <w:rsid w:val="0024588C"/>
     <w:rsid w:val="002572A1"/>
     <w:rsid w:val="002605B1"/>
     <w:rsid w:val="00260AA4"/>
     <w:rsid w:val="00261220"/>
     <w:rsid w:val="002675CB"/>
     <w:rsid w:val="002710C0"/>
     <w:rsid w:val="00274D50"/>
     <w:rsid w:val="00276007"/>
     <w:rsid w:val="00277E21"/>
     <w:rsid w:val="00284CDB"/>
     <w:rsid w:val="0028504D"/>
     <w:rsid w:val="00290973"/>
     <w:rsid w:val="00290A75"/>
     <w:rsid w:val="0029641C"/>
     <w:rsid w:val="002974F9"/>
     <w:rsid w:val="002A1880"/>
     <w:rsid w:val="002A1981"/>
     <w:rsid w:val="002B1FB6"/>
     <w:rsid w:val="002B23ED"/>
     <w:rsid w:val="002B651F"/>
+    <w:rsid w:val="002B6D52"/>
     <w:rsid w:val="002C071D"/>
     <w:rsid w:val="002C12E3"/>
     <w:rsid w:val="002C15E4"/>
     <w:rsid w:val="002C35D9"/>
     <w:rsid w:val="002C5142"/>
     <w:rsid w:val="002C7E08"/>
     <w:rsid w:val="002D4D77"/>
     <w:rsid w:val="002D6B59"/>
     <w:rsid w:val="002E1A88"/>
     <w:rsid w:val="002E2AC8"/>
     <w:rsid w:val="002E34B9"/>
     <w:rsid w:val="002E4664"/>
     <w:rsid w:val="002E5957"/>
     <w:rsid w:val="002F6AC2"/>
     <w:rsid w:val="0030251F"/>
     <w:rsid w:val="00302CE9"/>
     <w:rsid w:val="00311C33"/>
     <w:rsid w:val="00315357"/>
     <w:rsid w:val="003158E2"/>
     <w:rsid w:val="00324037"/>
     <w:rsid w:val="00334750"/>
     <w:rsid w:val="00340D44"/>
     <w:rsid w:val="00344EDB"/>
+    <w:rsid w:val="003450AC"/>
     <w:rsid w:val="00351664"/>
+    <w:rsid w:val="0035431A"/>
     <w:rsid w:val="00355995"/>
     <w:rsid w:val="00355F12"/>
     <w:rsid w:val="0035672A"/>
     <w:rsid w:val="003601BB"/>
     <w:rsid w:val="0036142D"/>
     <w:rsid w:val="00361EA6"/>
     <w:rsid w:val="0036209E"/>
     <w:rsid w:val="00364D02"/>
     <w:rsid w:val="00366147"/>
     <w:rsid w:val="00371834"/>
     <w:rsid w:val="003734D1"/>
     <w:rsid w:val="0037362F"/>
     <w:rsid w:val="00375315"/>
     <w:rsid w:val="00375A53"/>
     <w:rsid w:val="003767A9"/>
     <w:rsid w:val="003814BE"/>
     <w:rsid w:val="00383A13"/>
     <w:rsid w:val="0038457C"/>
+    <w:rsid w:val="003863BF"/>
     <w:rsid w:val="00391317"/>
     <w:rsid w:val="00393A88"/>
     <w:rsid w:val="00396070"/>
     <w:rsid w:val="003961B1"/>
     <w:rsid w:val="003A4A36"/>
     <w:rsid w:val="003A587D"/>
     <w:rsid w:val="003A7F88"/>
     <w:rsid w:val="003B33F8"/>
     <w:rsid w:val="003C2C50"/>
+    <w:rsid w:val="003D0CEF"/>
     <w:rsid w:val="003D1F63"/>
     <w:rsid w:val="003D6AE1"/>
     <w:rsid w:val="003E0EE0"/>
     <w:rsid w:val="003E14C5"/>
     <w:rsid w:val="003E1B50"/>
     <w:rsid w:val="003E70E5"/>
     <w:rsid w:val="003F043F"/>
     <w:rsid w:val="003F2DBF"/>
     <w:rsid w:val="003F2EFF"/>
     <w:rsid w:val="003F32C3"/>
     <w:rsid w:val="003F3FC5"/>
     <w:rsid w:val="003F44EB"/>
     <w:rsid w:val="004026C3"/>
     <w:rsid w:val="00403498"/>
     <w:rsid w:val="00405FD9"/>
     <w:rsid w:val="00407401"/>
     <w:rsid w:val="00412786"/>
     <w:rsid w:val="00413943"/>
+    <w:rsid w:val="00416D5D"/>
+    <w:rsid w:val="00417FE3"/>
     <w:rsid w:val="0042520C"/>
     <w:rsid w:val="0042593D"/>
     <w:rsid w:val="00426D01"/>
     <w:rsid w:val="00431AC4"/>
     <w:rsid w:val="00433308"/>
     <w:rsid w:val="004375CF"/>
     <w:rsid w:val="0044111F"/>
     <w:rsid w:val="00444F12"/>
+    <w:rsid w:val="00445C88"/>
     <w:rsid w:val="00446FEE"/>
     <w:rsid w:val="0045179B"/>
     <w:rsid w:val="00457D6F"/>
     <w:rsid w:val="004601BE"/>
     <w:rsid w:val="004601D5"/>
     <w:rsid w:val="00461E2F"/>
     <w:rsid w:val="00465ADF"/>
     <w:rsid w:val="00466F08"/>
     <w:rsid w:val="00467485"/>
     <w:rsid w:val="00467AF5"/>
+    <w:rsid w:val="00473F88"/>
     <w:rsid w:val="00476CD9"/>
     <w:rsid w:val="004778E6"/>
     <w:rsid w:val="00482BE4"/>
     <w:rsid w:val="00482E33"/>
     <w:rsid w:val="00486935"/>
     <w:rsid w:val="00490BE8"/>
     <w:rsid w:val="004929F3"/>
     <w:rsid w:val="00495425"/>
     <w:rsid w:val="004A0505"/>
     <w:rsid w:val="004A0655"/>
     <w:rsid w:val="004A0763"/>
     <w:rsid w:val="004A37F4"/>
     <w:rsid w:val="004A5B87"/>
     <w:rsid w:val="004B5CA3"/>
     <w:rsid w:val="004B7758"/>
     <w:rsid w:val="004C1616"/>
     <w:rsid w:val="004C464E"/>
     <w:rsid w:val="004C4A63"/>
     <w:rsid w:val="004C540C"/>
     <w:rsid w:val="004C6128"/>
     <w:rsid w:val="004C79A3"/>
     <w:rsid w:val="004D034F"/>
     <w:rsid w:val="004D53E5"/>
     <w:rsid w:val="004E1307"/>
     <w:rsid w:val="004E6854"/>
+    <w:rsid w:val="004F06CE"/>
     <w:rsid w:val="004F3767"/>
     <w:rsid w:val="004F3F6B"/>
+    <w:rsid w:val="004F5ACC"/>
+    <w:rsid w:val="004F7F1D"/>
     <w:rsid w:val="00500D35"/>
+    <w:rsid w:val="00503142"/>
     <w:rsid w:val="00503AF6"/>
     <w:rsid w:val="00507498"/>
     <w:rsid w:val="00513BB4"/>
     <w:rsid w:val="00513D4A"/>
     <w:rsid w:val="00520154"/>
     <w:rsid w:val="00526FDB"/>
     <w:rsid w:val="0053073B"/>
     <w:rsid w:val="00530AB1"/>
+    <w:rsid w:val="00533FC0"/>
     <w:rsid w:val="00535871"/>
     <w:rsid w:val="00535E60"/>
     <w:rsid w:val="00537C4D"/>
     <w:rsid w:val="00543898"/>
     <w:rsid w:val="005458B4"/>
     <w:rsid w:val="00547FA8"/>
+    <w:rsid w:val="00550332"/>
+    <w:rsid w:val="00550653"/>
     <w:rsid w:val="0055222A"/>
     <w:rsid w:val="00553A95"/>
     <w:rsid w:val="00562786"/>
     <w:rsid w:val="00562A8A"/>
     <w:rsid w:val="00565CF3"/>
     <w:rsid w:val="0056678A"/>
+    <w:rsid w:val="005673D6"/>
     <w:rsid w:val="0056753D"/>
     <w:rsid w:val="00567F71"/>
+    <w:rsid w:val="0057100F"/>
     <w:rsid w:val="00571DD7"/>
     <w:rsid w:val="00572701"/>
+    <w:rsid w:val="0057396D"/>
     <w:rsid w:val="00573D1D"/>
     <w:rsid w:val="005777A0"/>
     <w:rsid w:val="00582527"/>
     <w:rsid w:val="00590A86"/>
     <w:rsid w:val="00591507"/>
     <w:rsid w:val="00594655"/>
     <w:rsid w:val="00595E26"/>
     <w:rsid w:val="00596010"/>
     <w:rsid w:val="00596C19"/>
     <w:rsid w:val="00597BA1"/>
     <w:rsid w:val="005A3B1F"/>
     <w:rsid w:val="005B0567"/>
     <w:rsid w:val="005B1F52"/>
     <w:rsid w:val="005B78F8"/>
     <w:rsid w:val="005C0B1C"/>
     <w:rsid w:val="005C4B77"/>
     <w:rsid w:val="005C746D"/>
     <w:rsid w:val="005C7539"/>
     <w:rsid w:val="005C7D8D"/>
     <w:rsid w:val="005D069D"/>
     <w:rsid w:val="005D3137"/>
     <w:rsid w:val="005E4F7D"/>
     <w:rsid w:val="005F0572"/>
     <w:rsid w:val="005F1B98"/>
     <w:rsid w:val="005F6247"/>
@@ -19926,443 +19793,482 @@
     <w:rsid w:val="00653E76"/>
     <w:rsid w:val="006548E1"/>
     <w:rsid w:val="00654FB8"/>
     <w:rsid w:val="0065545C"/>
     <w:rsid w:val="00655C76"/>
     <w:rsid w:val="006561E6"/>
     <w:rsid w:val="006617E5"/>
     <w:rsid w:val="006623FC"/>
     <w:rsid w:val="00665FA1"/>
     <w:rsid w:val="0067096C"/>
     <w:rsid w:val="006721EA"/>
     <w:rsid w:val="00672879"/>
     <w:rsid w:val="00672E74"/>
     <w:rsid w:val="00673527"/>
     <w:rsid w:val="006778D9"/>
     <w:rsid w:val="00677F55"/>
     <w:rsid w:val="0068160D"/>
     <w:rsid w:val="00682646"/>
     <w:rsid w:val="00687C58"/>
     <w:rsid w:val="0069048F"/>
     <w:rsid w:val="006908E8"/>
     <w:rsid w:val="00697FAF"/>
     <w:rsid w:val="006A07A5"/>
     <w:rsid w:val="006A0F06"/>
     <w:rsid w:val="006B0850"/>
+    <w:rsid w:val="006B2D80"/>
     <w:rsid w:val="006B2DAD"/>
     <w:rsid w:val="006B2F09"/>
     <w:rsid w:val="006B653E"/>
     <w:rsid w:val="006B6E18"/>
     <w:rsid w:val="006B70C6"/>
     <w:rsid w:val="006B7D4D"/>
     <w:rsid w:val="006C00A2"/>
     <w:rsid w:val="006C3CB6"/>
+    <w:rsid w:val="006C53F8"/>
     <w:rsid w:val="006C7177"/>
     <w:rsid w:val="006C7C7A"/>
     <w:rsid w:val="006D5B02"/>
     <w:rsid w:val="006D6D72"/>
     <w:rsid w:val="006E02C4"/>
     <w:rsid w:val="006E556D"/>
     <w:rsid w:val="006F03D2"/>
     <w:rsid w:val="007102D6"/>
     <w:rsid w:val="00714A27"/>
     <w:rsid w:val="00714B49"/>
     <w:rsid w:val="00715BFD"/>
     <w:rsid w:val="00716B4A"/>
     <w:rsid w:val="0072091C"/>
     <w:rsid w:val="007210D0"/>
     <w:rsid w:val="007212A6"/>
     <w:rsid w:val="0072768D"/>
     <w:rsid w:val="0073726E"/>
     <w:rsid w:val="00740031"/>
     <w:rsid w:val="007405F1"/>
     <w:rsid w:val="007417FA"/>
     <w:rsid w:val="0074399B"/>
     <w:rsid w:val="007509DA"/>
     <w:rsid w:val="00751237"/>
     <w:rsid w:val="007521BC"/>
     <w:rsid w:val="00757B28"/>
     <w:rsid w:val="00757E32"/>
     <w:rsid w:val="00757F76"/>
     <w:rsid w:val="0076605E"/>
     <w:rsid w:val="00767AEC"/>
     <w:rsid w:val="007731D7"/>
     <w:rsid w:val="00777472"/>
     <w:rsid w:val="00777FCB"/>
     <w:rsid w:val="00780C63"/>
     <w:rsid w:val="007820E8"/>
     <w:rsid w:val="0078349A"/>
     <w:rsid w:val="007835A4"/>
     <w:rsid w:val="00783B53"/>
     <w:rsid w:val="00785441"/>
     <w:rsid w:val="007862F8"/>
     <w:rsid w:val="00790A6D"/>
+    <w:rsid w:val="00791B4C"/>
     <w:rsid w:val="007A2E47"/>
     <w:rsid w:val="007A2EE6"/>
     <w:rsid w:val="007A406B"/>
     <w:rsid w:val="007A681B"/>
     <w:rsid w:val="007B0BD4"/>
     <w:rsid w:val="007B128F"/>
     <w:rsid w:val="007B5B15"/>
     <w:rsid w:val="007B6080"/>
+    <w:rsid w:val="007B611A"/>
     <w:rsid w:val="007B69DD"/>
     <w:rsid w:val="007B7617"/>
     <w:rsid w:val="007B7C7B"/>
     <w:rsid w:val="007C016D"/>
     <w:rsid w:val="007C58C5"/>
     <w:rsid w:val="007C73F8"/>
     <w:rsid w:val="007D3AAE"/>
     <w:rsid w:val="007D63AE"/>
     <w:rsid w:val="007D696E"/>
     <w:rsid w:val="007D6EC9"/>
     <w:rsid w:val="007E11FA"/>
     <w:rsid w:val="007E2B65"/>
     <w:rsid w:val="007E4119"/>
     <w:rsid w:val="007E4B9E"/>
     <w:rsid w:val="007F37A8"/>
     <w:rsid w:val="007F4939"/>
     <w:rsid w:val="007F57B8"/>
     <w:rsid w:val="00800050"/>
     <w:rsid w:val="0080059E"/>
     <w:rsid w:val="00800B32"/>
     <w:rsid w:val="00800BA0"/>
     <w:rsid w:val="008072BA"/>
     <w:rsid w:val="0081222B"/>
     <w:rsid w:val="00815998"/>
     <w:rsid w:val="0081740A"/>
     <w:rsid w:val="00835B3C"/>
     <w:rsid w:val="00836B15"/>
     <w:rsid w:val="0083720B"/>
     <w:rsid w:val="008404F5"/>
     <w:rsid w:val="00844AEA"/>
     <w:rsid w:val="00845DF9"/>
     <w:rsid w:val="0085424C"/>
     <w:rsid w:val="008547D1"/>
     <w:rsid w:val="008618A3"/>
+    <w:rsid w:val="00862AC8"/>
     <w:rsid w:val="00863719"/>
     <w:rsid w:val="00864F13"/>
     <w:rsid w:val="00867371"/>
     <w:rsid w:val="00870016"/>
     <w:rsid w:val="00870B9E"/>
     <w:rsid w:val="00872E05"/>
     <w:rsid w:val="0087482A"/>
     <w:rsid w:val="008753CB"/>
     <w:rsid w:val="00876D34"/>
     <w:rsid w:val="0087786B"/>
     <w:rsid w:val="0088188E"/>
     <w:rsid w:val="00886E16"/>
     <w:rsid w:val="00890755"/>
     <w:rsid w:val="00892353"/>
     <w:rsid w:val="00893812"/>
     <w:rsid w:val="008941D1"/>
     <w:rsid w:val="0089552F"/>
     <w:rsid w:val="008A0E75"/>
     <w:rsid w:val="008A27A6"/>
     <w:rsid w:val="008B191D"/>
     <w:rsid w:val="008B3C58"/>
     <w:rsid w:val="008B465C"/>
     <w:rsid w:val="008C0014"/>
+    <w:rsid w:val="008C2222"/>
     <w:rsid w:val="008C5650"/>
     <w:rsid w:val="008C76AB"/>
     <w:rsid w:val="008D0A09"/>
     <w:rsid w:val="008D1DE5"/>
     <w:rsid w:val="008D3DF8"/>
     <w:rsid w:val="008D4113"/>
+    <w:rsid w:val="008D606D"/>
     <w:rsid w:val="008E5ACB"/>
     <w:rsid w:val="008E7BBD"/>
     <w:rsid w:val="008F2393"/>
     <w:rsid w:val="008F2DA7"/>
     <w:rsid w:val="008F391D"/>
     <w:rsid w:val="008F3FA1"/>
     <w:rsid w:val="008F548A"/>
     <w:rsid w:val="008F6133"/>
     <w:rsid w:val="00900E06"/>
     <w:rsid w:val="0090253A"/>
     <w:rsid w:val="009025E7"/>
     <w:rsid w:val="00902E8A"/>
     <w:rsid w:val="00907846"/>
     <w:rsid w:val="00910C3E"/>
     <w:rsid w:val="00915F63"/>
     <w:rsid w:val="009161AA"/>
     <w:rsid w:val="00923DDF"/>
+    <w:rsid w:val="00926DED"/>
     <w:rsid w:val="00931231"/>
     <w:rsid w:val="00935DE4"/>
     <w:rsid w:val="009471C0"/>
     <w:rsid w:val="00950C61"/>
     <w:rsid w:val="00951212"/>
     <w:rsid w:val="009567ED"/>
     <w:rsid w:val="00960BE9"/>
     <w:rsid w:val="0096243B"/>
     <w:rsid w:val="009635E8"/>
     <w:rsid w:val="00964844"/>
     <w:rsid w:val="009672A5"/>
     <w:rsid w:val="00971744"/>
     <w:rsid w:val="00972D5D"/>
     <w:rsid w:val="00973F34"/>
     <w:rsid w:val="0098424D"/>
     <w:rsid w:val="009843C6"/>
     <w:rsid w:val="0098700E"/>
     <w:rsid w:val="009879B9"/>
     <w:rsid w:val="00990ACB"/>
     <w:rsid w:val="009910D7"/>
     <w:rsid w:val="0099266B"/>
     <w:rsid w:val="009A0EC8"/>
     <w:rsid w:val="009A1B3A"/>
     <w:rsid w:val="009B0D1D"/>
     <w:rsid w:val="009B20B0"/>
     <w:rsid w:val="009B2380"/>
+    <w:rsid w:val="009B2546"/>
     <w:rsid w:val="009B5237"/>
     <w:rsid w:val="009C1853"/>
     <w:rsid w:val="009C5CF9"/>
     <w:rsid w:val="009C621C"/>
     <w:rsid w:val="009C68A2"/>
     <w:rsid w:val="009D08BD"/>
     <w:rsid w:val="009D0E77"/>
+    <w:rsid w:val="009D14A5"/>
     <w:rsid w:val="009D18B0"/>
+    <w:rsid w:val="009D3AFA"/>
     <w:rsid w:val="009D52F6"/>
     <w:rsid w:val="009E04A3"/>
     <w:rsid w:val="009E062F"/>
     <w:rsid w:val="009E2EC6"/>
     <w:rsid w:val="009E37F4"/>
     <w:rsid w:val="009E429A"/>
     <w:rsid w:val="009E5D5A"/>
     <w:rsid w:val="009E7C3F"/>
     <w:rsid w:val="009F4F04"/>
+    <w:rsid w:val="009F7ED0"/>
     <w:rsid w:val="00A00CA5"/>
     <w:rsid w:val="00A31E2F"/>
+    <w:rsid w:val="00A3284D"/>
     <w:rsid w:val="00A41D93"/>
     <w:rsid w:val="00A421EB"/>
     <w:rsid w:val="00A423EF"/>
     <w:rsid w:val="00A42FD5"/>
     <w:rsid w:val="00A440D6"/>
     <w:rsid w:val="00A4723C"/>
     <w:rsid w:val="00A52FEA"/>
+    <w:rsid w:val="00A56405"/>
     <w:rsid w:val="00A57963"/>
+    <w:rsid w:val="00A57FDF"/>
     <w:rsid w:val="00A61F07"/>
     <w:rsid w:val="00A64BC1"/>
     <w:rsid w:val="00A65BDC"/>
     <w:rsid w:val="00A725C8"/>
+    <w:rsid w:val="00A73DB1"/>
     <w:rsid w:val="00A74AD7"/>
     <w:rsid w:val="00A77245"/>
     <w:rsid w:val="00A80D21"/>
     <w:rsid w:val="00A85F82"/>
+    <w:rsid w:val="00A929EB"/>
     <w:rsid w:val="00A92F83"/>
     <w:rsid w:val="00A947ED"/>
     <w:rsid w:val="00AB0AEE"/>
     <w:rsid w:val="00AB22BD"/>
     <w:rsid w:val="00AB64FF"/>
     <w:rsid w:val="00AB7E73"/>
     <w:rsid w:val="00AC2E41"/>
     <w:rsid w:val="00AC502B"/>
     <w:rsid w:val="00AD3902"/>
     <w:rsid w:val="00AD5110"/>
+    <w:rsid w:val="00AD7D31"/>
     <w:rsid w:val="00AD7F6F"/>
     <w:rsid w:val="00AE484F"/>
+    <w:rsid w:val="00AE4AB4"/>
     <w:rsid w:val="00AE6BC4"/>
     <w:rsid w:val="00B00363"/>
     <w:rsid w:val="00B10763"/>
     <w:rsid w:val="00B10AD2"/>
     <w:rsid w:val="00B141D4"/>
     <w:rsid w:val="00B152B4"/>
     <w:rsid w:val="00B23D01"/>
     <w:rsid w:val="00B251A0"/>
     <w:rsid w:val="00B33557"/>
     <w:rsid w:val="00B34628"/>
     <w:rsid w:val="00B35DEF"/>
     <w:rsid w:val="00B4138C"/>
     <w:rsid w:val="00B42046"/>
     <w:rsid w:val="00B50B30"/>
     <w:rsid w:val="00B522BE"/>
     <w:rsid w:val="00B574E2"/>
     <w:rsid w:val="00B57586"/>
     <w:rsid w:val="00B62CB1"/>
     <w:rsid w:val="00B644BA"/>
     <w:rsid w:val="00B66C90"/>
     <w:rsid w:val="00B70525"/>
     <w:rsid w:val="00B83EEE"/>
+    <w:rsid w:val="00B8623A"/>
     <w:rsid w:val="00B86EA3"/>
     <w:rsid w:val="00B915DB"/>
     <w:rsid w:val="00B94148"/>
     <w:rsid w:val="00BA6287"/>
     <w:rsid w:val="00BB12F1"/>
     <w:rsid w:val="00BB2637"/>
     <w:rsid w:val="00BB2AB5"/>
     <w:rsid w:val="00BD04E4"/>
     <w:rsid w:val="00BD0B2C"/>
     <w:rsid w:val="00BD28C1"/>
     <w:rsid w:val="00BD3B4D"/>
     <w:rsid w:val="00BE4909"/>
     <w:rsid w:val="00BF61F7"/>
     <w:rsid w:val="00C038EF"/>
     <w:rsid w:val="00C05B34"/>
     <w:rsid w:val="00C109AF"/>
     <w:rsid w:val="00C11800"/>
+    <w:rsid w:val="00C17766"/>
     <w:rsid w:val="00C17B54"/>
     <w:rsid w:val="00C22F69"/>
     <w:rsid w:val="00C2780C"/>
+    <w:rsid w:val="00C44426"/>
     <w:rsid w:val="00C45311"/>
     <w:rsid w:val="00C5530D"/>
     <w:rsid w:val="00C579C4"/>
     <w:rsid w:val="00C61BF4"/>
     <w:rsid w:val="00C625C1"/>
     <w:rsid w:val="00C630DE"/>
     <w:rsid w:val="00C66639"/>
     <w:rsid w:val="00C71613"/>
     <w:rsid w:val="00C71D73"/>
     <w:rsid w:val="00C71E16"/>
     <w:rsid w:val="00C73299"/>
     <w:rsid w:val="00C75754"/>
     <w:rsid w:val="00C76EF7"/>
     <w:rsid w:val="00C80844"/>
+    <w:rsid w:val="00C81933"/>
     <w:rsid w:val="00C8402C"/>
     <w:rsid w:val="00C859A0"/>
     <w:rsid w:val="00C860FF"/>
+    <w:rsid w:val="00C8760B"/>
     <w:rsid w:val="00C9378B"/>
     <w:rsid w:val="00C9452B"/>
     <w:rsid w:val="00C96E22"/>
     <w:rsid w:val="00C96EF9"/>
+    <w:rsid w:val="00CA1052"/>
     <w:rsid w:val="00CA6DF0"/>
     <w:rsid w:val="00CB0872"/>
     <w:rsid w:val="00CB39DF"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CE036F"/>
     <w:rsid w:val="00CE059A"/>
     <w:rsid w:val="00CE2EA8"/>
+    <w:rsid w:val="00CE33A1"/>
     <w:rsid w:val="00CE40BB"/>
     <w:rsid w:val="00CE511B"/>
     <w:rsid w:val="00CF3EC7"/>
     <w:rsid w:val="00CF6CFA"/>
+    <w:rsid w:val="00CF6D47"/>
     <w:rsid w:val="00D01E09"/>
     <w:rsid w:val="00D04DD0"/>
     <w:rsid w:val="00D11A73"/>
     <w:rsid w:val="00D134C1"/>
     <w:rsid w:val="00D17CF5"/>
     <w:rsid w:val="00D20536"/>
     <w:rsid w:val="00D30A46"/>
     <w:rsid w:val="00D331E9"/>
+    <w:rsid w:val="00D375C7"/>
     <w:rsid w:val="00D37854"/>
     <w:rsid w:val="00D4268C"/>
     <w:rsid w:val="00D4272D"/>
     <w:rsid w:val="00D4312F"/>
     <w:rsid w:val="00D43BFD"/>
     <w:rsid w:val="00D508AF"/>
     <w:rsid w:val="00D52A19"/>
     <w:rsid w:val="00D56EE9"/>
     <w:rsid w:val="00D579AE"/>
     <w:rsid w:val="00D618BD"/>
     <w:rsid w:val="00D63D25"/>
     <w:rsid w:val="00D66426"/>
     <w:rsid w:val="00D67D78"/>
     <w:rsid w:val="00D7300A"/>
     <w:rsid w:val="00D83134"/>
     <w:rsid w:val="00D9171F"/>
     <w:rsid w:val="00D94FA8"/>
     <w:rsid w:val="00D967AE"/>
     <w:rsid w:val="00D97A8D"/>
     <w:rsid w:val="00DA0A06"/>
     <w:rsid w:val="00DA304A"/>
     <w:rsid w:val="00DA35F3"/>
     <w:rsid w:val="00DA432D"/>
     <w:rsid w:val="00DC0935"/>
     <w:rsid w:val="00DC43DB"/>
     <w:rsid w:val="00DC446E"/>
     <w:rsid w:val="00DC4880"/>
     <w:rsid w:val="00DD1308"/>
     <w:rsid w:val="00DD20B1"/>
+    <w:rsid w:val="00DD5EDC"/>
     <w:rsid w:val="00DD6904"/>
     <w:rsid w:val="00DE0639"/>
     <w:rsid w:val="00DE643B"/>
     <w:rsid w:val="00DF28FC"/>
     <w:rsid w:val="00DF460C"/>
+    <w:rsid w:val="00E014A4"/>
     <w:rsid w:val="00E05E79"/>
     <w:rsid w:val="00E060E9"/>
     <w:rsid w:val="00E06D52"/>
     <w:rsid w:val="00E07D2F"/>
     <w:rsid w:val="00E123AD"/>
     <w:rsid w:val="00E151B3"/>
     <w:rsid w:val="00E15FE3"/>
     <w:rsid w:val="00E16B42"/>
     <w:rsid w:val="00E16CC0"/>
     <w:rsid w:val="00E17A9A"/>
     <w:rsid w:val="00E17BF1"/>
     <w:rsid w:val="00E21B92"/>
+    <w:rsid w:val="00E236A0"/>
     <w:rsid w:val="00E2607C"/>
     <w:rsid w:val="00E27371"/>
+    <w:rsid w:val="00E35002"/>
     <w:rsid w:val="00E37FD6"/>
     <w:rsid w:val="00E420A4"/>
     <w:rsid w:val="00E4494D"/>
     <w:rsid w:val="00E50409"/>
     <w:rsid w:val="00E52B04"/>
     <w:rsid w:val="00E53A42"/>
     <w:rsid w:val="00E54F28"/>
     <w:rsid w:val="00E66606"/>
+    <w:rsid w:val="00E67CDF"/>
     <w:rsid w:val="00E80F5E"/>
     <w:rsid w:val="00E85E22"/>
     <w:rsid w:val="00E8752C"/>
     <w:rsid w:val="00E908CF"/>
     <w:rsid w:val="00E931EE"/>
     <w:rsid w:val="00E958A1"/>
     <w:rsid w:val="00EA6EB9"/>
     <w:rsid w:val="00EB3910"/>
     <w:rsid w:val="00EC2A58"/>
     <w:rsid w:val="00EC2D1F"/>
     <w:rsid w:val="00EC505E"/>
     <w:rsid w:val="00ED13CA"/>
     <w:rsid w:val="00ED436A"/>
     <w:rsid w:val="00ED64E3"/>
+    <w:rsid w:val="00ED7B7B"/>
     <w:rsid w:val="00EE4962"/>
     <w:rsid w:val="00EF2591"/>
     <w:rsid w:val="00EF64BC"/>
+    <w:rsid w:val="00EF7EC6"/>
     <w:rsid w:val="00F03683"/>
     <w:rsid w:val="00F0599E"/>
     <w:rsid w:val="00F05A5C"/>
     <w:rsid w:val="00F0643B"/>
     <w:rsid w:val="00F152F0"/>
     <w:rsid w:val="00F165FA"/>
     <w:rsid w:val="00F2374E"/>
+    <w:rsid w:val="00F25CFC"/>
+    <w:rsid w:val="00F37026"/>
     <w:rsid w:val="00F417C2"/>
     <w:rsid w:val="00F43CEA"/>
     <w:rsid w:val="00F440BE"/>
     <w:rsid w:val="00F47181"/>
     <w:rsid w:val="00F505E9"/>
     <w:rsid w:val="00F542E7"/>
     <w:rsid w:val="00F573CF"/>
     <w:rsid w:val="00F63BFA"/>
     <w:rsid w:val="00F64327"/>
     <w:rsid w:val="00F662D6"/>
     <w:rsid w:val="00F66FF3"/>
     <w:rsid w:val="00F721F0"/>
     <w:rsid w:val="00F723A7"/>
+    <w:rsid w:val="00F741AB"/>
     <w:rsid w:val="00F755E6"/>
     <w:rsid w:val="00F810F6"/>
     <w:rsid w:val="00F811C3"/>
     <w:rsid w:val="00F83AE5"/>
     <w:rsid w:val="00F83D92"/>
     <w:rsid w:val="00F93A98"/>
     <w:rsid w:val="00FA3B59"/>
     <w:rsid w:val="00FA3D34"/>
     <w:rsid w:val="00FA4106"/>
+    <w:rsid w:val="00FB08C2"/>
     <w:rsid w:val="00FB1744"/>
     <w:rsid w:val="00FB2C9F"/>
     <w:rsid w:val="00FB30AA"/>
     <w:rsid w:val="00FB3B25"/>
     <w:rsid w:val="00FB3EC7"/>
     <w:rsid w:val="00FC1B85"/>
     <w:rsid w:val="00FC67E3"/>
     <w:rsid w:val="00FC741C"/>
     <w:rsid w:val="00FC7570"/>
     <w:rsid w:val="00FD2799"/>
     <w:rsid w:val="00FD7DD4"/>
     <w:rsid w:val="00FE15E8"/>
     <w:rsid w:val="00FE2B51"/>
     <w:rsid w:val="00FE4B97"/>
     <w:rsid w:val="00FF34B9"/>
     <w:rsid w:val="0DEC9E34"/>
     <w:rsid w:val="7FB90821"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
@@ -21154,82 +21060,82 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7E28BA0B-18E4-46C2-BB66-42561268F2D8}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{60F492A9-A16E-4796-A041-1B01739383FC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>957</Words>
-  <Characters>5458</Characters>
+  <Words>953</Words>
+  <Characters>5438</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>45</Lines>
   <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6403</CharactersWithSpaces>
+  <CharactersWithSpaces>6379</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Лоскутов Эдуард Вадимович</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>