--- v1 (2026-01-21)
+++ v2 (2026-03-24)
@@ -1,115 +1,99 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="7FB90821" w:rsidRPr="00E07D2F" w:rsidRDefault="7FB90821" w:rsidP="00D63D25">
+    <w:p w14:paraId="354527C3" w14:textId="2C4D16F1" w:rsidR="7FB90821" w:rsidRPr="00E07D2F" w:rsidRDefault="7FB90821" w:rsidP="00D63D25">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E07D2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Информация о количестве вакантных мест для приёма (перевода) в разрезе </w:t>
-[...7 lines deleted...]
-        <w:t>специальности,</w:t>
+        <w:t>Информация о количестве вакантных мест для приёма (перевода) в разрезе специальности,</w:t>
       </w:r>
       <w:r w:rsidR="00E123AD" w:rsidRPr="00E07D2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00E07D2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>направления</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> подготовки образовательной организации</w:t>
+        <w:t>направления подготовки образовательной организации</w:t>
       </w:r>
       <w:r w:rsidR="002C12E3" w:rsidRPr="00E07D2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> по состоянию на 01.</w:t>
       </w:r>
       <w:r w:rsidR="006C53F8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidR="002D4D77">
+      <w:r w:rsidR="00824C62">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>1</w:t>
+        <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="002C12E3" w:rsidRPr="00E07D2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.20</w:t>
       </w:r>
       <w:r w:rsidR="00C5530D" w:rsidRPr="00E07D2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="006C53F8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
@@ -117,18919 +101,17914 @@
         <w:tblW w:w="15735" w:type="dxa"/>
         <w:tblInd w:w="-147" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1135"/>
         <w:gridCol w:w="2551"/>
         <w:gridCol w:w="2835"/>
         <w:gridCol w:w="1690"/>
         <w:gridCol w:w="1109"/>
         <w:gridCol w:w="1395"/>
         <w:gridCol w:w="1334"/>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="1276"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E07D2F" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+      <w:tr w:rsidR="00E07D2F" w:rsidRPr="00E07D2F" w14:paraId="12C60C37" w14:textId="77777777" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="008547D1" w:rsidRPr="00E07D2F" w:rsidRDefault="008547D1" w:rsidP="008547D1">
+          <w:p w14:paraId="3913307E" w14:textId="77777777" w:rsidR="008547D1" w:rsidRPr="00E07D2F" w:rsidRDefault="008547D1" w:rsidP="008547D1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E07D2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Код</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="008547D1" w:rsidRPr="00E07D2F" w:rsidRDefault="008547D1" w:rsidP="008547D1">
+          <w:p w14:paraId="303824A5" w14:textId="77777777" w:rsidR="008547D1" w:rsidRPr="00E07D2F" w:rsidRDefault="008547D1" w:rsidP="008547D1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E07D2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Наименование образовательной программы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="008547D1" w:rsidRPr="00E07D2F" w:rsidRDefault="008547D1" w:rsidP="008547D1">
+          <w:p w14:paraId="74E2A3BB" w14:textId="77777777" w:rsidR="008547D1" w:rsidRPr="00E07D2F" w:rsidRDefault="008547D1" w:rsidP="008547D1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E07D2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Наименование специальности / направления подготовки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="008547D1" w:rsidRPr="00E07D2F" w:rsidRDefault="008547D1" w:rsidP="008547D1">
+          <w:p w14:paraId="35B03C50" w14:textId="77777777" w:rsidR="008547D1" w:rsidRPr="00E07D2F" w:rsidRDefault="008547D1" w:rsidP="008547D1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E07D2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Уровень образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="008547D1" w:rsidRPr="00E07D2F" w:rsidRDefault="008547D1" w:rsidP="008547D1">
+          <w:p w14:paraId="45069ACF" w14:textId="77777777" w:rsidR="008547D1" w:rsidRPr="00E07D2F" w:rsidRDefault="008547D1" w:rsidP="008547D1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E07D2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Курс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="008547D1" w:rsidRPr="00E07D2F" w:rsidRDefault="008547D1" w:rsidP="008547D1">
+          <w:p w14:paraId="296DD78F" w14:textId="77777777" w:rsidR="008547D1" w:rsidRPr="00E07D2F" w:rsidRDefault="008547D1" w:rsidP="008547D1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E07D2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Форма обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5020" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="008547D1" w:rsidRPr="00E07D2F" w:rsidRDefault="008547D1" w:rsidP="008547D1">
+          <w:p w14:paraId="75F3530D" w14:textId="77777777" w:rsidR="008547D1" w:rsidRPr="00E07D2F" w:rsidRDefault="008547D1" w:rsidP="008547D1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E07D2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Количество вакантных мест для приема (перевода) на места, финансируемые</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E07D2F" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+      <w:tr w:rsidR="00E07D2F" w:rsidRPr="00E07D2F" w14:paraId="65E1258A" w14:textId="77777777" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="008547D1" w:rsidRPr="00E07D2F" w:rsidRDefault="008547D1" w:rsidP="008547D1">
+          <w:p w14:paraId="52CF626F" w14:textId="77777777" w:rsidR="008547D1" w:rsidRPr="00E07D2F" w:rsidRDefault="008547D1" w:rsidP="008547D1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="008547D1" w:rsidRPr="00E07D2F" w:rsidRDefault="008547D1" w:rsidP="008547D1">
+          <w:p w14:paraId="79002EF6" w14:textId="77777777" w:rsidR="008547D1" w:rsidRPr="00E07D2F" w:rsidRDefault="008547D1" w:rsidP="008547D1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="008547D1" w:rsidRPr="00E07D2F" w:rsidRDefault="008547D1" w:rsidP="008547D1">
+          <w:p w14:paraId="17169020" w14:textId="77777777" w:rsidR="008547D1" w:rsidRPr="00E07D2F" w:rsidRDefault="008547D1" w:rsidP="008547D1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="008547D1" w:rsidRPr="00E07D2F" w:rsidRDefault="008547D1" w:rsidP="008547D1">
+          <w:p w14:paraId="57A3DFBC" w14:textId="77777777" w:rsidR="008547D1" w:rsidRPr="00E07D2F" w:rsidRDefault="008547D1" w:rsidP="008547D1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="008547D1" w:rsidRPr="00E07D2F" w:rsidRDefault="008547D1" w:rsidP="008547D1">
+          <w:p w14:paraId="44CB0D68" w14:textId="77777777" w:rsidR="008547D1" w:rsidRPr="00E07D2F" w:rsidRDefault="008547D1" w:rsidP="008547D1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="008547D1" w:rsidRPr="00E07D2F" w:rsidRDefault="008547D1" w:rsidP="008547D1">
+          <w:p w14:paraId="3CCE2E04" w14:textId="77777777" w:rsidR="008547D1" w:rsidRPr="00E07D2F" w:rsidRDefault="008547D1" w:rsidP="008547D1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008547D1" w:rsidRPr="00E07D2F" w:rsidRDefault="008547D1" w:rsidP="008547D1">
+          <w:p w14:paraId="4CC8241F" w14:textId="77777777" w:rsidR="008547D1" w:rsidRPr="00E07D2F" w:rsidRDefault="008547D1" w:rsidP="008547D1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E07D2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>за счет бюджетных ассигнований федерального бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008547D1" w:rsidRPr="00E07D2F" w:rsidRDefault="008547D1" w:rsidP="008547D1">
+          <w:p w14:paraId="351E9CD8" w14:textId="77777777" w:rsidR="008547D1" w:rsidRPr="00E07D2F" w:rsidRDefault="008547D1" w:rsidP="008547D1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E07D2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>за счет бюджетов субъектов Российской Федерации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008547D1" w:rsidRPr="00E07D2F" w:rsidRDefault="008547D1" w:rsidP="008547D1">
+          <w:p w14:paraId="7273CD4D" w14:textId="77777777" w:rsidR="008547D1" w:rsidRPr="00E07D2F" w:rsidRDefault="008547D1" w:rsidP="008547D1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E07D2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>за счет местных бюджетов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008547D1" w:rsidRPr="00E07D2F" w:rsidRDefault="008547D1" w:rsidP="008547D1">
+          <w:p w14:paraId="5F980413" w14:textId="77777777" w:rsidR="008547D1" w:rsidRPr="00E07D2F" w:rsidRDefault="008547D1" w:rsidP="008547D1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E07D2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>по договорам об образовании за счет средств физических и (или) юридических лиц</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+      <w:tr w:rsidR="00870016" w:rsidRPr="00E07D2F" w14:paraId="6A8A6CA5" w14:textId="77777777" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidRDefault="00870016" w:rsidP="00BD28C1">
+          <w:p w14:paraId="096A1AC5" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidRDefault="00870016" w:rsidP="00BD28C1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E07D2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>09.03.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidRDefault="00870016" w:rsidP="00BD28C1">
+          <w:p w14:paraId="46919FCE" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidRDefault="00870016" w:rsidP="00BD28C1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E07D2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Программное обеспечение средств вычислительной техники и автоматизированных систем</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidRDefault="00870016" w:rsidP="00BD28C1">
+          <w:p w14:paraId="5BAC6A11" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidRDefault="00870016" w:rsidP="00BD28C1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E07D2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Информатика и вычислительная техника</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidRDefault="00870016" w:rsidP="00BD28C1">
+          <w:p w14:paraId="006DEBEA" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidRDefault="00870016" w:rsidP="00BD28C1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E07D2F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">Высшее образование - </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00E07D2F">
+              <w:t>Высшее образование - бакалавриат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14002C67" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="00AD5110" w:rsidRDefault="00870016" w:rsidP="00BD28C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD5110">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65B42E54" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="00AD5110" w:rsidRDefault="00870016" w:rsidP="00BD28C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD5110">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>очная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1334" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C6239B9" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="003D56F2" w:rsidRDefault="00870016" w:rsidP="00BD28C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D56F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F4D5142" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="003D56F2" w:rsidRDefault="00870016" w:rsidP="00BD28C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D56F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04335621" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="003D56F2" w:rsidRDefault="00870016" w:rsidP="00BD28C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D56F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="407BDAEC" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="00393B26" w:rsidRDefault="00A64BC1" w:rsidP="00F573CF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00393B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>96</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00870016" w:rsidRPr="00E07D2F" w14:paraId="248F81AF" w14:textId="77777777" w:rsidTr="006F03D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1135" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5B76D8C5" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidRDefault="00870016" w:rsidP="00BD28C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="7966EDCE" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidRDefault="00870016" w:rsidP="00BD28C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="7CBDFBC8" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidRDefault="00870016" w:rsidP="00BD28C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="1F7122EA" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidRDefault="00870016" w:rsidP="00BD28C1">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>бакалавриат</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="00AD5110" w:rsidRDefault="00870016" w:rsidP="00BD28C1">
+          <w:p w14:paraId="52553D34" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="00AD5110" w:rsidRDefault="00870016" w:rsidP="00BD28C1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD5110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B19D7B2" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="00AD5110" w:rsidRDefault="00870016" w:rsidP="00BD28C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD5110">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>очная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1334" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19749F68" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="003D56F2" w:rsidRDefault="006B2D80" w:rsidP="00BD28C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D56F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A142728" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="003D56F2" w:rsidRDefault="00870016" w:rsidP="00BD28C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D56F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="622F0338" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="003D56F2" w:rsidRDefault="00870016" w:rsidP="00BD28C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D56F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="409B6571" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="00393B26" w:rsidRDefault="00A64BC1" w:rsidP="00BD28C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00393B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00870016" w:rsidRPr="00E07D2F" w14:paraId="59FCAC1D" w14:textId="77777777" w:rsidTr="006F03D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1135" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="306EE40D" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidRDefault="00870016" w:rsidP="009D0E77">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="292F9985" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidRDefault="00870016" w:rsidP="009D0E77">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="22215225" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidRDefault="00870016" w:rsidP="009D0E77">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="73590C36" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidRDefault="00870016" w:rsidP="009D0E77">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A366B5A" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="00AD5110" w:rsidRDefault="00870016" w:rsidP="009D0E77">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD5110">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="00AD5110" w:rsidRDefault="00870016" w:rsidP="00BD28C1">
+          <w:p w14:paraId="54C13FB9" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="00AD5110" w:rsidRDefault="00870016" w:rsidP="009D0E77">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD5110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="003863BF" w:rsidRDefault="00870016" w:rsidP="00BD28C1">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="003863BF">
+          <w:p w14:paraId="14B688DB" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="003D56F2" w:rsidRDefault="002E34B9" w:rsidP="009D0E77">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D56F2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="003863BF" w:rsidRDefault="00870016" w:rsidP="00BD28C1">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="003863BF">
+          <w:p w14:paraId="39ACFB92" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="003D56F2" w:rsidRDefault="00870016" w:rsidP="009D0E77">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D56F2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="003863BF" w:rsidRDefault="00870016" w:rsidP="00BD28C1">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="003863BF">
+          <w:p w14:paraId="3C3BEADA" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="003D56F2" w:rsidRDefault="00870016" w:rsidP="009D0E77">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D56F2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="003863BF" w:rsidRDefault="00A64BC1" w:rsidP="00F573CF">
-[...11 lines deleted...]
-              <w:t>96</w:t>
+          <w:p w14:paraId="61AD8CBA" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="00393B26" w:rsidRDefault="00A64BC1" w:rsidP="004C79A3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00393B26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+      <w:tr w:rsidR="00870016" w:rsidRPr="00E07D2F" w14:paraId="33E01514" w14:textId="77777777" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidRDefault="00870016" w:rsidP="00BD28C1">
+          <w:p w14:paraId="4D63A7A1" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidRDefault="00870016" w:rsidP="009D0E77">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidRDefault="00870016" w:rsidP="00BD28C1">
+          <w:p w14:paraId="0322B631" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidRDefault="00870016" w:rsidP="009D0E77">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidRDefault="00870016" w:rsidP="00BD28C1">
+          <w:p w14:paraId="65B41C16" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidRDefault="00870016" w:rsidP="009D0E77">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidRDefault="00870016" w:rsidP="00BD28C1">
+          <w:p w14:paraId="49A6713A" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidRDefault="00870016" w:rsidP="009D0E77">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="00AD5110" w:rsidRDefault="00870016" w:rsidP="00BD28C1">
+          <w:p w14:paraId="1152AADF" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="00AD5110" w:rsidRDefault="00870016" w:rsidP="009D0E77">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD5110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B71D699" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="00AD5110" w:rsidRDefault="00870016" w:rsidP="009D0E77">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD5110">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>очная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1334" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49427E27" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="003D56F2" w:rsidRDefault="00A64BC1" w:rsidP="009D0E77">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D56F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16EE7E74" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="003D56F2" w:rsidRDefault="00870016" w:rsidP="009D0E77">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D56F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5675EB46" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="003D56F2" w:rsidRDefault="00870016" w:rsidP="009D0E77">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D56F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04CFD30C" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="007965F1" w:rsidRDefault="00870016" w:rsidP="009D0E77">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007965F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00870016" w:rsidRPr="00E07D2F" w14:paraId="612AEA65" w14:textId="77777777" w:rsidTr="006F03D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1135" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="36957011" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidRDefault="00870016" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="1DF900D0" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidRDefault="00870016" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="74A0EDB9" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidRDefault="00870016" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5CCCBAF5" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidRDefault="00870016" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="352D2072" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="008278FB" w:rsidRDefault="00870016" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008278FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F428E48" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="008278FB" w:rsidRDefault="00870016" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008278FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>заочная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1334" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="575923F7" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="008278FB" w:rsidRDefault="00870016" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008278FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11C5A355" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="008278FB" w:rsidRDefault="00870016" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008278FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6617BD3B" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="008278FB" w:rsidRDefault="00870016" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008278FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37C379F8" w14:textId="0134A75C" w:rsidR="00870016" w:rsidRPr="008278FB" w:rsidRDefault="00FB30AA" w:rsidP="0037362F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008278FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="008278FB" w:rsidRPr="008278FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00870016" w:rsidRPr="00E07D2F" w14:paraId="6A27E53B" w14:textId="77777777" w:rsidTr="006F03D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1135" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="466F1396" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidRDefault="00870016" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="2E4F34BD" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidRDefault="00870016" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="2FA708EF" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidRDefault="00870016" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="360E7D3C" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidRDefault="00870016" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64E73A6A" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="008278FB" w:rsidRDefault="007B611A" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008278FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="00AD5110" w:rsidRDefault="00870016" w:rsidP="00BD28C1">
-[...11 lines deleted...]
-              <w:t>очная</w:t>
+          <w:p w14:paraId="15B8E9A0" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="008278FB" w:rsidRDefault="00870016" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008278FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="003863BF" w:rsidRDefault="006B2D80" w:rsidP="00BD28C1">
-[...6 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="71E74EED" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="008278FB" w:rsidRDefault="00870016" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008278FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51CBD5F4" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="008278FB" w:rsidRDefault="00870016" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008278FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13DBD539" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="008278FB" w:rsidRDefault="00870016" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008278FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="738FAE8A" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="008278FB" w:rsidRDefault="00FB30AA" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008278FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>65</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00870016" w:rsidRPr="00E07D2F" w14:paraId="20B44181" w14:textId="77777777" w:rsidTr="006F03D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1135" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="17920771" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidRDefault="00870016" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="583428F4" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidRDefault="00870016" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="64140D9A" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidRDefault="00870016" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="705ABB89" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidRDefault="00870016" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63D97ADE" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="008278FB" w:rsidRDefault="00870016" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008278FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="294B797B" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="008278FB" w:rsidRDefault="00870016" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008278FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>заочная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1334" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F802D90" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="008278FB" w:rsidRDefault="00FB30AA" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008278FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0360CAE7" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="008278FB" w:rsidRDefault="00870016" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008278FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3354AE60" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="008278FB" w:rsidRDefault="00870016" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008278FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52B26407" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="008278FB" w:rsidRDefault="007965F1" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008278FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>41</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00870016" w:rsidRPr="00E07D2F" w14:paraId="531060C2" w14:textId="77777777" w:rsidTr="006F03D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1135" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="3E41A6FD" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidRDefault="00870016" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="77B0096E" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidRDefault="00870016" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="3766B2C7" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidRDefault="00870016" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="79E552D5" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidRDefault="00870016" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DA7ADB6" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="008278FB" w:rsidRDefault="00870016" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008278FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54C01487" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="008278FB" w:rsidRDefault="00870016" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008278FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>заочная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1334" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67E07128" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="008278FB" w:rsidRDefault="00FB30AA" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008278FB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="003863BF" w:rsidRDefault="00870016" w:rsidP="00BD28C1">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="003863BF">
+          <w:p w14:paraId="2861FDE0" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="008278FB" w:rsidRDefault="00870016" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008278FB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="003863BF" w:rsidRDefault="00870016" w:rsidP="00BD28C1">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="003863BF">
+          <w:p w14:paraId="525534E5" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="008278FB" w:rsidRDefault="00870016" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008278FB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="003863BF" w:rsidRDefault="00A64BC1" w:rsidP="00BD28C1">
-[...11 lines deleted...]
-              <w:t>30</w:t>
+          <w:p w14:paraId="29DB09B6" w14:textId="77777777" w:rsidR="00870016" w:rsidRPr="00E1658E" w:rsidRDefault="007965F1" w:rsidP="00FB30AA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008278FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>97</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
-[...1073 lines deleted...]
-      <w:tr w:rsidR="00A421EB" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+      <w:tr w:rsidR="00A421EB" w:rsidRPr="00E07D2F" w14:paraId="31F03FBD" w14:textId="77777777" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="007A2EE6" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+          <w:p w14:paraId="365CE3EB" w14:textId="77777777" w:rsidR="00A421EB" w:rsidRPr="007A2EE6" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A2EE6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>13.03.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="007A2EE6" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+          <w:p w14:paraId="24A0885D" w14:textId="77777777" w:rsidR="00A421EB" w:rsidRPr="007A2EE6" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A2EE6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Энергообеспечение предприятий</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="007A2EE6" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+          <w:p w14:paraId="3D9C1108" w14:textId="77777777" w:rsidR="00A421EB" w:rsidRPr="007A2EE6" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A2EE6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Теплоэнергетика и теплотехника</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="007A2EE6" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+          <w:p w14:paraId="2746310E" w14:textId="77777777" w:rsidR="00A421EB" w:rsidRPr="007A2EE6" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A2EE6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">Высшее образование - </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="007A2EE6">
+              <w:t>Высшее образование - бакалавриат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AD4B50F" w14:textId="77777777" w:rsidR="00A421EB" w:rsidRPr="00061705" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00061705">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D32EB85" w14:textId="77777777" w:rsidR="00A421EB" w:rsidRPr="00061705" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00061705">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>заочная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1334" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05823CD0" w14:textId="77777777" w:rsidR="00A421EB" w:rsidRPr="00061705" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00061705">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7063B5D3" w14:textId="77777777" w:rsidR="00A421EB" w:rsidRPr="00061705" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00061705">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C435DAF" w14:textId="77777777" w:rsidR="00A421EB" w:rsidRPr="00061705" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00061705">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F6DCA21" w14:textId="77777777" w:rsidR="00A421EB" w:rsidRPr="0005459D" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005459D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>82</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A421EB" w:rsidRPr="00E07D2F" w14:paraId="5E672BB3" w14:textId="77777777" w:rsidTr="006F03D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1135" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="68C9F0ED" w14:textId="77777777" w:rsidR="00A421EB" w:rsidRPr="007A2EE6" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="262CA7F0" w14:textId="77777777" w:rsidR="00A421EB" w:rsidRPr="007A2EE6" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="1A3374FC" w14:textId="77777777" w:rsidR="00A421EB" w:rsidRPr="007A2EE6" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="431BB65F" w14:textId="77777777" w:rsidR="00A421EB" w:rsidRPr="007A2EE6" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>бакалавриат</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="001C6555" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
-[...11 lines deleted...]
-              <w:t>1</w:t>
+          <w:p w14:paraId="193037A6" w14:textId="77777777" w:rsidR="00A421EB" w:rsidRPr="00061705" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00061705">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="001C6555" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="001C6555">
+          <w:p w14:paraId="69D3ACAD" w14:textId="77777777" w:rsidR="00A421EB" w:rsidRPr="00061705" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00061705">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="00A57FDF" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A57FDF">
+          <w:p w14:paraId="78944CB9" w14:textId="77777777" w:rsidR="00A421EB" w:rsidRPr="00061705" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00061705">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="00A57FDF" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A57FDF">
+          <w:p w14:paraId="6C505A47" w14:textId="77777777" w:rsidR="00A421EB" w:rsidRPr="00061705" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00061705">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="00A57FDF" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A57FDF">
+          <w:p w14:paraId="61A44669" w14:textId="77777777" w:rsidR="00A421EB" w:rsidRPr="00061705" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00061705">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="00A57FDF" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
-[...11 lines deleted...]
-              <w:t>82</w:t>
+          <w:p w14:paraId="762E0448" w14:textId="77777777" w:rsidR="00A421EB" w:rsidRPr="0005459D" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005459D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>63</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A421EB" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+      <w:tr w:rsidR="00A421EB" w:rsidRPr="00E07D2F" w14:paraId="663FF365" w14:textId="77777777" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="007A2EE6" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+          <w:p w14:paraId="37046172" w14:textId="77777777" w:rsidR="00A421EB" w:rsidRPr="007A2EE6" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="007A2EE6" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+          <w:p w14:paraId="3E1B3013" w14:textId="77777777" w:rsidR="00A421EB" w:rsidRPr="007A2EE6" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="007A2EE6" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+          <w:p w14:paraId="341024B1" w14:textId="77777777" w:rsidR="00A421EB" w:rsidRPr="007A2EE6" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="007A2EE6" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+          <w:p w14:paraId="6A5C6155" w14:textId="77777777" w:rsidR="00A421EB" w:rsidRPr="007A2EE6" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="001C6555" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
-[...11 lines deleted...]
-              <w:t>2</w:t>
+          <w:p w14:paraId="750EDB35" w14:textId="77777777" w:rsidR="00A421EB" w:rsidRPr="00061705" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00061705">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="001C6555" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="001C6555">
+          <w:p w14:paraId="55FC7E95" w14:textId="77777777" w:rsidR="00A421EB" w:rsidRPr="00061705" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00061705">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="00A57FDF" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
-[...11 lines deleted...]
-              <w:t>–</w:t>
+          <w:p w14:paraId="5290FD8F" w14:textId="51B98232" w:rsidR="00A421EB" w:rsidRPr="00061705" w:rsidRDefault="00061705" w:rsidP="0072091C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00061705">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="00A57FDF" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A57FDF">
+          <w:p w14:paraId="1F5C3237" w14:textId="77777777" w:rsidR="00A421EB" w:rsidRPr="00061705" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00061705">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="00A57FDF" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A57FDF">
+          <w:p w14:paraId="2EFF2499" w14:textId="77777777" w:rsidR="00A421EB" w:rsidRPr="00061705" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00061705">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="00A57FDF" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
-[...11 lines deleted...]
-              <w:t>63</w:t>
+          <w:p w14:paraId="0D2BD967" w14:textId="77777777" w:rsidR="00A421EB" w:rsidRPr="0005459D" w:rsidRDefault="0024561C" w:rsidP="0072091C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005459D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>52</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A421EB" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+      <w:tr w:rsidR="00A421EB" w:rsidRPr="00E07D2F" w14:paraId="615FBFB5" w14:textId="77777777" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="007A2EE6" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+          <w:p w14:paraId="3E6965A0" w14:textId="77777777" w:rsidR="00A421EB" w:rsidRPr="007A2EE6" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="007A2EE6" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+          <w:p w14:paraId="6C6C6F3C" w14:textId="77777777" w:rsidR="00A421EB" w:rsidRPr="007A2EE6" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="007A2EE6" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+          <w:p w14:paraId="16F42EE9" w14:textId="77777777" w:rsidR="00A421EB" w:rsidRPr="007A2EE6" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="007A2EE6" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+          <w:p w14:paraId="30B85984" w14:textId="77777777" w:rsidR="00A421EB" w:rsidRPr="007A2EE6" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="001C6555" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
-[...11 lines deleted...]
-              <w:t>3</w:t>
+          <w:p w14:paraId="2B4EF1A0" w14:textId="77777777" w:rsidR="00A421EB" w:rsidRPr="00061705" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00061705">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="001C6555" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="001C6555">
+          <w:p w14:paraId="0E984458" w14:textId="77777777" w:rsidR="00A421EB" w:rsidRPr="00061705" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00061705">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="00A57FDF" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
-[...11 lines deleted...]
-              <w:t>3</w:t>
+          <w:p w14:paraId="0282A6CF" w14:textId="77777777" w:rsidR="00A421EB" w:rsidRPr="00061705" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00061705">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="00A57FDF" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A57FDF">
+          <w:p w14:paraId="69460792" w14:textId="77777777" w:rsidR="00A421EB" w:rsidRPr="00061705" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00061705">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="00A57FDF" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A57FDF">
+          <w:p w14:paraId="3E9D6AF8" w14:textId="77777777" w:rsidR="00A421EB" w:rsidRPr="00061705" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00061705">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="00A57FDF" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
-[...11 lines deleted...]
-              <w:t>51</w:t>
+          <w:p w14:paraId="381D9166" w14:textId="77777777" w:rsidR="00A421EB" w:rsidRPr="0005459D" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005459D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>56</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A421EB" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
-[...357 lines deleted...]
-      <w:tr w:rsidR="00093AE7" w:rsidRPr="00E07D2F" w:rsidTr="00A4723C">
+      <w:tr w:rsidR="00093AE7" w:rsidRPr="00E07D2F" w14:paraId="3C1D82BB" w14:textId="77777777" w:rsidTr="00A4723C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00CB39DF" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+          <w:p w14:paraId="0F19226B" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00CB39DF" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB39DF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>13.03.02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00CB39DF" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+          <w:p w14:paraId="524A2269" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00CB39DF" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB39DF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Электроснабжение</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00CB39DF" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+          <w:p w14:paraId="0116F130" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00CB39DF" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB39DF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Электроэнергетика и электротехника</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00CB39DF" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+          <w:p w14:paraId="682F6626" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00CB39DF" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB39DF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">Высшее образование - </w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Высшее образование - бакалавриат</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00EC2D1F" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00EC2D1F">
+          <w:p w14:paraId="7D6EA3FB" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00953E48" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00953E48">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00EC2D1F" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00EC2D1F">
+          <w:p w14:paraId="1895DA3C" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00953E48" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00953E48">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="0012107E" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0012107E">
+          <w:p w14:paraId="47E1E1A0" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00953E48" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00953E48">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="0012107E" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0012107E">
+          <w:p w14:paraId="3F9988F2" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00953E48" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00953E48">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="0012107E" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0012107E">
+          <w:p w14:paraId="0027933F" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00953E48" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00953E48">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="0012107E" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...11 lines deleted...]
-              <w:t>96</w:t>
+          <w:p w14:paraId="09487783" w14:textId="48D98D38" w:rsidR="00093AE7" w:rsidRPr="000555ED" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000555ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="000555ED" w:rsidRPr="000555ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00093AE7" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+      <w:tr w:rsidR="00093AE7" w:rsidRPr="00E07D2F" w14:paraId="5AFAFC31" w14:textId="77777777" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+          <w:p w14:paraId="532D133E" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+          <w:p w14:paraId="034821D8" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+          <w:p w14:paraId="014719AA" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+          <w:p w14:paraId="1FB03919" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00EC2D1F" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00EC2D1F">
+          <w:p w14:paraId="468B303E" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00953E48" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00953E48">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00EC2D1F" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00EC2D1F">
+          <w:p w14:paraId="64C6A21C" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00953E48" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00953E48">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="0012107E" w:rsidRDefault="00EF7EC6" w:rsidP="00A421EB">
-[...11 lines deleted...]
-              <w:t>4</w:t>
+          <w:p w14:paraId="3345FDC4" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00953E48" w:rsidRDefault="00C74017" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00953E48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="0012107E" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0012107E">
+          <w:p w14:paraId="1F2509C5" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00953E48" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00953E48">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="0012107E" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0012107E">
+          <w:p w14:paraId="6AF47B91" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00953E48" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00953E48">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="0012107E" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0012107E">
+          <w:p w14:paraId="403561F0" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="000555ED" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000555ED">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00093AE7" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+      <w:tr w:rsidR="00093AE7" w:rsidRPr="00E07D2F" w14:paraId="55BBFD80" w14:textId="77777777" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+          <w:p w14:paraId="69A9D2FE" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+          <w:p w14:paraId="33104965" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+          <w:p w14:paraId="12DC697B" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+          <w:p w14:paraId="2CC75998" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00EC2D1F" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00EC2D1F">
+          <w:p w14:paraId="76C4E1C0" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00953E48" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00953E48">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00EC2D1F" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00EC2D1F">
+          <w:p w14:paraId="7A15722A" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00953E48" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00953E48">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="0012107E" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0012107E">
+          <w:p w14:paraId="23C9B95C" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00953E48" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00953E48">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="0012107E" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0012107E">
+          <w:p w14:paraId="0CD8BAE4" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00953E48" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00953E48">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="0012107E" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0012107E">
+          <w:p w14:paraId="718686B4" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00953E48" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00953E48">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="0012107E" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0012107E">
+          <w:p w14:paraId="50EAAB57" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="000555ED" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000555ED">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00093AE7" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+      <w:tr w:rsidR="00093AE7" w:rsidRPr="00E07D2F" w14:paraId="45D30CE3" w14:textId="77777777" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+          <w:p w14:paraId="27F8E9A0" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+          <w:p w14:paraId="1327559A" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+          <w:p w14:paraId="670BAA71" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+          <w:p w14:paraId="4596A56A" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00EC2D1F" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00EC2D1F">
+          <w:p w14:paraId="3F54B0B8" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00953E48" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00953E48">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00EC2D1F" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00EC2D1F">
+          <w:p w14:paraId="2F0C5B30" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00953E48" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00953E48">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="0012107E" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0012107E">
+          <w:p w14:paraId="0812F9D6" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00953E48" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00953E48">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="0012107E" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0012107E">
+          <w:p w14:paraId="5B073F76" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00953E48" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00953E48">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="0012107E" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0012107E">
+          <w:p w14:paraId="401A7EF7" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00953E48" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00953E48">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="0012107E" w:rsidRDefault="00EF7EC6" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0012107E">
+          <w:p w14:paraId="53858F30" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="000555ED" w:rsidRDefault="00EF7EC6" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000555ED">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>49</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00093AE7" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+      <w:tr w:rsidR="00093AE7" w:rsidRPr="00E07D2F" w14:paraId="67862865" w14:textId="77777777" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+          <w:p w14:paraId="4CA2423F" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+          <w:p w14:paraId="07D4464E" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+          <w:p w14:paraId="7599C286" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+          <w:p w14:paraId="26C8849E" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="007509DA" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="007509DA">
+          <w:p w14:paraId="759477A3" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="004C4EA5" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C4EA5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="007509DA" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="007509DA">
+          <w:p w14:paraId="5BBEAB0A" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="004C4EA5" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C4EA5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="000F7B53" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="000F7B53">
+          <w:p w14:paraId="3CB47E2B" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="004C4EA5" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C4EA5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="000F7B53" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="000F7B53">
+          <w:p w14:paraId="735901CC" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="004C4EA5" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C4EA5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="000F7B53" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="000F7B53">
+          <w:p w14:paraId="38A6E892" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="004C4EA5" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C4EA5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="000F7B53" w:rsidRDefault="00C8760B" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="000F7B53">
+          <w:p w14:paraId="7634ED72" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00E833CC" w:rsidRDefault="00C8760B" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E833CC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>58</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00093AE7" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+      <w:tr w:rsidR="00093AE7" w:rsidRPr="00E07D2F" w14:paraId="12D78FD6" w14:textId="77777777" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+          <w:p w14:paraId="20C89FCE" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+          <w:p w14:paraId="4BA77801" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+          <w:p w14:paraId="72B393DB" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+          <w:p w14:paraId="6E3C1C10" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="007509DA" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="007509DA">
+          <w:p w14:paraId="130D740C" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="004C4EA5" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C4EA5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="007509DA" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="007509DA">
+          <w:p w14:paraId="0629A8EF" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="004C4EA5" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C4EA5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="000F7B53" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="000F7B53">
+          <w:p w14:paraId="074291A0" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="004C4EA5" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C4EA5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="000F7B53" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="000F7B53">
+          <w:p w14:paraId="1FD94E77" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="004C4EA5" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C4EA5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="000F7B53" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="000F7B53">
+          <w:p w14:paraId="6EA3EC91" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="004C4EA5" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C4EA5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="000F7B53" w:rsidRDefault="00C8760B" w:rsidP="00A421EB">
-[...11 lines deleted...]
-              <w:t>44</w:t>
+          <w:p w14:paraId="21B75F81" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00E833CC" w:rsidRDefault="008F4EC2" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E833CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>45</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00093AE7" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+      <w:tr w:rsidR="00093AE7" w:rsidRPr="00E07D2F" w14:paraId="280CF0C3" w14:textId="77777777" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+          <w:p w14:paraId="72B5D284" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+          <w:p w14:paraId="445A009F" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+          <w:p w14:paraId="4BD6B88A" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+          <w:p w14:paraId="07726BBD" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="007509DA" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="007509DA">
+          <w:p w14:paraId="4B9BF0D3" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="004C4EA5" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C4EA5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="007509DA" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="007509DA">
+          <w:p w14:paraId="3872AD36" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="004C4EA5" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C4EA5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="000F7B53" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="000F7B53">
+          <w:p w14:paraId="226BD34D" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="004C4EA5" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C4EA5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="000F7B53" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="000F7B53">
+          <w:p w14:paraId="1D95ECEB" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="004C4EA5" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C4EA5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="000F7B53" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="000F7B53">
+          <w:p w14:paraId="1BAEB2D7" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="004C4EA5" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C4EA5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="000F7B53" w:rsidRDefault="00EF7EC6" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="000F7B53">
+          <w:p w14:paraId="180F8FD1" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00E833CC" w:rsidRDefault="00EF7EC6" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E833CC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>33</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00093AE7" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+      <w:tr w:rsidR="00093AE7" w:rsidRPr="00E07D2F" w14:paraId="5344D958" w14:textId="77777777" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+          <w:p w14:paraId="137D2649" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+          <w:p w14:paraId="43326FE6" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+          <w:p w14:paraId="00FB98EF" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+          <w:p w14:paraId="4F26BC26" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="007509DA" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="007509DA">
+          <w:p w14:paraId="1C0CE7E8" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="004C4EA5" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C4EA5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="007509DA" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="007509DA">
+          <w:p w14:paraId="36297604" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="004C4EA5" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C4EA5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="000F7B53" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="000F7B53">
+          <w:p w14:paraId="6FA13CE9" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="004C4EA5" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C4EA5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="000F7B53" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="000F7B53">
+          <w:p w14:paraId="17AA9F19" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="004C4EA5" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C4EA5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="000F7B53" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="000F7B53">
+          <w:p w14:paraId="07A63DA7" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="004C4EA5" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C4EA5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="000F7B53" w:rsidRDefault="00EF7EC6" w:rsidP="00A421EB">
-[...11 lines deleted...]
-              <w:t>34</w:t>
+          <w:p w14:paraId="0F97F2A8" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00E833CC" w:rsidRDefault="008F4EC2" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E833CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00093AE7" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+      <w:tr w:rsidR="00093AE7" w:rsidRPr="00E07D2F" w14:paraId="5AAD5CCE" w14:textId="77777777" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00093AE7">
+          <w:p w14:paraId="1352D54C" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00093AE7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00093AE7">
+          <w:p w14:paraId="6BCD6D4B" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00093AE7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00093AE7">
+          <w:p w14:paraId="42E6C84A" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00093AE7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00093AE7">
+          <w:p w14:paraId="2A9E840B" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00093AE7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00870016" w:rsidRDefault="00093AE7" w:rsidP="00093AE7">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00870016">
+          <w:p w14:paraId="1E3C6693" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00E833CC" w:rsidRDefault="00093AE7" w:rsidP="00093AE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E833CC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00870016" w:rsidRDefault="00093AE7" w:rsidP="00093AE7">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00870016">
+          <w:p w14:paraId="0E37E14F" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00E833CC" w:rsidRDefault="00093AE7" w:rsidP="00093AE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E833CC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="000F7B53" w:rsidRDefault="00093AE7" w:rsidP="00093AE7">
-[...11 lines deleted...]
-              <w:t>–</w:t>
+          <w:p w14:paraId="10CB4741" w14:textId="3DD3A47D" w:rsidR="00093AE7" w:rsidRPr="00E833CC" w:rsidRDefault="00A15287" w:rsidP="00093AE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="000F7B53" w:rsidRDefault="00093AE7" w:rsidP="00093AE7">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="000F7B53">
+          <w:p w14:paraId="61793AE3" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00E833CC" w:rsidRDefault="00093AE7" w:rsidP="00093AE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E833CC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="000F7B53" w:rsidRDefault="00093AE7" w:rsidP="00093AE7">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="000F7B53">
+          <w:p w14:paraId="02D5121A" w14:textId="77777777" w:rsidR="00093AE7" w:rsidRPr="00E833CC" w:rsidRDefault="00093AE7" w:rsidP="00093AE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E833CC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="000F7B53" w:rsidRDefault="00093AE7" w:rsidP="00093AE7">
-[...11 lines deleted...]
-              <w:t>87</w:t>
+          <w:p w14:paraId="432417AF" w14:textId="47042CB9" w:rsidR="00093AE7" w:rsidRPr="00E833CC" w:rsidRDefault="00E833CC" w:rsidP="00093AE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E833CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>99</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FA4106" w:rsidRPr="00E07D2F" w:rsidTr="006B2DAD">
+      <w:tr w:rsidR="00FA4106" w:rsidRPr="00E07D2F" w14:paraId="67BA5DFF" w14:textId="77777777" w:rsidTr="006B2DAD">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="009F4F04" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+          <w:p w14:paraId="47CE3F93" w14:textId="77777777" w:rsidR="00FA4106" w:rsidRPr="009F4F04" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F4F04">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>15.03.05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="009F4F04" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+          <w:p w14:paraId="4E69C417" w14:textId="77777777" w:rsidR="00FA4106" w:rsidRPr="009F4F04" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F4F04">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Технология машиностроения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="009F4F04" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+          <w:p w14:paraId="4A949074" w14:textId="77777777" w:rsidR="00FA4106" w:rsidRPr="009F4F04" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F4F04">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Конструкторско-технологическое обеспечение машиностроительных </w:t>
-[...7 lines deleted...]
-              <w:t>производств</w:t>
+              <w:t>Конструкторско-технологическое обеспечение машиностроительных производств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="009F4F04" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+          <w:p w14:paraId="407693C6" w14:textId="77777777" w:rsidR="00FA4106" w:rsidRPr="009F4F04" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F4F04">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Высшее образование - бакалавриат</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="00BA6287" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00BA6287">
+          <w:p w14:paraId="200FE068" w14:textId="77777777" w:rsidR="00FA4106" w:rsidRPr="00146CB5" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00146CB5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="00BA6287" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00BA6287">
+          <w:p w14:paraId="1C20C894" w14:textId="77777777" w:rsidR="00FA4106" w:rsidRPr="00146CB5" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00146CB5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="000F7B53" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="000F7B53">
+          <w:p w14:paraId="30BBA497" w14:textId="77777777" w:rsidR="00FA4106" w:rsidRPr="00146CB5" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00146CB5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="000F7B53" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="000F7B53">
+          <w:p w14:paraId="29A611FE" w14:textId="77777777" w:rsidR="00FA4106" w:rsidRPr="00146CB5" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00146CB5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="000F7B53" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="000F7B53">
+          <w:p w14:paraId="630D0EA5" w14:textId="77777777" w:rsidR="00FA4106" w:rsidRPr="00146CB5" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00146CB5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="000F7B53" w:rsidRDefault="000F7B53" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="000F7B53">
+          <w:p w14:paraId="06F7B3D3" w14:textId="77777777" w:rsidR="00FA4106" w:rsidRPr="003B4FBE" w:rsidRDefault="000F7B53" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4FBE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FA4106" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+      <w:tr w:rsidR="00FA4106" w:rsidRPr="00E07D2F" w14:paraId="62134DA1" w14:textId="77777777" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="00892353" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+          <w:p w14:paraId="73B4F040" w14:textId="77777777" w:rsidR="00FA4106" w:rsidRPr="00892353" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="00892353" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+          <w:p w14:paraId="7F71C7AC" w14:textId="77777777" w:rsidR="00FA4106" w:rsidRPr="00892353" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="00892353" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+          <w:p w14:paraId="4B061E93" w14:textId="77777777" w:rsidR="00FA4106" w:rsidRPr="00892353" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="00892353" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+          <w:p w14:paraId="44CFC871" w14:textId="77777777" w:rsidR="00FA4106" w:rsidRPr="00892353" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="00BA6287" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00BA6287">
+          <w:p w14:paraId="72496520" w14:textId="77777777" w:rsidR="00FA4106" w:rsidRPr="00146CB5" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00146CB5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="00BA6287" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00BA6287">
+          <w:p w14:paraId="04B960CF" w14:textId="77777777" w:rsidR="00FA4106" w:rsidRPr="00146CB5" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00146CB5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="000F7B53" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="000F7B53">
+          <w:p w14:paraId="56C39321" w14:textId="77777777" w:rsidR="00FA4106" w:rsidRPr="00146CB5" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00146CB5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="000F7B53" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="000F7B53">
+          <w:p w14:paraId="27F04017" w14:textId="77777777" w:rsidR="00FA4106" w:rsidRPr="00146CB5" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00146CB5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="000F7B53" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="000F7B53">
+          <w:p w14:paraId="46D789CC" w14:textId="77777777" w:rsidR="00FA4106" w:rsidRPr="00146CB5" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00146CB5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="000F7B53" w:rsidRDefault="000F7B53" w:rsidP="00FA4106">
-[...11 lines deleted...]
-              <w:t>9</w:t>
+          <w:p w14:paraId="55CE2FF9" w14:textId="68852274" w:rsidR="00FA4106" w:rsidRPr="003B4FBE" w:rsidRDefault="003B4FBE" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FA4106" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+      <w:tr w:rsidR="00FA4106" w:rsidRPr="00E07D2F" w14:paraId="6180527F" w14:textId="77777777" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="00892353" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+          <w:p w14:paraId="19960217" w14:textId="77777777" w:rsidR="00FA4106" w:rsidRPr="00892353" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="00892353" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+          <w:p w14:paraId="2ADAF5B6" w14:textId="77777777" w:rsidR="00FA4106" w:rsidRPr="00892353" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="00892353" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+          <w:p w14:paraId="2D111A4A" w14:textId="77777777" w:rsidR="00FA4106" w:rsidRPr="00892353" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="00892353" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+          <w:p w14:paraId="042A5431" w14:textId="77777777" w:rsidR="00FA4106" w:rsidRPr="00892353" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="00BA6287" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00BA6287">
+          <w:p w14:paraId="66EC7DF7" w14:textId="77777777" w:rsidR="00FA4106" w:rsidRPr="00146CB5" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00146CB5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="00BA6287" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00BA6287">
+          <w:p w14:paraId="19A96657" w14:textId="77777777" w:rsidR="00FA4106" w:rsidRPr="00146CB5" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00146CB5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="000F7B53" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="000F7B53">
+          <w:p w14:paraId="12C7E9E1" w14:textId="77777777" w:rsidR="00FA4106" w:rsidRPr="00146CB5" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00146CB5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="000F7B53" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="000F7B53">
+          <w:p w14:paraId="1A642127" w14:textId="77777777" w:rsidR="00FA4106" w:rsidRPr="00146CB5" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00146CB5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="000F7B53" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="000F7B53">
+          <w:p w14:paraId="0E58826E" w14:textId="77777777" w:rsidR="00FA4106" w:rsidRPr="00146CB5" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00146CB5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="000F7B53" w:rsidRDefault="00EF7EC6" w:rsidP="00FA4106">
-[...11 lines deleted...]
-              <w:t>50</w:t>
+          <w:p w14:paraId="74905E58" w14:textId="77777777" w:rsidR="00FA4106" w:rsidRPr="003B4FBE" w:rsidRDefault="00CA7F16" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>51</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FA4106" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+      <w:tr w:rsidR="00FA4106" w:rsidRPr="00E07D2F" w14:paraId="129FAD54" w14:textId="77777777" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="00892353" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+          <w:p w14:paraId="12E9CE25" w14:textId="77777777" w:rsidR="00FA4106" w:rsidRPr="00892353" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="00892353" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+          <w:p w14:paraId="2E962C85" w14:textId="77777777" w:rsidR="00FA4106" w:rsidRPr="00892353" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="00892353" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+          <w:p w14:paraId="5236C44E" w14:textId="77777777" w:rsidR="00FA4106" w:rsidRPr="00892353" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="00892353" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+          <w:p w14:paraId="1A15C3F2" w14:textId="77777777" w:rsidR="00FA4106" w:rsidRPr="00892353" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="00BA6287" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00BA6287">
+          <w:p w14:paraId="500AEC10" w14:textId="77777777" w:rsidR="00FA4106" w:rsidRPr="00146CB5" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00146CB5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="00BA6287" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00BA6287">
+          <w:p w14:paraId="4E0EF0C9" w14:textId="77777777" w:rsidR="00FA4106" w:rsidRPr="00146CB5" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00146CB5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="000F7B53" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...11 lines deleted...]
-              <w:t>–</w:t>
+          <w:p w14:paraId="2E383A18" w14:textId="77777777" w:rsidR="00FA4106" w:rsidRPr="00146CB5" w:rsidRDefault="00CA7F16" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00146CB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="000F7B53" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="000F7B53">
+          <w:p w14:paraId="3E1973D9" w14:textId="77777777" w:rsidR="00FA4106" w:rsidRPr="00146CB5" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00146CB5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="000F7B53" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="000F7B53">
+          <w:p w14:paraId="717E3075" w14:textId="77777777" w:rsidR="00FA4106" w:rsidRPr="00146CB5" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00146CB5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="000F7B53" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="000F7B53">
+          <w:p w14:paraId="1115F689" w14:textId="77777777" w:rsidR="00FA4106" w:rsidRPr="003B4FBE" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4FBE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>47</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FA4106" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+      <w:tr w:rsidR="00FA4106" w:rsidRPr="00E07D2F" w14:paraId="5D604160" w14:textId="77777777" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="00892353" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+          <w:p w14:paraId="12C934E7" w14:textId="77777777" w:rsidR="00FA4106" w:rsidRPr="00892353" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="00892353" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+          <w:p w14:paraId="4BFF3D09" w14:textId="77777777" w:rsidR="00FA4106" w:rsidRPr="00892353" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="00892353" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+          <w:p w14:paraId="19D5682D" w14:textId="77777777" w:rsidR="00FA4106" w:rsidRPr="00892353" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="00892353" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+          <w:p w14:paraId="2B0A3B06" w14:textId="77777777" w:rsidR="00FA4106" w:rsidRPr="00892353" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="00870016" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00870016">
+          <w:p w14:paraId="42872341" w14:textId="77777777" w:rsidR="00FA4106" w:rsidRPr="00A15287" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A15287">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="00870016" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00870016">
+          <w:p w14:paraId="556058CB" w14:textId="77777777" w:rsidR="00FA4106" w:rsidRPr="00A15287" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A15287">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="000F7B53" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...11 lines deleted...]
-              <w:t>4</w:t>
+          <w:p w14:paraId="6C3B37F7" w14:textId="11572F96" w:rsidR="00FA4106" w:rsidRPr="00A15287" w:rsidRDefault="00A15287" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A15287">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="000F7B53" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="000F7B53">
+          <w:p w14:paraId="36DEDEDD" w14:textId="77777777" w:rsidR="00FA4106" w:rsidRPr="00A15287" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A15287">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="000F7B53" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="000F7B53">
+          <w:p w14:paraId="1F189FED" w14:textId="77777777" w:rsidR="00FA4106" w:rsidRPr="00A15287" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A15287">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="000F7B53" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...11 lines deleted...]
-              <w:t>87</w:t>
+          <w:p w14:paraId="0EBC0032" w14:textId="2C6ED173" w:rsidR="00FA4106" w:rsidRPr="00A15287" w:rsidRDefault="00A15287" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A15287">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>99</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E429A" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+      <w:tr w:rsidR="009E429A" w:rsidRPr="00E07D2F" w14:paraId="28C020AF" w14:textId="77777777" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="007B128F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+          <w:p w14:paraId="50B8D717" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="007B128F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B128F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>23.03.03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="007B128F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+          <w:p w14:paraId="5E2077AD" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="007B128F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B128F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Автомобили и автомобильное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="007B128F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+          <w:p w14:paraId="1E9C1E63" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="007B128F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B128F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Эксплуатация транспортно-технологических машин и комплексов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="007B128F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+          <w:p w14:paraId="66467D13" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="007B128F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B128F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">Высшее образование - </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="007B128F">
+              <w:t>Высшее образование - бакалавриат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39393C30" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="003B4FBE" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63C6C1B2" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="003B4FBE" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>заочная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1334" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B01B5B6" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="003B4FBE" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BA4DE1B" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="003B4FBE" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EE9AD97" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="003B4FBE" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55B55664" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="00D449DA" w:rsidRDefault="006E20C9" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D449DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>87</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E429A" w:rsidRPr="00E07D2F" w14:paraId="292D59CF" w14:textId="77777777" w:rsidTr="006F03D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1135" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="6DB291B1" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="007B128F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="768C3560" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="007B128F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="7BE88A4C" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="007B128F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="230E9181" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="007B128F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>бакалавриат</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="005F1B98" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
-[...11 lines deleted...]
-              <w:t>1</w:t>
+          <w:p w14:paraId="00F0BA23" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="003B4FBE" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="005F1B98" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="005F1B98">
+          <w:p w14:paraId="2E219400" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="003B4FBE" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4FBE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="0057100F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0057100F">
+          <w:p w14:paraId="5937A22F" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="003B4FBE" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4FBE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="0057100F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0057100F">
+          <w:p w14:paraId="4655D6C7" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="003B4FBE" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4FBE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="0057100F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0057100F">
+          <w:p w14:paraId="661D6F73" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="003B4FBE" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4FBE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="0057100F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
-[...11 lines deleted...]
-              <w:t>88</w:t>
+          <w:p w14:paraId="124982D8" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="00D449DA" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D449DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>59</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E429A" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+      <w:tr w:rsidR="009E429A" w:rsidRPr="00E07D2F" w14:paraId="514CA705" w14:textId="77777777" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="007B128F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+          <w:p w14:paraId="4BDB1CA9" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="007B128F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="007B128F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+          <w:p w14:paraId="2FE75DA8" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="007B128F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="007B128F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+          <w:p w14:paraId="5A00BCD6" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="007B128F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="007B128F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+          <w:p w14:paraId="69595088" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="007B128F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="005F1B98" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
-[...11 lines deleted...]
-              <w:t>2</w:t>
+          <w:p w14:paraId="227355BD" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="003B4FBE" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="005F1B98" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="005F1B98">
+          <w:p w14:paraId="3DACEF74" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="003B4FBE" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4FBE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="0057100F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0057100F">
+          <w:p w14:paraId="2E6B0D08" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="003B4FBE" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4FBE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="0057100F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0057100F">
+          <w:p w14:paraId="5BDFC837" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="003B4FBE" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4FBE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="0057100F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0057100F">
+          <w:p w14:paraId="3310DDCB" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="003B4FBE" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4FBE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="0057100F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
-[...11 lines deleted...]
-              <w:t>59</w:t>
+          <w:p w14:paraId="2919793B" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="00D449DA" w:rsidRDefault="0057100F" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D449DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>52</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E429A" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+      <w:tr w:rsidR="009E429A" w:rsidRPr="00E07D2F" w14:paraId="4B3B1E61" w14:textId="77777777" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="007B128F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+          <w:p w14:paraId="04B05BD0" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="007B128F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="007B128F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+          <w:p w14:paraId="7CBEEABD" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="007B128F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="007B128F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+          <w:p w14:paraId="43404CFF" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="007B128F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="007B128F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+          <w:p w14:paraId="14D6A1B0" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="007B128F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="005F1B98" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
-[...11 lines deleted...]
-              <w:t>3</w:t>
+          <w:p w14:paraId="0905A89E" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="003B4FBE" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="005F1B98" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="005F1B98">
+          <w:p w14:paraId="39227A68" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="003B4FBE" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4FBE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="0057100F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0057100F">
+          <w:p w14:paraId="7ABECCC8" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="003B4FBE" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4FBE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="0057100F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0057100F">
+          <w:p w14:paraId="04C30F2B" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="003B4FBE" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4FBE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="0057100F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0057100F">
+          <w:p w14:paraId="4A29977F" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="003B4FBE" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4FBE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="0057100F" w:rsidRDefault="0057100F" w:rsidP="00FA4106">
-[...11 lines deleted...]
-              <w:t>52</w:t>
+          <w:p w14:paraId="38A5C9CA" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="00D449DA" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D449DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>48</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E429A" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
-[...357 lines deleted...]
-      <w:tr w:rsidR="009E429A" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+      <w:tr w:rsidR="009E429A" w:rsidRPr="00E07D2F" w14:paraId="37C68F24" w14:textId="77777777" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="0042520C" w:rsidRDefault="009E429A" w:rsidP="009E429A">
+          <w:p w14:paraId="3E363148" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="0042520C" w:rsidRDefault="009E429A" w:rsidP="009E429A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0042520C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>38.03.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="0042520C" w:rsidRDefault="009E429A" w:rsidP="009E429A">
+          <w:p w14:paraId="400D68C1" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="0042520C" w:rsidRDefault="009E429A" w:rsidP="009E429A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0042520C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Бухгалтерский учет, анализ и аудит; Экономика предприятий и организаций</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="0042520C" w:rsidRDefault="009E429A" w:rsidP="009E429A">
+          <w:p w14:paraId="5D788688" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="0042520C" w:rsidRDefault="009E429A" w:rsidP="009E429A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0042520C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Экономика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="0042520C" w:rsidRDefault="009E429A" w:rsidP="009E429A">
+          <w:p w14:paraId="73CE081D" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="0042520C" w:rsidRDefault="009E429A" w:rsidP="009E429A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0042520C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">Высшее образование - </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0042520C">
+              <w:t>Высшее образование - бакалавриат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="421A3247" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="00F7291A" w:rsidRDefault="00836B15" w:rsidP="009E429A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F7291A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02079D72" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="00F7291A" w:rsidRDefault="009E429A" w:rsidP="009E429A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F7291A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>очно-заочная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1334" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="792FD51C" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="00F7291A" w:rsidRDefault="009E429A" w:rsidP="009E429A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F7291A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B0F83F1" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="00F7291A" w:rsidRDefault="009E429A" w:rsidP="009E429A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F7291A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D458D31" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="00F7291A" w:rsidRDefault="009E429A" w:rsidP="009E429A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F7291A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50466612" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="00F7291A" w:rsidRDefault="009B2546" w:rsidP="009E429A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F7291A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>87</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E429A" w:rsidRPr="00E07D2F" w14:paraId="71B1E0EF" w14:textId="77777777" w:rsidTr="006F03D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1135" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="576E204F" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="0042520C" w:rsidRDefault="009E429A" w:rsidP="009E429A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="36DA546F" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="0042520C" w:rsidRDefault="009E429A" w:rsidP="009E429A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="70E60914" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="0042520C" w:rsidRDefault="009E429A" w:rsidP="009E429A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="43F72D8A" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="0042520C" w:rsidRDefault="009E429A" w:rsidP="009E429A">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>бакалавриат</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="00383A13" w:rsidRDefault="00836B15" w:rsidP="009E429A">
-[...11 lines deleted...]
-              <w:t>1</w:t>
+          <w:p w14:paraId="7C9AE8E9" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="00F7291A" w:rsidRDefault="009E429A" w:rsidP="009E429A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F7291A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="00383A13" w:rsidRDefault="009E429A" w:rsidP="009E429A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00383A13">
+          <w:p w14:paraId="5DE6346B" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="00F7291A" w:rsidRDefault="009E429A" w:rsidP="009E429A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F7291A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очно-заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="009B2546" w:rsidRDefault="009E429A" w:rsidP="009E429A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009B2546">
+          <w:p w14:paraId="6375DDC9" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="00F7291A" w:rsidRDefault="009E429A" w:rsidP="009E429A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F7291A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="009B2546" w:rsidRDefault="009E429A" w:rsidP="009E429A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009B2546">
+          <w:p w14:paraId="3BCA5DF5" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="00F7291A" w:rsidRDefault="009E429A" w:rsidP="009E429A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F7291A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="009B2546" w:rsidRDefault="009E429A" w:rsidP="009E429A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009B2546">
+          <w:p w14:paraId="5D835618" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="00F7291A" w:rsidRDefault="009E429A" w:rsidP="009E429A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F7291A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="009B2546" w:rsidRDefault="009B2546" w:rsidP="009E429A">
-[...11 lines deleted...]
-              <w:t>87</w:t>
+          <w:p w14:paraId="128ACB9C" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="00F7291A" w:rsidRDefault="009B2546" w:rsidP="009E429A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F7291A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>89</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E429A" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+      <w:tr w:rsidR="009E429A" w:rsidRPr="00E07D2F" w14:paraId="1BCC11E4" w14:textId="77777777" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="0042520C" w:rsidRDefault="009E429A" w:rsidP="009E429A">
+          <w:p w14:paraId="500F12AE" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="0042520C" w:rsidRDefault="009E429A" w:rsidP="009E429A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="0042520C" w:rsidRDefault="009E429A" w:rsidP="009E429A">
+          <w:p w14:paraId="6D4C7FBD" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="0042520C" w:rsidRDefault="009E429A" w:rsidP="009E429A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="0042520C" w:rsidRDefault="009E429A" w:rsidP="009E429A">
+          <w:p w14:paraId="2ACD7065" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="0042520C" w:rsidRDefault="009E429A" w:rsidP="009E429A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="0042520C" w:rsidRDefault="009E429A" w:rsidP="009E429A">
+          <w:p w14:paraId="265D9A8D" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="0042520C" w:rsidRDefault="009E429A" w:rsidP="009E429A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="00383A13" w:rsidRDefault="009E429A" w:rsidP="009E429A">
-[...11 lines deleted...]
-              <w:t>3</w:t>
+          <w:p w14:paraId="6FFECE1D" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="00F7291A" w:rsidRDefault="009E429A" w:rsidP="009E429A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F7291A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="00383A13" w:rsidRDefault="009E429A" w:rsidP="009E429A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00383A13">
+          <w:p w14:paraId="1D3625E6" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="00F7291A" w:rsidRDefault="009E429A" w:rsidP="009E429A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F7291A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очно-заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="009B2546" w:rsidRDefault="009E429A" w:rsidP="009E429A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009B2546">
+          <w:p w14:paraId="4158A9AB" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="00F7291A" w:rsidRDefault="009E429A" w:rsidP="009E429A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F7291A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="009B2546" w:rsidRDefault="009E429A" w:rsidP="009E429A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009B2546">
+          <w:p w14:paraId="0171D90C" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="00F7291A" w:rsidRDefault="009E429A" w:rsidP="009E429A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F7291A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="009B2546" w:rsidRDefault="009E429A" w:rsidP="009E429A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009B2546">
+          <w:p w14:paraId="07A03F42" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="00F7291A" w:rsidRDefault="009E429A" w:rsidP="009E429A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F7291A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="009B2546" w:rsidRDefault="009B2546" w:rsidP="009E429A">
-[...11 lines deleted...]
-              <w:t>89</w:t>
+          <w:p w14:paraId="29A78CAA" w14:textId="77777777" w:rsidR="009E429A" w:rsidRPr="00F7291A" w:rsidRDefault="00EF7EC6" w:rsidP="009E429A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F7291A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E429A" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+      <w:tr w:rsidR="00836B15" w:rsidRPr="00E07D2F" w14:paraId="6D26F23A" w14:textId="77777777" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="0042520C" w:rsidRDefault="009E429A" w:rsidP="009E429A">
-[...3 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w14:paraId="0840D1E3" w14:textId="77777777" w:rsidR="00836B15" w:rsidRPr="00892353" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="0042520C" w:rsidRDefault="009E429A" w:rsidP="009E429A">
-[...3 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w14:paraId="39C09582" w14:textId="77777777" w:rsidR="00836B15" w:rsidRPr="00892353" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="0042520C" w:rsidRDefault="009E429A" w:rsidP="009E429A">
-[...3 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w14:paraId="2C345DDE" w14:textId="77777777" w:rsidR="00836B15" w:rsidRPr="00892353" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="0042520C" w:rsidRDefault="009E429A" w:rsidP="009E429A">
-[...360 lines deleted...]
-          <w:p w:rsidR="00836B15" w:rsidRPr="00892353" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+          <w:p w14:paraId="7001C59E" w14:textId="77777777" w:rsidR="00836B15" w:rsidRPr="00892353" w:rsidRDefault="00836B15" w:rsidP="00836B15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="001024F5" w:rsidRDefault="00836B15" w:rsidP="00836B15">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="001024F5">
+          <w:p w14:paraId="0F07328A" w14:textId="77777777" w:rsidR="00836B15" w:rsidRPr="00F7291A" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F7291A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="001024F5" w:rsidRDefault="00836B15" w:rsidP="00836B15">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="001024F5">
+          <w:p w14:paraId="222AA097" w14:textId="77777777" w:rsidR="00836B15" w:rsidRPr="00F7291A" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F7291A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="009B2546" w:rsidRDefault="00836B15" w:rsidP="00836B15">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009B2546">
+          <w:p w14:paraId="585F8D22" w14:textId="77777777" w:rsidR="00836B15" w:rsidRPr="00F7291A" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F7291A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="009B2546" w:rsidRDefault="00836B15" w:rsidP="00836B15">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009B2546">
+          <w:p w14:paraId="64B627BE" w14:textId="77777777" w:rsidR="00836B15" w:rsidRPr="00F7291A" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F7291A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="009B2546" w:rsidRDefault="00836B15" w:rsidP="00836B15">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009B2546">
+          <w:p w14:paraId="3B1F8E6C" w14:textId="77777777" w:rsidR="00836B15" w:rsidRPr="00F7291A" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F7291A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="009B2546" w:rsidRDefault="00836B15" w:rsidP="00836B15">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009B2546">
+          <w:p w14:paraId="44A79C60" w14:textId="77777777" w:rsidR="00836B15" w:rsidRPr="00F7291A" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F7291A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>99</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00836B15" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+      <w:tr w:rsidR="00836B15" w:rsidRPr="00E07D2F" w14:paraId="181FE89D" w14:textId="77777777" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="00C45311" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+          <w:p w14:paraId="0A2795BB" w14:textId="77777777" w:rsidR="00836B15" w:rsidRPr="00C45311" w:rsidRDefault="00836B15" w:rsidP="00836B15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C45311">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>38.03.04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="00C45311" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+          <w:p w14:paraId="2BA7E7C0" w14:textId="77777777" w:rsidR="00836B15" w:rsidRPr="00C45311" w:rsidRDefault="00836B15" w:rsidP="00836B15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C45311">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Муниципальное управление</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="00C45311" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+          <w:p w14:paraId="637268CB" w14:textId="77777777" w:rsidR="00836B15" w:rsidRPr="00C45311" w:rsidRDefault="00836B15" w:rsidP="00836B15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C45311">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Государственное и муниципальное управление</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="00C45311" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+          <w:p w14:paraId="372B2EDB" w14:textId="77777777" w:rsidR="00836B15" w:rsidRPr="00C45311" w:rsidRDefault="00836B15" w:rsidP="00836B15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C45311">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">Высшее образование - </w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Высшее образование - бакалавриат</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="00A31E2F" w:rsidRDefault="00836B15" w:rsidP="00836B15">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A31E2F">
+          <w:p w14:paraId="0EB14BBF" w14:textId="77777777" w:rsidR="00836B15" w:rsidRPr="00DF6E68" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF6E68">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="00A31E2F" w:rsidRDefault="00836B15" w:rsidP="00836B15">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A31E2F">
+          <w:p w14:paraId="42B39D1A" w14:textId="77777777" w:rsidR="00836B15" w:rsidRPr="00DF6E68" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF6E68">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очно-заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="00F741AB" w:rsidRDefault="00836B15" w:rsidP="00836B15">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00F741AB">
+          <w:p w14:paraId="7F9EC98E" w14:textId="77777777" w:rsidR="00836B15" w:rsidRPr="00DF6E68" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF6E68">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="00F741AB" w:rsidRDefault="00836B15" w:rsidP="00836B15">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00F741AB">
+          <w:p w14:paraId="09A747FF" w14:textId="77777777" w:rsidR="00836B15" w:rsidRPr="00DF6E68" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF6E68">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="00F741AB" w:rsidRDefault="00836B15" w:rsidP="00836B15">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00F741AB">
+          <w:p w14:paraId="7181BB67" w14:textId="77777777" w:rsidR="00836B15" w:rsidRPr="00DF6E68" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF6E68">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="00F741AB" w:rsidRDefault="002300AB" w:rsidP="00836B15">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00F741AB">
+          <w:p w14:paraId="18FF6059" w14:textId="77777777" w:rsidR="00836B15" w:rsidRPr="00DF6E68" w:rsidRDefault="002300AB" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF6E68">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
-            <w:r w:rsidR="00836B15" w:rsidRPr="00F741AB">
-[...4 lines deleted...]
-              <w:t>3</w:t>
+            <w:r w:rsidR="00F92382" w:rsidRPr="00DF6E68">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00836B15" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+      <w:tr w:rsidR="00836B15" w:rsidRPr="00E07D2F" w14:paraId="14FEB65A" w14:textId="77777777" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="00892353" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+          <w:p w14:paraId="1B2B7DF1" w14:textId="77777777" w:rsidR="00836B15" w:rsidRPr="00892353" w:rsidRDefault="00836B15" w:rsidP="00836B15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="00892353" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+          <w:p w14:paraId="6E8B5526" w14:textId="77777777" w:rsidR="00836B15" w:rsidRPr="00892353" w:rsidRDefault="00836B15" w:rsidP="00836B15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="00892353" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+          <w:p w14:paraId="724E8165" w14:textId="77777777" w:rsidR="00836B15" w:rsidRPr="00892353" w:rsidRDefault="00836B15" w:rsidP="00836B15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="00892353" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+          <w:p w14:paraId="48C703CA" w14:textId="77777777" w:rsidR="00836B15" w:rsidRPr="00892353" w:rsidRDefault="00836B15" w:rsidP="00836B15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="00A31E2F" w:rsidRDefault="00836B15" w:rsidP="00836B15">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A31E2F">
+          <w:p w14:paraId="15E93F37" w14:textId="77777777" w:rsidR="00836B15" w:rsidRPr="00DF6E68" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF6E68">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="00A31E2F" w:rsidRDefault="00836B15" w:rsidP="00836B15">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A31E2F">
+          <w:p w14:paraId="302AEADC" w14:textId="77777777" w:rsidR="00836B15" w:rsidRPr="00DF6E68" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF6E68">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очно-заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="00F741AB" w:rsidRDefault="00836B15" w:rsidP="00836B15">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00F741AB">
+          <w:p w14:paraId="7980D781" w14:textId="77777777" w:rsidR="00836B15" w:rsidRPr="00DF6E68" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF6E68">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="00F741AB" w:rsidRDefault="00836B15" w:rsidP="00836B15">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00F741AB">
+          <w:p w14:paraId="5ED86B0B" w14:textId="77777777" w:rsidR="00836B15" w:rsidRPr="00DF6E68" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF6E68">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="00F741AB" w:rsidRDefault="00836B15" w:rsidP="00836B15">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00F741AB">
+          <w:p w14:paraId="2F8F7684" w14:textId="77777777" w:rsidR="00836B15" w:rsidRPr="00DF6E68" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF6E68">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="00F741AB" w:rsidRDefault="00836B15" w:rsidP="00836B15">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00F741AB">
+          <w:p w14:paraId="2DC2608C" w14:textId="77777777" w:rsidR="00836B15" w:rsidRPr="00DF6E68" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF6E68">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="002300AB" w:rsidRPr="00F741AB">
-[...4 lines deleted...]
-              <w:t>3</w:t>
+            <w:r w:rsidR="00F92382" w:rsidRPr="00DF6E68">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00836B15" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+      <w:tr w:rsidR="00836B15" w:rsidRPr="00E07D2F" w14:paraId="75E98733" w14:textId="77777777" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="00892353" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+          <w:p w14:paraId="0AA645DC" w14:textId="77777777" w:rsidR="00836B15" w:rsidRPr="00892353" w:rsidRDefault="00836B15" w:rsidP="00836B15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="00892353" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+          <w:p w14:paraId="27D2AE03" w14:textId="77777777" w:rsidR="00836B15" w:rsidRPr="00892353" w:rsidRDefault="00836B15" w:rsidP="00836B15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="00892353" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+          <w:p w14:paraId="586A7F8E" w14:textId="77777777" w:rsidR="00836B15" w:rsidRPr="00892353" w:rsidRDefault="00836B15" w:rsidP="00836B15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="00892353" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+          <w:p w14:paraId="08AC5BF5" w14:textId="77777777" w:rsidR="00836B15" w:rsidRPr="00892353" w:rsidRDefault="00836B15" w:rsidP="00836B15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="00A31E2F" w:rsidRDefault="00836B15" w:rsidP="00836B15">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A31E2F">
+          <w:p w14:paraId="575072A9" w14:textId="77777777" w:rsidR="00836B15" w:rsidRPr="00DF6E68" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF6E68">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="00A31E2F" w:rsidRDefault="00836B15" w:rsidP="00836B15">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A31E2F">
+          <w:p w14:paraId="444BA120" w14:textId="77777777" w:rsidR="00836B15" w:rsidRPr="00DF6E68" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF6E68">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очно-заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="00F741AB" w:rsidRDefault="00836B15" w:rsidP="00836B15">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00F741AB">
+          <w:p w14:paraId="24711966" w14:textId="77777777" w:rsidR="00836B15" w:rsidRPr="00DF6E68" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF6E68">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="00F741AB" w:rsidRDefault="00836B15" w:rsidP="00836B15">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00F741AB">
+          <w:p w14:paraId="21E8308E" w14:textId="77777777" w:rsidR="00836B15" w:rsidRPr="00DF6E68" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF6E68">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="00F741AB" w:rsidRDefault="00836B15" w:rsidP="00836B15">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00F741AB">
+          <w:p w14:paraId="639B6A89" w14:textId="77777777" w:rsidR="00836B15" w:rsidRPr="00DF6E68" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF6E68">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="00F741AB" w:rsidRDefault="00F741AB" w:rsidP="00836B15">
-[...11 lines deleted...]
-              <w:t>95</w:t>
+          <w:p w14:paraId="5C52F763" w14:textId="77777777" w:rsidR="00836B15" w:rsidRPr="00DF6E68" w:rsidRDefault="00F92382" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF6E68">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>94</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002300AB" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+      <w:tr w:rsidR="002300AB" w:rsidRPr="00E07D2F" w14:paraId="3D959CD8" w14:textId="77777777" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="002300AB" w:rsidRPr="00892353" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+          <w:p w14:paraId="1AF4A17F" w14:textId="77777777" w:rsidR="002300AB" w:rsidRPr="00892353" w:rsidRDefault="002300AB" w:rsidP="002300AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="002300AB" w:rsidRPr="00892353" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+          <w:p w14:paraId="35E44341" w14:textId="77777777" w:rsidR="002300AB" w:rsidRPr="00892353" w:rsidRDefault="002300AB" w:rsidP="002300AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="002300AB" w:rsidRPr="00892353" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+          <w:p w14:paraId="10F4DE59" w14:textId="77777777" w:rsidR="002300AB" w:rsidRPr="00892353" w:rsidRDefault="002300AB" w:rsidP="002300AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="002300AB" w:rsidRPr="00892353" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+          <w:p w14:paraId="1D02A59F" w14:textId="77777777" w:rsidR="002300AB" w:rsidRPr="00892353" w:rsidRDefault="002300AB" w:rsidP="002300AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002300AB" w:rsidRPr="00A31E2F" w:rsidRDefault="002300AB" w:rsidP="002300AB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A31E2F">
+          <w:p w14:paraId="09987B77" w14:textId="77777777" w:rsidR="002300AB" w:rsidRPr="00DF6E68" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF6E68">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002300AB" w:rsidRPr="00A31E2F" w:rsidRDefault="002300AB" w:rsidP="002300AB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A31E2F">
+          <w:p w14:paraId="39C52846" w14:textId="77777777" w:rsidR="002300AB" w:rsidRPr="00DF6E68" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF6E68">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очно-заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002300AB" w:rsidRPr="00F741AB" w:rsidRDefault="002300AB" w:rsidP="002300AB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00F741AB">
+          <w:p w14:paraId="5BA6C711" w14:textId="77777777" w:rsidR="002300AB" w:rsidRPr="00DF6E68" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF6E68">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002300AB" w:rsidRPr="00F741AB" w:rsidRDefault="002300AB" w:rsidP="002300AB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00F741AB">
+          <w:p w14:paraId="282FB583" w14:textId="77777777" w:rsidR="002300AB" w:rsidRPr="00DF6E68" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF6E68">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002300AB" w:rsidRPr="00F741AB" w:rsidRDefault="002300AB" w:rsidP="002300AB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00F741AB">
+          <w:p w14:paraId="4953305D" w14:textId="77777777" w:rsidR="002300AB" w:rsidRPr="00DF6E68" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF6E68">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002300AB" w:rsidRPr="00F741AB" w:rsidRDefault="002300AB" w:rsidP="002300AB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00F741AB">
+          <w:p w14:paraId="17734E75" w14:textId="77777777" w:rsidR="002300AB" w:rsidRPr="00DF6E68" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF6E68">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002300AB" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+      <w:tr w:rsidR="002300AB" w:rsidRPr="00E07D2F" w14:paraId="4E1B16BA" w14:textId="77777777" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
-            <w:vMerge/>
-[...1 lines deleted...]
-          <w:p w:rsidR="002300AB" w:rsidRPr="00892353" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="60C11412" w14:textId="77777777" w:rsidR="002300AB" w:rsidRPr="00351664" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351664">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>40.03.01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A2BF2D8" w14:textId="77777777" w:rsidR="002300AB" w:rsidRPr="00351664" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00351664">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Юриспрюденция</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="33102F6C" w14:textId="77777777" w:rsidR="002300AB" w:rsidRPr="00892353" w:rsidRDefault="002300AB" w:rsidP="002300AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...28 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="00351664">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Гражданско-правовой</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
-            <w:vMerge/>
-[...1 lines deleted...]
-          <w:p w:rsidR="002300AB" w:rsidRPr="00892353" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EF80BBE" w14:textId="77777777" w:rsidR="002300AB" w:rsidRPr="00892353" w:rsidRDefault="002300AB" w:rsidP="002300AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00C45311">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Высшее образование - бакалавриат</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002300AB" w:rsidRPr="00A31E2F" w:rsidRDefault="002300AB" w:rsidP="002300AB">
-[...11 lines deleted...]
-              <w:t>5</w:t>
+          <w:p w14:paraId="5CE732C4" w14:textId="77777777" w:rsidR="002300AB" w:rsidRPr="00A05198" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A05198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002300AB" w:rsidRPr="00A31E2F" w:rsidRDefault="002300AB" w:rsidP="002300AB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A31E2F">
+          <w:p w14:paraId="2C9372A1" w14:textId="77777777" w:rsidR="002300AB" w:rsidRPr="00A05198" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A05198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>очная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1334" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FA153C5" w14:textId="77777777" w:rsidR="002300AB" w:rsidRPr="00A05198" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A05198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B1778C4" w14:textId="77777777" w:rsidR="002300AB" w:rsidRPr="00A05198" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A05198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E80ECFE" w14:textId="77777777" w:rsidR="002300AB" w:rsidRPr="00A05198" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A05198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2310946E" w14:textId="118E9F0A" w:rsidR="002300AB" w:rsidRPr="00A05198" w:rsidRDefault="007E4119" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A05198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05198" w:rsidRPr="00A05198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w14:paraId="25826036" w14:textId="77777777" w:rsidTr="006F03D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1135" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="0043C473" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00351664" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="42D43250" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00351664" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="619B0C4A" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00351664" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="14336A52" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00C45311" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="138293CC" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00A05198" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A05198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="136CC1F1" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00A05198" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A05198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>очная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1334" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E59034E" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00A05198" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A05198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47E0AF7C" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00A05198" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A05198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11B91452" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00A05198" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A05198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="044D5354" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00A05198" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A05198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w14:paraId="7564FAFE" w14:textId="77777777" w:rsidTr="006F03D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1135" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="15B1AEEB" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00351664" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5C9022CB" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00351664" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="2093B325" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00351664" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5D4C4D69" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00C45311" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53428D1C" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00A05198" w:rsidRDefault="00EA2CF1" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A05198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B2C4E74" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00A05198" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A05198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>очная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1334" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DCA8578" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00A05198" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A05198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D6F1174" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00A05198" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A05198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38FD6635" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00A05198" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A05198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C46DBA3" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00A05198" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A05198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w14:paraId="107133AC" w14:textId="77777777" w:rsidTr="006F03D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1135" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="3DFDC900" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00351664" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="4C14E00A" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00351664" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="57E3ADB5" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00351664" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="548BDCEF" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00C45311" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14A7910C" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00A05198" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A05198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B743320" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00A05198" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A05198">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очно-заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002300AB" w:rsidRPr="00F741AB" w:rsidRDefault="002300AB" w:rsidP="002300AB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00F741AB">
+          <w:p w14:paraId="33DA548D" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00A05198" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A05198">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002300AB" w:rsidRPr="00F741AB" w:rsidRDefault="002300AB" w:rsidP="002300AB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00F741AB">
+          <w:p w14:paraId="59EA7DDD" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00A05198" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A05198">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002300AB" w:rsidRPr="00F741AB" w:rsidRDefault="002300AB" w:rsidP="002300AB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00F741AB">
+          <w:p w14:paraId="13EB5C8E" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00A05198" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A05198">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002300AB" w:rsidRPr="00F741AB" w:rsidRDefault="002300AB" w:rsidP="002300AB">
-[...11 lines deleted...]
-              <w:t>45</w:t>
+          <w:p w14:paraId="474A8230" w14:textId="422ECA91" w:rsidR="007E4119" w:rsidRPr="00A05198" w:rsidRDefault="006E4278" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A05198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05198" w:rsidRPr="00A05198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002300AB" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+      <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w14:paraId="38AA6055" w14:textId="77777777" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...14 lines deleted...]
-            </w:r>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="61D804DB" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00351664" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...16 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="373F2851" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00351664" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...15 lines deleted...]
-            </w:r>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="0CFA6E57" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00351664" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...6 lines deleted...]
-                <w:highlight w:val="yellow"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="7E67BAF2" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00C45311" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C45311">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C7BD0B8" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00A05198" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A05198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="650317F4" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00A05198" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A05198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>очно-заочная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1334" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42BAE83F" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00A05198" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A05198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="176C955A" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00A05198" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A05198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BAA56B7" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00A05198" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A05198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10CD8D17" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00A05198" w:rsidRDefault="0057396D" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A05198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w14:paraId="56FD4747" w14:textId="77777777" w:rsidTr="006F03D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1135" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="7B3E6076" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00351664" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="230788ED" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00351664" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="731CC1E3" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00351664" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="314720D8" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00C45311" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">Высшее образование - </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00C45311">
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10C3D038" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00A05198" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A05198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4317AE57" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00A05198" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A05198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>очно-заочная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1334" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E8809B5" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00A05198" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A05198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43E9573F" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00A05198" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A05198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69C4D457" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00A05198" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A05198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F13003F" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00A05198" w:rsidRDefault="00EF7EC6" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A05198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>95</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w14:paraId="6EDFF7B4" w14:textId="77777777" w:rsidTr="006F03D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1135" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="4DA45931" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00351664" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="34FE83F2" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00351664" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="231897E8" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00351664" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="01887394" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00C45311" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>бакалавриат</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002300AB" w:rsidRPr="00C859A0" w:rsidRDefault="002300AB" w:rsidP="002300AB">
-[...11 lines deleted...]
-              <w:t>1</w:t>
+          <w:p w14:paraId="6AC6B580" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00A05198" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A05198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002300AB" w:rsidRPr="00C859A0" w:rsidRDefault="002300AB" w:rsidP="002300AB">
-[...11 lines deleted...]
-              <w:t>очная</w:t>
+          <w:p w14:paraId="642DED4E" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00A05198" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A05198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>очно-заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002300AB" w:rsidRPr="00C17766" w:rsidRDefault="002300AB" w:rsidP="002300AB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00C17766">
+          <w:p w14:paraId="50F5ADD0" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00A05198" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A05198">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002300AB" w:rsidRPr="00C17766" w:rsidRDefault="002300AB" w:rsidP="002300AB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00C17766">
+          <w:p w14:paraId="7C19F4A7" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00A05198" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A05198">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002300AB" w:rsidRPr="00C17766" w:rsidRDefault="002300AB" w:rsidP="002300AB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00C17766">
+          <w:p w14:paraId="0ACBA0AF" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00A05198" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A05198">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002300AB" w:rsidRPr="00C17766" w:rsidRDefault="007E4119" w:rsidP="002300AB">
-[...11 lines deleted...]
-              <w:t>75</w:t>
+          <w:p w14:paraId="40E01059" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00A05198" w:rsidRDefault="0057396D" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A05198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>55</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
-[...1076 lines deleted...]
-      <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w:rsidTr="00526FDB">
+      <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w14:paraId="65644B9D" w14:textId="77777777" w:rsidTr="00526FDB">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="001D6A37" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+          <w:p w14:paraId="212E9846" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="001D6A37" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6A37">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>44.03.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="001D6A37" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+          <w:p w14:paraId="13946DDB" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="001D6A37" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6A37">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Безопасность жизнедеятельности, История, Дошкольное образование, Начальное образование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="001D6A37" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+          <w:p w14:paraId="4047156B" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="001D6A37" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6A37">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Педагогическое образование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="001D6A37" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+          <w:p w14:paraId="020D7FD1" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="001D6A37" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6A37">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">Высшее образование - </w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Высшее образование - бакалавриат</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00070B25" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00070B25">
+          <w:p w14:paraId="5AED3583" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00E44A0C" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E44A0C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00070B25" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00070B25">
+          <w:p w14:paraId="592AD275" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00E44A0C" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E44A0C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="003450AC" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="003450AC">
+          <w:p w14:paraId="5AD8CA9D" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00E44A0C" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E44A0C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="003450AC" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="003450AC">
+          <w:p w14:paraId="49E1C965" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00E44A0C" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E44A0C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="003450AC" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="003450AC">
+          <w:p w14:paraId="75F7F1CB" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00E44A0C" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E44A0C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="003450AC" w:rsidRDefault="00EC2A58" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="003450AC">
+          <w:p w14:paraId="4403EB3D" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00E44A0C" w:rsidRDefault="00EC2A58" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E44A0C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>276</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w:rsidTr="00526FDB">
+      <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w14:paraId="554792BE" w14:textId="77777777" w:rsidTr="00526FDB">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="001D6A37" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+          <w:p w14:paraId="53B5B8AD" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="001D6A37" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="001D6A37" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+          <w:p w14:paraId="7D7A9B3D" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="001D6A37" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="001D6A37" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+          <w:p w14:paraId="63A25D8E" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="001D6A37" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="001D6A37" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+          <w:p w14:paraId="66EC0E17" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="001D6A37" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00070B25" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00070B25">
+          <w:p w14:paraId="08E56BB7" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00E44A0C" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E44A0C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00070B25" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00070B25">
+          <w:p w14:paraId="6461F969" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00E44A0C" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E44A0C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="003450AC" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="003450AC">
+          <w:p w14:paraId="1DAA1840" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00E44A0C" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E44A0C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="003450AC" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="003450AC">
+          <w:p w14:paraId="21710055" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00E44A0C" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E44A0C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="003450AC" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="003450AC">
+          <w:p w14:paraId="07266F62" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00E44A0C" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E44A0C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="003450AC" w:rsidRDefault="007E4119" w:rsidP="00162F5A">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="003450AC">
+          <w:p w14:paraId="688BC669" w14:textId="44834B97" w:rsidR="007E4119" w:rsidRPr="00E44A0C" w:rsidRDefault="007E4119" w:rsidP="00162F5A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E44A0C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
-            <w:r w:rsidR="003450AC" w:rsidRPr="003450AC">
-[...5 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidR="00E44A0C" w:rsidRPr="00E44A0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w:rsidTr="00526FDB">
+      <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w14:paraId="1FB7EA8E" w14:textId="77777777" w:rsidTr="00526FDB">
         <w:trPr>
           <w:trHeight w:val="254"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="001D6A37" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+          <w:p w14:paraId="35D572BE" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="001D6A37" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="001D6A37" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+          <w:p w14:paraId="589FB631" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="001D6A37" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="001D6A37" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+          <w:p w14:paraId="021D6779" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="001D6A37" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="001D6A37" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+          <w:p w14:paraId="3D172F20" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="001D6A37" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00070B25" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00070B25">
+          <w:p w14:paraId="3D77B1E0" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00E44A0C" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E44A0C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00070B25" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00070B25">
+          <w:p w14:paraId="33EFA149" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00E44A0C" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E44A0C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00C81933" w:rsidRDefault="00EC2A58" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00C81933">
+          <w:p w14:paraId="0B0B4F3B" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00E44A0C" w:rsidRDefault="00EC2A58" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E44A0C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00C81933" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00C81933">
+          <w:p w14:paraId="4BEB3884" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00E44A0C" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E44A0C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00C81933" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00C81933">
+          <w:p w14:paraId="19E3EEA1" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00E44A0C" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E44A0C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00C81933" w:rsidRDefault="00EC2A58" w:rsidP="00EC2A58">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00C81933">
+          <w:p w14:paraId="584665B0" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00E44A0C" w:rsidRDefault="00EC2A58" w:rsidP="00EC2A58">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E44A0C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>182</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w:rsidTr="00526FDB">
+      <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w14:paraId="5731EB40" w14:textId="77777777" w:rsidTr="00526FDB">
         <w:trPr>
           <w:trHeight w:val="254"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="001D6A37" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+          <w:p w14:paraId="6DAE065A" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="001D6A37" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="001D6A37" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+          <w:p w14:paraId="48369073" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="001D6A37" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="001D6A37" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+          <w:p w14:paraId="70505907" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="001D6A37" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="001D6A37" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+          <w:p w14:paraId="557445CC" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="001D6A37" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00070B25" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00070B25">
+          <w:p w14:paraId="68A67E72" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00E44A0C" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E44A0C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00070B25" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00070B25">
+          <w:p w14:paraId="564DC55D" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00E44A0C" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E44A0C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00C81933" w:rsidRDefault="00EC2A58" w:rsidP="007E4119">
-[...11 lines deleted...]
-              <w:t>–</w:t>
+          <w:p w14:paraId="0099547C" w14:textId="7272118D" w:rsidR="007E4119" w:rsidRPr="00E44A0C" w:rsidRDefault="00E44A0C" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E44A0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00C81933" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00C81933">
+          <w:p w14:paraId="154AC868" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00E44A0C" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E44A0C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00C81933" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00C81933">
+          <w:p w14:paraId="70F6E977" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00E44A0C" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E44A0C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00C81933" w:rsidRDefault="00EC2A58" w:rsidP="007E4119">
-[...11 lines deleted...]
-              <w:t>208</w:t>
+          <w:p w14:paraId="4B675B99" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00E44A0C" w:rsidRDefault="0088342C" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E44A0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>207</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w:rsidTr="00526FDB">
-[...191 lines deleted...]
-      <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+      <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w14:paraId="22BDDA96" w14:textId="77777777" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="004D53E5" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+          <w:p w14:paraId="43AEF339" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="004D53E5" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D53E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>44.03.02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="004D53E5" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+          <w:p w14:paraId="29B59F7C" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="004D53E5" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D53E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Психология образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="004D53E5" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+          <w:p w14:paraId="37B4205A" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="004D53E5" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D53E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Психолого-педагогическое образование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="004D53E5" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+          <w:p w14:paraId="144A0167" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="004D53E5" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D53E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">Высшее образование - </w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Высшее образование - бакалавриат</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00276007" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00276007">
+          <w:p w14:paraId="762484B0" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00DF7EAE" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF7EAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00276007" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00276007">
+          <w:p w14:paraId="72033D95" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00DF7EAE" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF7EAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00A56405" w:rsidRDefault="006B653E" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A56405">
+          <w:p w14:paraId="015E81D5" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00DF7EAE" w:rsidRDefault="006B653E" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF7EAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00A56405" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A56405">
+          <w:p w14:paraId="21A76FDE" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00DF7EAE" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF7EAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00A56405" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A56405">
+          <w:p w14:paraId="2F7B66ED" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00DF7EAE" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF7EAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="001B72BC" w:rsidRDefault="006B653E" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="001B72BC">
+          <w:p w14:paraId="2C2857D2" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00DF7EAE" w:rsidRDefault="006B653E" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF7EAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>99</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+      <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w14:paraId="2C57CB5A" w14:textId="77777777" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00892353" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+          <w:p w14:paraId="68776CAB" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00892353" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00892353" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+          <w:p w14:paraId="4890B8D8" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00892353" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00892353" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+          <w:p w14:paraId="73101B05" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00892353" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00892353" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+          <w:p w14:paraId="4BE985E1" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00892353" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00276007" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00276007">
+          <w:p w14:paraId="58C1D457" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00DF7EAE" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF7EAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00276007" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00276007">
+          <w:p w14:paraId="1EFBF203" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00DF7EAE" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF7EAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00A56405" w:rsidRDefault="00ED7B7B" w:rsidP="007E4119">
-[...11 lines deleted...]
-              <w:t>4</w:t>
+          <w:p w14:paraId="42801FDA" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00DF7EAE" w:rsidRDefault="004F0A0C" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF7EAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00A56405" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A56405">
+          <w:p w14:paraId="4852C1F7" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00DF7EAE" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF7EAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00A56405" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A56405">
+          <w:p w14:paraId="29E7FD6B" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00DF7EAE" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF7EAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="001B72BC" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="001B72BC">
+          <w:p w14:paraId="43F1BFCC" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00DF7EAE" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF7EAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+      <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w14:paraId="3D035651" w14:textId="77777777" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00892353" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+          <w:p w14:paraId="3F211828" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00892353" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00892353" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+          <w:p w14:paraId="73A895EA" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00892353" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00892353" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+          <w:p w14:paraId="258C149E" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00892353" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00892353" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+          <w:p w14:paraId="09FFA660" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00892353" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00276007" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00276007">
+          <w:p w14:paraId="2F9E7476" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00DF7EAE" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF7EAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00276007" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00276007">
+          <w:p w14:paraId="6CE6A68F" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00DF7EAE" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF7EAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00A56405" w:rsidRDefault="006B653E" w:rsidP="007E4119">
-[...11 lines deleted...]
-              <w:t>3</w:t>
+          <w:p w14:paraId="6790B807" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00DF7EAE" w:rsidRDefault="004F0A0C" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF7EAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00A56405" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A56405">
+          <w:p w14:paraId="35F0DCF4" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00DF7EAE" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF7EAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00A56405" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A56405">
+          <w:p w14:paraId="74595281" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00DF7EAE" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF7EAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="001B72BC" w:rsidRDefault="006B653E" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="001B72BC">
+          <w:p w14:paraId="21BF2536" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00DF7EAE" w:rsidRDefault="006B653E" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF7EAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+      <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w14:paraId="2A4377DD" w14:textId="77777777" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00892353" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+          <w:p w14:paraId="44134920" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00892353" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00892353" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+          <w:p w14:paraId="32E93973" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00892353" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00892353" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+          <w:p w14:paraId="384DCF0A" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00892353" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00892353" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+          <w:p w14:paraId="1C0C7971" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00892353" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00276007" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00276007">
+          <w:p w14:paraId="259BB07B" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00DF7EAE" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF7EAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00276007" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00276007">
+          <w:p w14:paraId="60CE1CA6" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00DF7EAE" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF7EAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00A56405" w:rsidRDefault="006B653E" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A56405">
+          <w:p w14:paraId="5E2DEE76" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00DF7EAE" w:rsidRDefault="006B653E" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF7EAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00A56405" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A56405">
+          <w:p w14:paraId="2321FCC3" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00DF7EAE" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF7EAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00A56405" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A56405">
+          <w:p w14:paraId="69EA7AC9" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00DF7EAE" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF7EAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="001B72BC" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="001B72BC">
+          <w:p w14:paraId="637568D4" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00DF7EAE" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF7EAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+      <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w14:paraId="4C916001" w14:textId="77777777" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00892353" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+          <w:p w14:paraId="795A33DF" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00892353" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00892353" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+          <w:p w14:paraId="1484E302" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00892353" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00892353" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+          <w:p w14:paraId="490573E8" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00892353" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00892353" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+          <w:p w14:paraId="713C5D40" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00892353" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00EE4962" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00EE4962">
+          <w:p w14:paraId="33D25584" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00FC107D" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC107D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00EE4962" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00EE4962">
+          <w:p w14:paraId="272766C5" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00FC107D" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC107D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="001B72BC" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...11 lines deleted...]
-              <w:t>–</w:t>
+          <w:p w14:paraId="2D9E67CA" w14:textId="2C52EB82" w:rsidR="007E4119" w:rsidRPr="00FC107D" w:rsidRDefault="00FC107D" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="001B72BC" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="001B72BC">
+          <w:p w14:paraId="31006A27" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00FC107D" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC107D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="001B72BC" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="001B72BC">
+          <w:p w14:paraId="77F535BA" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00FC107D" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC107D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="001B72BC" w:rsidRDefault="004A0655" w:rsidP="007E4119">
-[...11 lines deleted...]
-              <w:t>64</w:t>
+          <w:p w14:paraId="151B1F6D" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00FC107D" w:rsidRDefault="0015323B" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC107D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>65</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+      <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w14:paraId="0C285B36" w14:textId="77777777" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00892353" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+          <w:p w14:paraId="001CE42D" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00892353" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00892353" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+          <w:p w14:paraId="6F6A55B5" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00892353" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00892353" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+          <w:p w14:paraId="5D66E5E8" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00892353" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00892353" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+          <w:p w14:paraId="4F8EE5BF" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00892353" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00EE4962" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00EE4962">
+          <w:p w14:paraId="3810C2E1" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00FC107D" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC107D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00EE4962" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00EE4962">
+          <w:p w14:paraId="7610FA31" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00FC107D" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC107D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="001B72BC" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="001B72BC">
+          <w:p w14:paraId="045B1C72" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00FC107D" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC107D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="001B72BC" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="001B72BC">
+          <w:p w14:paraId="365EF198" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00FC107D" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC107D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="001B72BC" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="001B72BC">
+          <w:p w14:paraId="73672630" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00FC107D" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC107D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="001B72BC" w:rsidRDefault="004A0655" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="001B72BC">
+          <w:p w14:paraId="5730F4B3" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00FC107D" w:rsidRDefault="004A0655" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC107D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>38</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+      <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w14:paraId="7BD9D29C" w14:textId="77777777" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00892353" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+          <w:p w14:paraId="033FD47A" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00892353" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00892353" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+          <w:p w14:paraId="42C70617" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00892353" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00892353" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+          <w:p w14:paraId="68417BEB" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00892353" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00892353" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+          <w:p w14:paraId="333BD5DE" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00892353" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00EE4962" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00EE4962">
+          <w:p w14:paraId="198863EB" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00FC107D" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC107D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00EE4962" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00EE4962">
+          <w:p w14:paraId="206DDFAD" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00FC107D" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC107D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="001B72BC" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...11 lines deleted...]
-              <w:t>–</w:t>
+          <w:p w14:paraId="322AB741" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00FC107D" w:rsidRDefault="00266C67" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC107D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="001B72BC" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="001B72BC">
+          <w:p w14:paraId="2BC5166D" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00FC107D" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC107D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="001B72BC" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="001B72BC">
+          <w:p w14:paraId="42FA16F5" w14:textId="77777777" w:rsidR="007E4119" w:rsidRPr="00FC107D" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC107D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="001B72BC" w:rsidRDefault="004A0655" w:rsidP="007E4119">
-[...11 lines deleted...]
-              <w:t>43</w:t>
+          <w:p w14:paraId="0F4F9A29" w14:textId="18094FC3" w:rsidR="007E4119" w:rsidRPr="00FC107D" w:rsidRDefault="0015323B" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC107D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC107D" w:rsidRPr="00FC107D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A0655" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+      <w:tr w:rsidR="004A0655" w:rsidRPr="00E07D2F" w14:paraId="063FD70F" w14:textId="77777777" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="004A0655" w:rsidRPr="00892353" w:rsidRDefault="004A0655" w:rsidP="004A0655">
+          <w:p w14:paraId="6E71A1F5" w14:textId="77777777" w:rsidR="004A0655" w:rsidRPr="00892353" w:rsidRDefault="004A0655" w:rsidP="004A0655">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="004A0655" w:rsidRPr="00892353" w:rsidRDefault="004A0655" w:rsidP="004A0655">
+          <w:p w14:paraId="185F1470" w14:textId="77777777" w:rsidR="004A0655" w:rsidRPr="00892353" w:rsidRDefault="004A0655" w:rsidP="004A0655">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="004A0655" w:rsidRPr="00892353" w:rsidRDefault="004A0655" w:rsidP="004A0655">
+          <w:p w14:paraId="129FDDD7" w14:textId="77777777" w:rsidR="004A0655" w:rsidRPr="00892353" w:rsidRDefault="004A0655" w:rsidP="004A0655">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="004A0655" w:rsidRPr="00892353" w:rsidRDefault="004A0655" w:rsidP="004A0655">
+          <w:p w14:paraId="1A0E29B8" w14:textId="77777777" w:rsidR="004A0655" w:rsidRPr="00892353" w:rsidRDefault="004A0655" w:rsidP="004A0655">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004A0655" w:rsidRPr="00EE4962" w:rsidRDefault="004A0655" w:rsidP="004A0655">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00EE4962">
+          <w:p w14:paraId="2C633C8E" w14:textId="77777777" w:rsidR="004A0655" w:rsidRPr="00FC107D" w:rsidRDefault="004A0655" w:rsidP="004A0655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC107D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004A0655" w:rsidRPr="00EE4962" w:rsidRDefault="004A0655" w:rsidP="004A0655">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00EE4962">
+          <w:p w14:paraId="7616DCB7" w14:textId="77777777" w:rsidR="004A0655" w:rsidRPr="00FC107D" w:rsidRDefault="004A0655" w:rsidP="004A0655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC107D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004A0655" w:rsidRPr="001B72BC" w:rsidRDefault="004A0655" w:rsidP="004A0655">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="001B72BC">
+          <w:p w14:paraId="661E3D1B" w14:textId="77777777" w:rsidR="004A0655" w:rsidRPr="00FC107D" w:rsidRDefault="004A0655" w:rsidP="004A0655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC107D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004A0655" w:rsidRPr="001B72BC" w:rsidRDefault="004A0655" w:rsidP="004A0655">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="001B72BC">
+          <w:p w14:paraId="311B32EA" w14:textId="77777777" w:rsidR="004A0655" w:rsidRPr="00FC107D" w:rsidRDefault="004A0655" w:rsidP="004A0655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC107D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004A0655" w:rsidRPr="001B72BC" w:rsidRDefault="004A0655" w:rsidP="004A0655">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="001B72BC">
+          <w:p w14:paraId="7B7D0961" w14:textId="77777777" w:rsidR="004A0655" w:rsidRPr="00FC107D" w:rsidRDefault="004A0655" w:rsidP="004A0655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC107D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004A0655" w:rsidRPr="001B72BC" w:rsidRDefault="009D3AFA" w:rsidP="004A0655">
-[...11 lines deleted...]
-              <w:t>20</w:t>
+          <w:p w14:paraId="06DDCE4B" w14:textId="62B2CFF3" w:rsidR="004A0655" w:rsidRPr="00FC107D" w:rsidRDefault="009D3AFA" w:rsidP="004A0655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC107D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC107D" w:rsidRPr="00FC107D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A0655" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+      <w:tr w:rsidR="004A0655" w:rsidRPr="00E07D2F" w14:paraId="0B9CE026" w14:textId="77777777" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="004A0655" w:rsidRPr="00892353" w:rsidRDefault="004A0655" w:rsidP="004A0655">
+          <w:p w14:paraId="5A2A1CAF" w14:textId="77777777" w:rsidR="004A0655" w:rsidRPr="00892353" w:rsidRDefault="004A0655" w:rsidP="004A0655">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="004A0655" w:rsidRPr="00892353" w:rsidRDefault="004A0655" w:rsidP="004A0655">
+          <w:p w14:paraId="1C9B554B" w14:textId="77777777" w:rsidR="004A0655" w:rsidRPr="00892353" w:rsidRDefault="004A0655" w:rsidP="004A0655">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="004A0655" w:rsidRPr="00892353" w:rsidRDefault="004A0655" w:rsidP="004A0655">
+          <w:p w14:paraId="0E23F16B" w14:textId="77777777" w:rsidR="004A0655" w:rsidRPr="00892353" w:rsidRDefault="004A0655" w:rsidP="004A0655">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="004A0655" w:rsidRPr="00892353" w:rsidRDefault="004A0655" w:rsidP="004A0655">
+          <w:p w14:paraId="13F1612D" w14:textId="77777777" w:rsidR="004A0655" w:rsidRPr="00892353" w:rsidRDefault="004A0655" w:rsidP="004A0655">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004A0655" w:rsidRPr="00EE4962" w:rsidRDefault="004A0655" w:rsidP="004A0655">
-[...6 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="2E29C3E1" w14:textId="77777777" w:rsidR="004A0655" w:rsidRPr="00FC107D" w:rsidRDefault="004A0655" w:rsidP="004A0655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC107D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004A0655" w:rsidRPr="00EE4962" w:rsidRDefault="004A0655" w:rsidP="004A0655">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00EE4962">
+          <w:p w14:paraId="134C61FD" w14:textId="77777777" w:rsidR="004A0655" w:rsidRPr="00FC107D" w:rsidRDefault="004A0655" w:rsidP="004A0655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC107D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004A0655" w:rsidRPr="001B72BC" w:rsidRDefault="004A0655" w:rsidP="004A0655">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="001B72BC">
+          <w:p w14:paraId="7457D2D1" w14:textId="77777777" w:rsidR="004A0655" w:rsidRPr="00FC107D" w:rsidRDefault="004A0655" w:rsidP="004A0655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC107D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004A0655" w:rsidRPr="001B72BC" w:rsidRDefault="004A0655" w:rsidP="004A0655">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="001B72BC">
+          <w:p w14:paraId="683F86B2" w14:textId="77777777" w:rsidR="004A0655" w:rsidRPr="00FC107D" w:rsidRDefault="004A0655" w:rsidP="004A0655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC107D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004A0655" w:rsidRPr="001B72BC" w:rsidRDefault="004A0655" w:rsidP="004A0655">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="001B72BC">
+          <w:p w14:paraId="681F54B8" w14:textId="77777777" w:rsidR="004A0655" w:rsidRPr="00FC107D" w:rsidRDefault="004A0655" w:rsidP="004A0655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC107D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004A0655" w:rsidRPr="001B72BC" w:rsidRDefault="004A0655" w:rsidP="004A0655">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="001B72BC">
+          <w:p w14:paraId="150212EE" w14:textId="77777777" w:rsidR="004A0655" w:rsidRPr="00FC107D" w:rsidRDefault="004A0655" w:rsidP="004A0655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC107D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>74</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A0655" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+      <w:tr w:rsidR="004A0655" w:rsidRPr="00E07D2F" w14:paraId="7B8D7513" w14:textId="77777777" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="004A0655" w:rsidRPr="003F2EFF" w:rsidRDefault="004A0655" w:rsidP="004A0655">
+          <w:p w14:paraId="1C4FC150" w14:textId="77777777" w:rsidR="004A0655" w:rsidRPr="003F2EFF" w:rsidRDefault="004A0655" w:rsidP="004A0655">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F2EFF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>44.03.05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="004A0655" w:rsidRPr="003F2EFF" w:rsidRDefault="004A0655" w:rsidP="004A0655">
+          <w:p w14:paraId="3AB7D3AF" w14:textId="77777777" w:rsidR="004A0655" w:rsidRPr="003F2EFF" w:rsidRDefault="004A0655" w:rsidP="004A0655">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F2EFF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Английский язык, Немецкий язык; Дошкольное образование, Коррекционная педагогика; Начальное образование, Коррекционная педагогика; Информатика, Информатизация образования; История, Обществознание; Безопасность жизнедеятельности, Физическая культура; Русский язык, Литература; Математика, Физика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="004A0655" w:rsidRPr="003F2EFF" w:rsidRDefault="004A0655" w:rsidP="004A0655">
+          <w:p w14:paraId="3940AE33" w14:textId="77777777" w:rsidR="004A0655" w:rsidRPr="003F2EFF" w:rsidRDefault="004A0655" w:rsidP="004A0655">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F2EFF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Педагогическое образование (с двумя профилями подготовки)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="004A0655" w:rsidRPr="003F2EFF" w:rsidRDefault="004A0655" w:rsidP="004A0655">
+          <w:p w14:paraId="0167BB44" w14:textId="77777777" w:rsidR="004A0655" w:rsidRPr="003F2EFF" w:rsidRDefault="004A0655" w:rsidP="004A0655">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F2EFF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">Высшее образование - </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="003F2EFF">
+              <w:t>Высшее образование - бакалавриат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0387BFED" w14:textId="77777777" w:rsidR="004A0655" w:rsidRPr="00EA1C23" w:rsidRDefault="004A0655" w:rsidP="004A0655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA1C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09DA9EA0" w14:textId="77777777" w:rsidR="004A0655" w:rsidRPr="00EA1C23" w:rsidRDefault="004A0655" w:rsidP="004A0655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA1C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>очная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1334" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23040F97" w14:textId="46A930F0" w:rsidR="004A0655" w:rsidRPr="00EA1C23" w:rsidRDefault="00EA1C23" w:rsidP="004A0655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA1C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DD6D58C" w14:textId="77777777" w:rsidR="004A0655" w:rsidRPr="00EA1C23" w:rsidRDefault="004A0655" w:rsidP="004A0655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA1C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65CB4907" w14:textId="77777777" w:rsidR="004A0655" w:rsidRPr="00EA1C23" w:rsidRDefault="004A0655" w:rsidP="004A0655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA1C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42BD8468" w14:textId="77777777" w:rsidR="004A0655" w:rsidRPr="00EA1C23" w:rsidRDefault="004A0655" w:rsidP="004A0655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA1C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC505E" w:rsidRPr="00EA1C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>99</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004A0655" w:rsidRPr="00E07D2F" w14:paraId="5CC13275" w14:textId="77777777" w:rsidTr="006F03D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1135" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="7CD15E4C" w14:textId="77777777" w:rsidR="004A0655" w:rsidRPr="003F2EFF" w:rsidRDefault="004A0655" w:rsidP="004A0655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="071B8851" w14:textId="77777777" w:rsidR="004A0655" w:rsidRPr="003F2EFF" w:rsidRDefault="004A0655" w:rsidP="004A0655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="464944E5" w14:textId="77777777" w:rsidR="004A0655" w:rsidRPr="003F2EFF" w:rsidRDefault="004A0655" w:rsidP="004A0655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="03E4EB3F" w14:textId="77777777" w:rsidR="004A0655" w:rsidRPr="003F2EFF" w:rsidRDefault="004A0655" w:rsidP="004A0655">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>бакалавриат</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004A0655" w:rsidRPr="00004DFB" w:rsidRDefault="004A0655" w:rsidP="004A0655">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00004DFB">
+          <w:p w14:paraId="00219281" w14:textId="77777777" w:rsidR="004A0655" w:rsidRPr="00EA1C23" w:rsidRDefault="004A0655" w:rsidP="004A0655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA1C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22FDFE56" w14:textId="77777777" w:rsidR="004A0655" w:rsidRPr="00EA1C23" w:rsidRDefault="004A0655" w:rsidP="004A0655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA1C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>очная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1334" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0512E7D0" w14:textId="6324D871" w:rsidR="004A0655" w:rsidRPr="00EA1C23" w:rsidRDefault="00EA1C23" w:rsidP="004A0655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA1C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4153CBC3" w14:textId="77777777" w:rsidR="004A0655" w:rsidRPr="00EA1C23" w:rsidRDefault="004A0655" w:rsidP="004A0655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA1C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46BCD054" w14:textId="77777777" w:rsidR="004A0655" w:rsidRPr="00EA1C23" w:rsidRDefault="004A0655" w:rsidP="004A0655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA1C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54911436" w14:textId="77777777" w:rsidR="004A0655" w:rsidRPr="00EA1C23" w:rsidRDefault="00EC505E" w:rsidP="004A0655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA1C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>239</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EC505E" w:rsidRPr="00E07D2F" w14:paraId="5924C06C" w14:textId="77777777" w:rsidTr="006F03D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1135" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="7AB9A058" w14:textId="77777777" w:rsidR="00EC505E" w:rsidRPr="003F2EFF" w:rsidRDefault="00EC505E" w:rsidP="00EC505E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="3E495B1C" w14:textId="77777777" w:rsidR="00EC505E" w:rsidRPr="003F2EFF" w:rsidRDefault="00EC505E" w:rsidP="00EC505E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="1F3926DA" w14:textId="77777777" w:rsidR="00EC505E" w:rsidRPr="003F2EFF" w:rsidRDefault="00EC505E" w:rsidP="00EC505E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="6E943F53" w14:textId="77777777" w:rsidR="00EC505E" w:rsidRPr="003F2EFF" w:rsidRDefault="00EC505E" w:rsidP="00EC505E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="484E53F4" w14:textId="77777777" w:rsidR="00EC505E" w:rsidRPr="00EA1C23" w:rsidRDefault="00EC505E" w:rsidP="00EC505E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA1C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FF79AC4" w14:textId="77777777" w:rsidR="00EC505E" w:rsidRPr="00EA1C23" w:rsidRDefault="00EC505E" w:rsidP="00EC505E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA1C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>очная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1334" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58F95D51" w14:textId="16ED7BC9" w:rsidR="00EC505E" w:rsidRPr="00EA1C23" w:rsidRDefault="00EF7EC6" w:rsidP="00EC505E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA1C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA1C23" w:rsidRPr="00EA1C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="717DE00A" w14:textId="77777777" w:rsidR="00EC505E" w:rsidRPr="00EA1C23" w:rsidRDefault="00EC505E" w:rsidP="00EC505E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA1C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0508C3E4" w14:textId="77777777" w:rsidR="00EC505E" w:rsidRPr="00EA1C23" w:rsidRDefault="00EC505E" w:rsidP="00EC505E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA1C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C4FB6CE" w14:textId="7149C1A7" w:rsidR="00EC505E" w:rsidRPr="00EA1C23" w:rsidRDefault="00EC505E" w:rsidP="00EC505E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA1C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA1C23" w:rsidRPr="00EA1C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EC505E" w:rsidRPr="00E07D2F" w14:paraId="7C3AF6EB" w14:textId="77777777" w:rsidTr="006F03D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1135" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="71F6C2ED" w14:textId="77777777" w:rsidR="00EC505E" w:rsidRPr="003F2EFF" w:rsidRDefault="00EC505E" w:rsidP="00EC505E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="22A0FA2E" w14:textId="77777777" w:rsidR="00EC505E" w:rsidRPr="003F2EFF" w:rsidRDefault="00EC505E" w:rsidP="00EC505E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="14AA88C3" w14:textId="77777777" w:rsidR="00EC505E" w:rsidRPr="003F2EFF" w:rsidRDefault="00EC505E" w:rsidP="00EC505E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="6D4D5058" w14:textId="77777777" w:rsidR="00EC505E" w:rsidRPr="003F2EFF" w:rsidRDefault="00EC505E" w:rsidP="00EC505E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A101FF4" w14:textId="77777777" w:rsidR="00EC505E" w:rsidRPr="00EA1C23" w:rsidRDefault="00EC505E" w:rsidP="00EC505E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA1C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67A6A157" w14:textId="77777777" w:rsidR="00EC505E" w:rsidRPr="00EA1C23" w:rsidRDefault="00EC505E" w:rsidP="00EC505E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA1C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>очная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1334" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E886E4D" w14:textId="6D07E35A" w:rsidR="00EC505E" w:rsidRPr="00EA1C23" w:rsidRDefault="00AD7D31" w:rsidP="00EC505E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA1C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA1C23" w:rsidRPr="00EA1C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52FC8F29" w14:textId="77777777" w:rsidR="00EC505E" w:rsidRPr="00EA1C23" w:rsidRDefault="00EC505E" w:rsidP="00EC505E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA1C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E0CF63B" w14:textId="77777777" w:rsidR="00EC505E" w:rsidRPr="00EA1C23" w:rsidRDefault="00EC505E" w:rsidP="00EC505E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA1C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="124F0336" w14:textId="77777777" w:rsidR="00EC505E" w:rsidRPr="00EA1C23" w:rsidRDefault="00EC505E" w:rsidP="00EC505E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA1C23">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E420A4" w:rsidRPr="00E07D2F" w14:paraId="295676F7" w14:textId="77777777" w:rsidTr="006F03D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1135" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D1FA06F" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="003F2EFF" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F64327">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>44.03.05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="415AC752" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00E420A4" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E420A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Безопасность жизнедеятельности, Физическая культура</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="529D7E83" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00E420A4" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E420A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Педагогическое образование (с двумя профилями подготовки)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1690" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F0B4CBD" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00E420A4" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E420A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Высшее образование - бакалавриат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F8BF71A" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00E31507" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E31507">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004A0655" w:rsidRPr="00004DFB" w:rsidRDefault="004A0655" w:rsidP="004A0655">
-[...11 lines deleted...]
-              <w:t>очная</w:t>
+          <w:p w14:paraId="679397CE" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00E31507" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E31507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004A0655" w:rsidRPr="00A929EB" w:rsidRDefault="00EC505E" w:rsidP="004A0655">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A929EB">
+          <w:p w14:paraId="2433A150" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00E31507" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E31507">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004A0655" w:rsidRPr="00A929EB" w:rsidRDefault="004A0655" w:rsidP="004A0655">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A929EB">
+          <w:p w14:paraId="6BC04DFB" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00E31507" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E31507">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004A0655" w:rsidRPr="00A929EB" w:rsidRDefault="004A0655" w:rsidP="004A0655">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A929EB">
+          <w:p w14:paraId="4B7C80CE" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00E31507" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E31507">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004A0655" w:rsidRPr="006B2D80" w:rsidRDefault="004A0655" w:rsidP="004A0655">
-[...19 lines deleted...]
-              <w:t>99</w:t>
+          <w:p w14:paraId="02664AF6" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00E31507" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E31507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>189</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A0655" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
-[...750 lines deleted...]
-      <w:tr w:rsidR="00E420A4" w:rsidRPr="00E07D2F" w:rsidTr="007B6080">
+      <w:tr w:rsidR="00E420A4" w:rsidRPr="00E07D2F" w14:paraId="730F48C4" w14:textId="77777777" w:rsidTr="007B6080">
         <w:trPr>
           <w:trHeight w:val="759"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00F64327" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+          <w:p w14:paraId="751EB307" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00F64327" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F64327">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>44.03.05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00E420A4" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+          <w:p w14:paraId="35C70775" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00E420A4" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E420A4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Русский язык, Литература</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00E420A4" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+          <w:p w14:paraId="2F75ED58" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00E420A4" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E420A4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Педагогическое образование (с двумя профилями подготовки)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00E420A4" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+          <w:p w14:paraId="5A1F1AA4" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00E420A4" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E420A4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">Высшее образование - </w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Высшее образование - бакалавриат</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="0022490D" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="764DDEF7" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00DD331D" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD331D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="0022490D" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0022490D">
+          <w:p w14:paraId="246F9E52" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00DD331D" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD331D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00445C88" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00445C88">
+          <w:p w14:paraId="69197B8A" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00DD331D" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD331D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00445C88" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00445C88">
+          <w:p w14:paraId="11A54F7A" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00DD331D" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD331D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00445C88" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00445C88">
+          <w:p w14:paraId="0DE6B5D8" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00DD331D" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD331D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00445C88" w:rsidRDefault="001D6E2B" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00445C88">
+          <w:p w14:paraId="66DACD9F" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00DD331D" w:rsidRDefault="001D6E2B" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD331D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>33</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E420A4" w:rsidRPr="00E07D2F" w:rsidTr="007B6080">
+      <w:tr w:rsidR="00E420A4" w:rsidRPr="00E07D2F" w14:paraId="3395B59F" w14:textId="77777777" w:rsidTr="007B6080">
         <w:trPr>
           <w:trHeight w:val="759"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00F64327" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+          <w:p w14:paraId="2C6778A5" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00F64327" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00F64327" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+          <w:p w14:paraId="188C2C15" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00F64327" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00F64327" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+          <w:p w14:paraId="5483E8CF" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00F64327" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00F64327" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+          <w:p w14:paraId="63873C77" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00F64327" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="0022490D" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="56279751" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00DD331D" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD331D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="0022490D" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0022490D">
+          <w:p w14:paraId="47E4E274" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00DD331D" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD331D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00445C88" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00445C88">
+          <w:p w14:paraId="32D068CA" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00DD331D" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD331D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00445C88" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00445C88">
+          <w:p w14:paraId="0050CF66" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00DD331D" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD331D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00445C88" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00445C88">
+          <w:p w14:paraId="37313081" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00DD331D" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD331D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00A3284D" w:rsidRDefault="00EF7EC6" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A3284D">
+          <w:p w14:paraId="751EA465" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00DD331D" w:rsidRDefault="00EF7EC6" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD331D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>64</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E420A4" w:rsidRPr="00E07D2F" w:rsidTr="007B6080">
+      <w:tr w:rsidR="00E420A4" w:rsidRPr="00E07D2F" w14:paraId="08516A26" w14:textId="77777777" w:rsidTr="007B6080">
         <w:trPr>
           <w:trHeight w:val="759"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00F64327" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+          <w:p w14:paraId="11656337" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00F64327" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00F64327" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+          <w:p w14:paraId="799BEF46" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00F64327" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00F64327" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+          <w:p w14:paraId="6E373668" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00F64327" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00F64327" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+          <w:p w14:paraId="572F15DC" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00F64327" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="0022490D" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="44669048" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00DD331D" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD331D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="0022490D" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0022490D">
+          <w:p w14:paraId="2DBA018F" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00DD331D" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD331D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00445C88" w:rsidRDefault="00EF7EC6" w:rsidP="00E420A4">
-[...11 lines deleted...]
-              <w:t>2</w:t>
+          <w:p w14:paraId="53DA97E6" w14:textId="19710894" w:rsidR="00E420A4" w:rsidRPr="00DD331D" w:rsidRDefault="00DD331D" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD331D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00445C88" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00445C88">
+          <w:p w14:paraId="0402414D" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00DD331D" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD331D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00445C88" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00445C88">
+          <w:p w14:paraId="658FEC48" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00DD331D" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD331D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00A3284D" w:rsidRDefault="00413943" w:rsidP="00E420A4">
-[...11 lines deleted...]
-              <w:t>51</w:t>
+          <w:p w14:paraId="5D6860AB" w14:textId="0C94F5BF" w:rsidR="00E420A4" w:rsidRPr="00DD331D" w:rsidRDefault="00413943" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD331D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00DD331D" w:rsidRPr="00DD331D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E420A4" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+      <w:tr w:rsidR="00E420A4" w:rsidRPr="00E07D2F" w14:paraId="0C8B3930" w14:textId="77777777" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00FC1B85" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+          <w:p w14:paraId="3661E81B" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00FC1B85" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC1B85">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>44.03.05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00FC1B85" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+          <w:p w14:paraId="65122567" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00FC1B85" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC1B85">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Английский язык, </w:t>
+              <w:t xml:space="preserve">Английский язык, Немецкий язык; Дошкольное образование, Начальное образование; История, Обществознание; Безопасность жизнедеятельности, </w:t>
             </w:r>
             <w:r w:rsidRPr="00FC1B85">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Немецкий язык; Дошкольное образование, Начальное образование; История, Обществознание; Безопасность жизнедеятельности, Физическая культура; Русский язык, Литература; Математика, Физика</w:t>
+              <w:t>Физическая культура; Русский язык, Литература; Математика, Физика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00FC1B85" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+          <w:p w14:paraId="0431D935" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00FC1B85" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC1B85">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">Педагогическое </w:t>
-            </w:r>
+              <w:t>Педагогическое образование (с двумя профилями подготовки)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1690" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0766723E" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00FC1B85" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00FC1B85">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-              </w:rPr>
-[...13 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-            </w:pPr>
-[...27 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Высшее образование - бакалавриат</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="003E70E5" w:rsidRDefault="000D5CDC" w:rsidP="00E420A4">
-[...11 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w14:paraId="0039598B" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="006D5337" w:rsidRDefault="000D5CDC" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D5337">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="003E70E5" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="003E70E5">
+          <w:p w14:paraId="332CD2A2" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="006D5337" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D5337">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00AD7D31" w:rsidRDefault="00EF7EC6" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AD7D31">
+          <w:p w14:paraId="59995FFA" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="006D5337" w:rsidRDefault="00EF7EC6" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D5337">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00AD7D31" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AD7D31">
+          <w:p w14:paraId="6C03DADA" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="006D5337" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D5337">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00AD7D31" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AD7D31">
+          <w:p w14:paraId="6AEFBFA6" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="006D5337" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D5337">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00AD7D31" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AD7D31">
+          <w:p w14:paraId="0A983739" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="006D5337" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D5337">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>298</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E420A4" w:rsidRPr="00E07D2F" w:rsidTr="007B6080">
+      <w:tr w:rsidR="00E420A4" w:rsidRPr="00E07D2F" w14:paraId="5C3A0E08" w14:textId="77777777" w:rsidTr="007B6080">
         <w:trPr>
           <w:trHeight w:val="516"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="000761E5" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+          <w:p w14:paraId="541D91BF" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="000761E5" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000761E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>44.04.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="000761E5" w:rsidRDefault="00513D4A" w:rsidP="00E420A4">
+          <w:p w14:paraId="0D6D25C8" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="000761E5" w:rsidRDefault="00513D4A" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Математическое</w:t>
             </w:r>
             <w:r w:rsidR="00E420A4" w:rsidRPr="000761E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> образование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="000761E5" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+          <w:p w14:paraId="2F4F1185" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="000761E5" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000761E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Педагогическое образование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="000761E5" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+          <w:p w14:paraId="075FE713" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="000761E5" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000761E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Высшее образование - магистратура</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="002A1981" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002A1981">
+          <w:p w14:paraId="05306985" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00B4348D" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B4348D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="002A1981" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002A1981">
+          <w:p w14:paraId="2D4CCDD6" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00B4348D" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B4348D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00F37026" w:rsidRDefault="00513D4A" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00F37026">
+          <w:p w14:paraId="76815F42" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00B4348D" w:rsidRDefault="00513D4A" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B4348D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00F37026" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00F37026">
+          <w:p w14:paraId="5C3062FB" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00B4348D" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B4348D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00F37026" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00F37026">
+          <w:p w14:paraId="475228B3" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00B4348D" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B4348D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00F37026" w:rsidRDefault="00513D4A" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00F37026">
+          <w:p w14:paraId="35F03BFC" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00B4348D" w:rsidRDefault="00513D4A" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B4348D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E420A4" w:rsidRPr="00E07D2F" w:rsidTr="007B6080">
+      <w:tr w:rsidR="00E420A4" w:rsidRPr="00E07D2F" w14:paraId="0BE443A5" w14:textId="77777777" w:rsidTr="007B6080">
         <w:trPr>
           <w:trHeight w:val="516"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="000761E5" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+          <w:p w14:paraId="3A3940CB" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="000761E5" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000761E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>44.04.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="000761E5" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+          <w:p w14:paraId="41777733" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="000761E5" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000761E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Матем</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>атическое образование</w:t>
             </w:r>
             <w:r w:rsidR="00513D4A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>, Филологическое образование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="000761E5" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+          <w:p w14:paraId="1F24B5FF" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="000761E5" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000761E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Педагогическое образование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="000761E5" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+          <w:p w14:paraId="5E66C2A3" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="000761E5" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000761E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Высшее образование - магистратура</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="002A1981" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002A1981">
+          <w:p w14:paraId="2745E09A" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00B4348D" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B4348D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="002A1981" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002A1981">
+          <w:p w14:paraId="3EC63150" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00B4348D" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B4348D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00F37026" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...11 lines deleted...]
-              <w:t>–</w:t>
+          <w:p w14:paraId="545E9AD6" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00B4348D" w:rsidRDefault="001D500E" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B4348D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00F37026" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00F37026">
+          <w:p w14:paraId="4C66D63D" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00B4348D" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B4348D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00F37026" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00F37026">
+          <w:p w14:paraId="2035BB7A" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00B4348D" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B4348D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00F37026" w:rsidRDefault="00844AEA" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00F37026">
+          <w:p w14:paraId="4865FE94" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00B4348D" w:rsidRDefault="00844AEA" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B4348D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>200</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E420A4" w:rsidRPr="00E07D2F" w:rsidTr="007B6080">
+      <w:tr w:rsidR="00E420A4" w:rsidRPr="00E07D2F" w14:paraId="5335DCDD" w14:textId="77777777" w:rsidTr="007B6080">
         <w:trPr>
           <w:trHeight w:val="516"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="000761E5" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+          <w:p w14:paraId="4F03B62E" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="000761E5" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000761E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>44.04.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="000761E5" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+          <w:p w14:paraId="5C70E71D" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="000761E5" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000761E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Историческое образование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="000761E5" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+          <w:p w14:paraId="725F2CA8" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="000761E5" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000761E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Педагогическое образование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="000761E5" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+          <w:p w14:paraId="4841232A" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="000761E5" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000761E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Высшее образование - магистратура</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="002A1981" w:rsidRDefault="00844AEA" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="05EEDF19" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00B4348D" w:rsidRDefault="00844AEA" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B4348D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="002A1981" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="37F17795" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00B4348D" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B4348D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00F37026" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00F37026">
+          <w:p w14:paraId="45855D21" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00B4348D" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B4348D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00F37026" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00F37026">
+          <w:p w14:paraId="28529833" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00B4348D" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B4348D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00F37026" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00F37026">
+          <w:p w14:paraId="03A5B4DF" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00B4348D" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B4348D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00F37026" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00F37026">
+          <w:p w14:paraId="07188869" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00B4348D" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B4348D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E420A4" w:rsidRPr="00E07D2F" w:rsidTr="005673D6">
+      <w:tr w:rsidR="00E420A4" w:rsidRPr="00E07D2F" w14:paraId="59863705" w14:textId="77777777" w:rsidTr="005673D6">
         <w:trPr>
           <w:trHeight w:val="1518"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="000761E5" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+          <w:p w14:paraId="5466F761" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="000761E5" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000761E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>44.04.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="000761E5" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+          <w:p w14:paraId="0D2D3010" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="000761E5" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000761E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Математическое образование; Филологическое образование; Историческое образование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="000761E5" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+          <w:p w14:paraId="199997E7" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="000761E5" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000761E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Педагогическое образование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="000761E5" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+          <w:p w14:paraId="34653456" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="000761E5" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000761E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Высшее образование - магистратура</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00F03683" w:rsidRDefault="00D9171F" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="2995A2A8" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00B4348D" w:rsidRDefault="00D9171F" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B4348D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00F03683" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00F03683">
+          <w:p w14:paraId="6C8DD195" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00B4348D" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B4348D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00F37026" w:rsidRDefault="002049D4" w:rsidP="00E420A4">
-[...11 lines deleted...]
-              <w:t>7</w:t>
+          <w:p w14:paraId="17AE3712" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00B4348D" w:rsidRDefault="007E6462" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B4348D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00F37026" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00F37026">
+          <w:p w14:paraId="11835D6C" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00B4348D" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B4348D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00F37026" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00F37026">
+          <w:p w14:paraId="77A3AE54" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00B4348D" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B4348D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00F37026" w:rsidRDefault="00D9171F" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00F37026">
+          <w:p w14:paraId="5D63D243" w14:textId="77777777" w:rsidR="00E420A4" w:rsidRPr="00B4348D" w:rsidRDefault="00D9171F" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B4348D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D9171F" w:rsidRPr="00E07D2F" w:rsidTr="005673D6">
+      <w:tr w:rsidR="00D9171F" w:rsidRPr="00E07D2F" w14:paraId="40870583" w14:textId="77777777" w:rsidTr="005673D6">
         <w:trPr>
           <w:trHeight w:val="1518"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="000761E5" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+          <w:p w14:paraId="0CF99D20" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="000761E5" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>44.04.02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="000761E5" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+          <w:p w14:paraId="5F0D9416" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="000761E5" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Психологическое сопровождение образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="000761E5" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+          <w:p w14:paraId="26F70A6D" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="000761E5" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Психолого-педагогическое образование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="000761E5" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+          <w:p w14:paraId="6E57C9CB" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="000761E5" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000761E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Высшее образование - магистратура</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="38E5548D" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="00B4348D" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B4348D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00F03683" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00F03683">
+          <w:p w14:paraId="50E97CF7" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="00B4348D" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B4348D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00F37026" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00F37026">
+          <w:p w14:paraId="286BDE1B" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="00B4348D" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B4348D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00F37026" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00F37026">
+          <w:p w14:paraId="4D348B7F" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="00B4348D" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B4348D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00F37026" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00F37026">
+          <w:p w14:paraId="73D8713B" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="00B4348D" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B4348D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00F37026" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...11 lines deleted...]
-              <w:t>89</w:t>
+          <w:p w14:paraId="517CEC6D" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="00B4348D" w:rsidRDefault="007E6462" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B4348D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>90</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D9171F" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+      <w:tr w:rsidR="00D9171F" w:rsidRPr="00E07D2F" w14:paraId="304CE823" w14:textId="77777777" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+          <w:p w14:paraId="16EB4C5B" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960BE9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>09.02.07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+          <w:p w14:paraId="5BDD09C3" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+          <w:p w14:paraId="49CC5B5A" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960BE9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Информационные системы и программирование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+          <w:p w14:paraId="3FD9598C" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960BE9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Среднее профессиональное</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+          <w:p w14:paraId="104D1F23" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00024C2E" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00024C2E">
+          <w:p w14:paraId="79B03BEE" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="00D54112" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54112">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00024C2E" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00024C2E">
+          <w:p w14:paraId="78F81ED5" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="00D54112" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54112">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="009D14A5" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009D14A5">
+          <w:p w14:paraId="61C3B781" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="00D54112" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54112">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="009D14A5" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009D14A5">
+          <w:p w14:paraId="2C63BFE2" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="00D54112" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54112">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="009D14A5" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009D14A5">
+          <w:p w14:paraId="09C509C9" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="00D54112" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54112">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="009D14A5" w:rsidRDefault="009D14A5" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009D14A5">
+          <w:p w14:paraId="67151ED6" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="00D54112" w:rsidRDefault="009D14A5" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54112">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D9171F" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+      <w:tr w:rsidR="00D9171F" w:rsidRPr="00E07D2F" w14:paraId="2927B963" w14:textId="77777777" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+          <w:p w14:paraId="11724BE0" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+          <w:p w14:paraId="68D59CF3" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+          <w:p w14:paraId="65F3088A" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+          <w:p w14:paraId="379B9669" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00024C2E" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00024C2E">
+          <w:p w14:paraId="66E612C8" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="00D54112" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54112">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00024C2E" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00024C2E">
+          <w:p w14:paraId="236B7E4A" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="00D54112" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54112">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="009D14A5" w:rsidRDefault="00B574E2" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009D14A5">
+          <w:p w14:paraId="6DD8AB7B" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="00D54112" w:rsidRDefault="00B574E2" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54112">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="009D14A5" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009D14A5">
+          <w:p w14:paraId="2C377C47" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="00D54112" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54112">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="009D14A5" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009D14A5">
+          <w:p w14:paraId="67A78D87" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="00D54112" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54112">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="009D14A5" w:rsidRDefault="00533FC0" w:rsidP="00D9171F">
-[...11 lines deleted...]
-              <w:t>17</w:t>
+          <w:p w14:paraId="21ED56CD" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="00D54112" w:rsidRDefault="00486A70" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54112">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D9171F" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+      <w:tr w:rsidR="00D9171F" w:rsidRPr="00E07D2F" w14:paraId="38D211A1" w14:textId="77777777" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+          <w:p w14:paraId="73FFC64E" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+          <w:p w14:paraId="36679925" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+          <w:p w14:paraId="3F6AEF31" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+          <w:p w14:paraId="046700F9" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00024C2E" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00024C2E">
+          <w:p w14:paraId="7E9CFF95" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="00D54112" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54112">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00024C2E" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00024C2E">
+          <w:p w14:paraId="680600FF" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="00D54112" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54112">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="009D14A5" w:rsidRDefault="00B574E2" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009D14A5">
+          <w:p w14:paraId="496118DE" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="00D54112" w:rsidRDefault="004E17CF" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54112">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D03DB82" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="00D54112" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54112">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0808E26C" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="00D54112" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54112">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57E2F4B1" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="00D54112" w:rsidRDefault="00486A70" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54112">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D9171F" w:rsidRPr="00E07D2F" w14:paraId="32DF6E21" w14:textId="77777777" w:rsidTr="006F03D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1135" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="6DFB1378" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5426D575" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="70D7D4E0" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="230E7A61" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D79AF61" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="00D54112" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54112">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="404A1BC4" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="00D54112" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54112">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>очная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1334" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76180E09" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="00D54112" w:rsidRDefault="009D14A5" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54112">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="009D14A5" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009D14A5">
+          <w:p w14:paraId="13DF5553" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="00D54112" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54112">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="009D14A5" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009D14A5">
+          <w:p w14:paraId="79D913E9" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="00D54112" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54112">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="009D14A5" w:rsidRDefault="00B574E2" w:rsidP="00D9171F">
-[...11 lines deleted...]
-              <w:t>28</w:t>
+          <w:p w14:paraId="17DDCBC8" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="00D54112" w:rsidRDefault="00B574E2" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D54112">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D9171F" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
-[...177 lines deleted...]
-      <w:tr w:rsidR="00D9171F" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+      <w:tr w:rsidR="00D9171F" w:rsidRPr="00E07D2F" w14:paraId="044969F6" w14:textId="77777777" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+          <w:p w14:paraId="4090C3DA" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>13.02.11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+          <w:p w14:paraId="0CB65033" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+          <w:p w14:paraId="492F6B60" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960BE9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Техническая эксплуатация и обслуживание электрического и электромеханического оборудования (по </w:t>
-[...7 lines deleted...]
-              <w:t>отраслям)</w:t>
+              <w:t>Техническая эксплуатация и обслуживание электрического и электромеханического оборудования (по отраслям)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+          <w:p w14:paraId="3B371A37" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00553A95">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Среднее профессиональное</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00E060E9" w:rsidRDefault="002B651F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="4BF58FBD" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="006E44B2" w:rsidRDefault="002B651F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E44B2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00E060E9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E060E9">
+          <w:p w14:paraId="269824BF" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="006E44B2" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E44B2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00CE33A1" w:rsidRDefault="002B651F" w:rsidP="00D9171F">
-[...11 lines deleted...]
-              <w:t>10</w:t>
+          <w:p w14:paraId="35C67A1F" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="006E44B2" w:rsidRDefault="0042751E" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E44B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00CE33A1" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00CE33A1">
+          <w:p w14:paraId="1A47BCB9" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="006E44B2" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E44B2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00CE33A1" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00CE33A1">
+          <w:p w14:paraId="4D1FC74B" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="006E44B2" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E44B2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00CE33A1" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00CE33A1">
+          <w:p w14:paraId="572D6A07" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="00D334C5" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D334C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D9171F" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+      <w:tr w:rsidR="00D9171F" w:rsidRPr="00E07D2F" w14:paraId="2D25296E" w14:textId="77777777" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+          <w:p w14:paraId="0F72A690" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+          <w:p w14:paraId="3C6C8B86" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+          <w:p w14:paraId="2B3169C6" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+          <w:p w14:paraId="21B39F75" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00E060E9" w:rsidRDefault="002B651F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="02F90CC5" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="006E44B2" w:rsidRDefault="002B651F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E44B2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00E060E9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E060E9">
+          <w:p w14:paraId="276B9D10" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="006E44B2" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E44B2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00CE33A1" w:rsidRDefault="002B651F" w:rsidP="00D9171F">
-[...11 lines deleted...]
-              <w:t>3</w:t>
+          <w:p w14:paraId="66752AD5" w14:textId="2EF541CB" w:rsidR="00D9171F" w:rsidRPr="006E44B2" w:rsidRDefault="006E44B2" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E44B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00CE33A1" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00CE33A1">
+          <w:p w14:paraId="37F90AD1" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="006E44B2" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E44B2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00CE33A1" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00CE33A1">
+          <w:p w14:paraId="6820BACE" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="006E44B2" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E44B2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00CE33A1" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00CE33A1">
+          <w:p w14:paraId="4AAB6A98" w14:textId="77777777" w:rsidR="00D9171F" w:rsidRPr="00D334C5" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D334C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00562786" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+      <w:tr w:rsidR="00562786" w:rsidRPr="00E07D2F" w14:paraId="6DA79464" w14:textId="77777777" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00562786" w:rsidRPr="00960BE9" w:rsidRDefault="00562786" w:rsidP="00D9171F">
+          <w:p w14:paraId="05B31D22" w14:textId="77777777" w:rsidR="00562786" w:rsidRPr="00960BE9" w:rsidRDefault="00562786" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>13.02.13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00562786" w:rsidRPr="00960BE9" w:rsidRDefault="00562786" w:rsidP="00D9171F">
+          <w:p w14:paraId="43714F5C" w14:textId="77777777" w:rsidR="00562786" w:rsidRPr="00960BE9" w:rsidRDefault="00562786" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00562786" w:rsidRPr="00960BE9" w:rsidRDefault="00562786" w:rsidP="00D9171F">
+          <w:p w14:paraId="6CFE4420" w14:textId="77777777" w:rsidR="00562786" w:rsidRPr="00960BE9" w:rsidRDefault="00562786" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960BE9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Эксплуатация</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00960BE9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>и обслуживание электрического и электромеханического оборудования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00562786" w:rsidRPr="00960BE9" w:rsidRDefault="00562786" w:rsidP="00D9171F">
+          <w:p w14:paraId="7188794E" w14:textId="77777777" w:rsidR="00562786" w:rsidRPr="00960BE9" w:rsidRDefault="00562786" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00553A95">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Среднее профессиональное</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00562786" w:rsidRPr="00890755" w:rsidRDefault="00562786" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00890755">
+          <w:p w14:paraId="1BA2A4F1" w14:textId="77777777" w:rsidR="00562786" w:rsidRPr="00485648" w:rsidRDefault="00562786" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00485648">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00562786" w:rsidRPr="00890755" w:rsidRDefault="00562786" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00890755">
+          <w:p w14:paraId="499E71EA" w14:textId="77777777" w:rsidR="00562786" w:rsidRPr="00485648" w:rsidRDefault="00562786" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00485648">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00562786" w:rsidRPr="004F5ACC" w:rsidRDefault="00CF6D47" w:rsidP="00D9171F">
-[...11 lines deleted...]
-              <w:t>1</w:t>
+          <w:p w14:paraId="5E84F8F8" w14:textId="77777777" w:rsidR="00562786" w:rsidRPr="00485648" w:rsidRDefault="00E32E50" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00485648">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00562786" w:rsidRPr="004F5ACC" w:rsidRDefault="00562786" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004F5ACC">
+          <w:p w14:paraId="2E502F91" w14:textId="77777777" w:rsidR="00562786" w:rsidRPr="00485648" w:rsidRDefault="00562786" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00485648">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00562786" w:rsidRPr="004F5ACC" w:rsidRDefault="00562786" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004F5ACC">
+          <w:p w14:paraId="553D8F9D" w14:textId="77777777" w:rsidR="00562786" w:rsidRPr="00485648" w:rsidRDefault="00562786" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00485648">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00562786" w:rsidRPr="004F5ACC" w:rsidRDefault="00562786" w:rsidP="00D9171F">
-[...11 lines deleted...]
-              <w:t>29</w:t>
+          <w:p w14:paraId="35BB4DE2" w14:textId="77777777" w:rsidR="00562786" w:rsidRPr="00EE11CE" w:rsidRDefault="00E32E50" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE11CE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00562786" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+      <w:tr w:rsidR="00562786" w:rsidRPr="00E07D2F" w14:paraId="4B76BFC7" w14:textId="77777777" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00562786" w:rsidRDefault="00562786" w:rsidP="00562786">
+          <w:p w14:paraId="50F4B07F" w14:textId="77777777" w:rsidR="00562786" w:rsidRDefault="00562786" w:rsidP="00562786">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00562786" w:rsidRPr="00960BE9" w:rsidRDefault="00562786" w:rsidP="00562786">
+          <w:p w14:paraId="5623CED4" w14:textId="77777777" w:rsidR="00562786" w:rsidRPr="00960BE9" w:rsidRDefault="00562786" w:rsidP="00562786">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00562786" w:rsidRPr="00960BE9" w:rsidRDefault="00562786" w:rsidP="00562786">
+          <w:p w14:paraId="36C27AED" w14:textId="77777777" w:rsidR="00562786" w:rsidRPr="00960BE9" w:rsidRDefault="00562786" w:rsidP="00562786">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00562786" w:rsidRPr="00960BE9" w:rsidRDefault="00562786" w:rsidP="00562786">
+          <w:p w14:paraId="5DF29CC1" w14:textId="77777777" w:rsidR="00562786" w:rsidRPr="00960BE9" w:rsidRDefault="00562786" w:rsidP="00562786">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00562786" w:rsidRPr="00243458" w:rsidRDefault="00562786" w:rsidP="00562786">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00243458">
+          <w:p w14:paraId="3F747CF8" w14:textId="77777777" w:rsidR="00562786" w:rsidRPr="00485648" w:rsidRDefault="00562786" w:rsidP="00562786">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00485648">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00562786" w:rsidRPr="00243458" w:rsidRDefault="00562786" w:rsidP="00562786">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00243458">
+          <w:p w14:paraId="72EAFC4C" w14:textId="77777777" w:rsidR="00562786" w:rsidRPr="00485648" w:rsidRDefault="00562786" w:rsidP="00562786">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00485648">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00562786" w:rsidRPr="004F5ACC" w:rsidRDefault="00EF7EC6" w:rsidP="00562786">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004F5ACC">
+          <w:p w14:paraId="3BDDF761" w14:textId="77777777" w:rsidR="00562786" w:rsidRPr="00485648" w:rsidRDefault="00EF7EC6" w:rsidP="00562786">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00485648">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00562786" w:rsidRPr="004F5ACC" w:rsidRDefault="00562786" w:rsidP="00562786">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004F5ACC">
+          <w:p w14:paraId="4D68232C" w14:textId="77777777" w:rsidR="00562786" w:rsidRPr="00485648" w:rsidRDefault="00562786" w:rsidP="00562786">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00485648">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00562786" w:rsidRPr="004F5ACC" w:rsidRDefault="00562786" w:rsidP="00562786">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004F5ACC">
+          <w:p w14:paraId="2F1A2E25" w14:textId="77777777" w:rsidR="00562786" w:rsidRPr="00485648" w:rsidRDefault="00562786" w:rsidP="00562786">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00485648">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00562786" w:rsidRPr="004F5ACC" w:rsidRDefault="00EF7EC6" w:rsidP="00562786">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004F5ACC">
+          <w:p w14:paraId="1A690F25" w14:textId="77777777" w:rsidR="00562786" w:rsidRPr="00EE11CE" w:rsidRDefault="00EF7EC6" w:rsidP="00562786">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE11CE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00562786" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+      <w:tr w:rsidR="00562786" w:rsidRPr="00E07D2F" w14:paraId="3593ED76" w14:textId="77777777" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00562786" w:rsidRPr="008A27A6" w:rsidRDefault="00562786" w:rsidP="00562786">
+          <w:p w14:paraId="25A81E1F" w14:textId="77777777" w:rsidR="00562786" w:rsidRPr="008A27A6" w:rsidRDefault="00562786" w:rsidP="00562786">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A27A6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>15.02.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00562786" w:rsidRPr="008A27A6" w:rsidRDefault="00562786" w:rsidP="00562786">
+          <w:p w14:paraId="3D984329" w14:textId="77777777" w:rsidR="00562786" w:rsidRPr="008A27A6" w:rsidRDefault="00562786" w:rsidP="00562786">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00562786" w:rsidRPr="008A27A6" w:rsidRDefault="00562786" w:rsidP="00562786">
+          <w:p w14:paraId="155542B4" w14:textId="77777777" w:rsidR="00562786" w:rsidRPr="008A27A6" w:rsidRDefault="00562786" w:rsidP="00562786">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A27A6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>Технология машиностроения</w:t>
+              <w:t xml:space="preserve">Технология </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A27A6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>машиностроения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00562786" w:rsidRPr="008A27A6" w:rsidRDefault="00562786" w:rsidP="00562786">
+          <w:p w14:paraId="02ECBFD2" w14:textId="77777777" w:rsidR="00562786" w:rsidRPr="008A27A6" w:rsidRDefault="00562786" w:rsidP="00562786">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A27A6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Среднее </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A27A6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>профессиональное</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F879941" w14:textId="77777777" w:rsidR="00562786" w:rsidRPr="00394468" w:rsidRDefault="00562786" w:rsidP="00562786">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00394468">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="200F34C6" w14:textId="77777777" w:rsidR="00562786" w:rsidRPr="00394468" w:rsidRDefault="00562786" w:rsidP="00562786">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00394468">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>очная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1334" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02685877" w14:textId="77777777" w:rsidR="00562786" w:rsidRPr="00394468" w:rsidRDefault="00562786" w:rsidP="00562786">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00394468">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78167A1C" w14:textId="77777777" w:rsidR="00562786" w:rsidRPr="00394468" w:rsidRDefault="00562786" w:rsidP="00562786">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00394468">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11577CD0" w14:textId="77777777" w:rsidR="00562786" w:rsidRPr="00394468" w:rsidRDefault="00562786" w:rsidP="00562786">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00394468">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="645BECAF" w14:textId="77777777" w:rsidR="00562786" w:rsidRPr="00394468" w:rsidRDefault="00EF7EC6" w:rsidP="00562786">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00394468">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00902E8A" w:rsidRPr="00E07D2F" w14:paraId="640D8BC4" w14:textId="77777777" w:rsidTr="006F03D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1135" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="07099353" w14:textId="77777777" w:rsidR="00902E8A" w:rsidRPr="008A27A6" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="15658742" w14:textId="77777777" w:rsidR="00902E8A" w:rsidRPr="008A27A6" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="7302B9FA" w14:textId="77777777" w:rsidR="00902E8A" w:rsidRPr="008A27A6" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="4AA5A534" w14:textId="77777777" w:rsidR="00902E8A" w:rsidRPr="008A27A6" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FBF9F9F" w14:textId="77777777" w:rsidR="00902E8A" w:rsidRPr="00394468" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00394468">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="055B678A" w14:textId="77777777" w:rsidR="00902E8A" w:rsidRPr="00394468" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00394468">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>очная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1334" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E9FC545" w14:textId="77777777" w:rsidR="00902E8A" w:rsidRPr="00394468" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00394468">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="725F9B04" w14:textId="77777777" w:rsidR="00902E8A" w:rsidRPr="00394468" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00394468">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58CAD612" w14:textId="77777777" w:rsidR="00902E8A" w:rsidRPr="00394468" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00394468">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="788366D9" w14:textId="77777777" w:rsidR="00902E8A" w:rsidRPr="00394468" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00394468">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00902E8A" w:rsidRPr="00E07D2F" w14:paraId="799E84FF" w14:textId="77777777" w:rsidTr="006F03D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1135" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="76B7BEA2" w14:textId="77777777" w:rsidR="00902E8A" w:rsidRPr="008A27A6" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="0219444B" w14:textId="77777777" w:rsidR="00902E8A" w:rsidRPr="008A27A6" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="1E5D930B" w14:textId="77777777" w:rsidR="00902E8A" w:rsidRPr="008A27A6" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="06DEBD68" w14:textId="77777777" w:rsidR="00902E8A" w:rsidRPr="008A27A6" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A14EFF0" w14:textId="77777777" w:rsidR="00902E8A" w:rsidRPr="00394468" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00394468">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="004583A9" w14:textId="77777777" w:rsidR="00902E8A" w:rsidRPr="00394468" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00394468">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>очная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1334" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05D8AA16" w14:textId="77777777" w:rsidR="00902E8A" w:rsidRPr="00394468" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00394468">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6401D09A" w14:textId="77777777" w:rsidR="00902E8A" w:rsidRPr="00394468" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00394468">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34AC9E84" w14:textId="77777777" w:rsidR="00902E8A" w:rsidRPr="00394468" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00394468">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D49F73B" w14:textId="77777777" w:rsidR="00902E8A" w:rsidRPr="00394468" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00394468">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00902E8A" w:rsidRPr="00E07D2F" w14:paraId="5ADBC5BD" w14:textId="77777777" w:rsidTr="006F03D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1135" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5161206C" w14:textId="77777777" w:rsidR="00902E8A" w:rsidRPr="008A27A6" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A27A6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>15.02.08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1625BDC2" w14:textId="77777777" w:rsidR="00902E8A" w:rsidRPr="008A27A6" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40ED6BE1" w14:textId="77777777" w:rsidR="00902E8A" w:rsidRPr="008A27A6" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A27A6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Технология машиностроения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1690" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F507D9D" w14:textId="77777777" w:rsidR="00902E8A" w:rsidRPr="008A27A6" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A27A6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
               <w:t>Среднее профессиональное</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00562786" w:rsidRPr="00243458" w:rsidRDefault="00562786" w:rsidP="00562786">
-[...11 lines deleted...]
-              <w:t>1</w:t>
+          <w:p w14:paraId="7DEFD8EE" w14:textId="77777777" w:rsidR="00902E8A" w:rsidRPr="003324EC" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003324EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00562786" w:rsidRPr="00243458" w:rsidRDefault="00562786" w:rsidP="00562786">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00243458">
+          <w:p w14:paraId="75622E0D" w14:textId="77777777" w:rsidR="00902E8A" w:rsidRPr="003324EC" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003324EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00562786" w:rsidRPr="000A7E30" w:rsidRDefault="00562786" w:rsidP="00562786">
-[...11 lines deleted...]
-              <w:t>–</w:t>
+          <w:p w14:paraId="528D91D9" w14:textId="77777777" w:rsidR="00902E8A" w:rsidRPr="003324EC" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003324EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00562786" w:rsidRPr="000A7E30" w:rsidRDefault="00562786" w:rsidP="00562786">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="000A7E30">
+          <w:p w14:paraId="1C2105AE" w14:textId="77777777" w:rsidR="00902E8A" w:rsidRPr="003324EC" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003324EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00562786" w:rsidRPr="000A7E30" w:rsidRDefault="00562786" w:rsidP="00562786">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="000A7E30">
+          <w:p w14:paraId="39E3A181" w14:textId="77777777" w:rsidR="00902E8A" w:rsidRPr="003324EC" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003324EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00562786" w:rsidRPr="000A7E30" w:rsidRDefault="00EF7EC6" w:rsidP="00562786">
-[...11 lines deleted...]
-              <w:t>29</w:t>
+          <w:p w14:paraId="6CB79BAA" w14:textId="77777777" w:rsidR="00902E8A" w:rsidRPr="003324EC" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003324EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00902E8A" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
-[...550 lines deleted...]
-      <w:tr w:rsidR="006548E1" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+      <w:tr w:rsidR="006548E1" w:rsidRPr="00E07D2F" w14:paraId="5A6E5843" w14:textId="77777777" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="006548E1" w:rsidRPr="008A27A6" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
+          <w:p w14:paraId="3C3DBC9A" w14:textId="77777777" w:rsidR="006548E1" w:rsidRPr="008A27A6" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B66C90">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>44.02.05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="006548E1" w:rsidRPr="008A27A6" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
+          <w:p w14:paraId="27792ABA" w14:textId="77777777" w:rsidR="006548E1" w:rsidRPr="008A27A6" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="006548E1" w:rsidRPr="008A27A6" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
+          <w:p w14:paraId="6E68DFAF" w14:textId="77777777" w:rsidR="006548E1" w:rsidRPr="008A27A6" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B66C90">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Коррекционная педагогика в начальном образовании</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="006548E1" w:rsidRPr="008A27A6" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
+          <w:p w14:paraId="485A2CAB" w14:textId="77777777" w:rsidR="006548E1" w:rsidRPr="008A27A6" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B66C90">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Среднее профессиональное</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006548E1" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
-[...6 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="46706BC5" w14:textId="77777777" w:rsidR="006548E1" w:rsidRPr="00AC501B" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC501B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006548E1" w:rsidRPr="00243458" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00476CD9">
+          <w:p w14:paraId="61E341A0" w14:textId="77777777" w:rsidR="006548E1" w:rsidRPr="00AC501B" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC501B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006548E1" w:rsidRPr="004F06CE" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004F06CE">
+          <w:p w14:paraId="665987E4" w14:textId="77777777" w:rsidR="006548E1" w:rsidRPr="00AC501B" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC501B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006548E1" w:rsidRPr="004F06CE" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004F06CE">
+          <w:p w14:paraId="13BF1DD5" w14:textId="77777777" w:rsidR="006548E1" w:rsidRPr="00AC501B" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC501B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006548E1" w:rsidRPr="004F06CE" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004F06CE">
+          <w:p w14:paraId="25E82C5A" w14:textId="77777777" w:rsidR="006548E1" w:rsidRPr="00AC501B" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC501B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006548E1" w:rsidRPr="004F06CE" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004F06CE">
+          <w:p w14:paraId="56FA4678" w14:textId="77777777" w:rsidR="006548E1" w:rsidRPr="00AC501B" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC501B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006548E1" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+      <w:tr w:rsidR="006548E1" w:rsidRPr="00E07D2F" w14:paraId="681E0783" w14:textId="77777777" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="006548E1" w:rsidRPr="00B66C90" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
+          <w:p w14:paraId="563CE70B" w14:textId="77777777" w:rsidR="006548E1" w:rsidRPr="00B66C90" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="006548E1" w:rsidRPr="00B66C90" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
+          <w:p w14:paraId="79786FA1" w14:textId="77777777" w:rsidR="006548E1" w:rsidRPr="00B66C90" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="006548E1" w:rsidRPr="00B66C90" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
+          <w:p w14:paraId="1C5F5D24" w14:textId="77777777" w:rsidR="006548E1" w:rsidRPr="00B66C90" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="006548E1" w:rsidRPr="00B66C90" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
+          <w:p w14:paraId="1184E60D" w14:textId="77777777" w:rsidR="006548E1" w:rsidRPr="00B66C90" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006548E1" w:rsidRPr="00476CD9" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
-[...6 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="327A4E80" w14:textId="77777777" w:rsidR="006548E1" w:rsidRPr="00AC501B" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC501B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006548E1" w:rsidRPr="00476CD9" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00476CD9">
+          <w:p w14:paraId="19224CCF" w14:textId="77777777" w:rsidR="006548E1" w:rsidRPr="00AC501B" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC501B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006548E1" w:rsidRPr="004F06CE" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004F06CE">
+          <w:p w14:paraId="53E95F8A" w14:textId="77777777" w:rsidR="006548E1" w:rsidRPr="00AC501B" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC501B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006548E1" w:rsidRPr="004F06CE" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004F06CE">
+          <w:p w14:paraId="3B030FC5" w14:textId="77777777" w:rsidR="006548E1" w:rsidRPr="00AC501B" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC501B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006548E1" w:rsidRPr="004F06CE" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004F06CE">
+          <w:p w14:paraId="7F80BBD9" w14:textId="77777777" w:rsidR="006548E1" w:rsidRPr="00AC501B" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC501B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006548E1" w:rsidRPr="004F06CE" w:rsidRDefault="00003564" w:rsidP="00902E8A">
-[...11 lines deleted...]
-              <w:t>13</w:t>
+          <w:p w14:paraId="08B37862" w14:textId="77777777" w:rsidR="006548E1" w:rsidRPr="00AC501B" w:rsidRDefault="00557023" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC501B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00902E8A" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+      <w:tr w:rsidR="00902E8A" w:rsidRPr="00E07D2F" w14:paraId="4615C51F" w14:textId="77777777" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00902E8A" w:rsidRPr="00B66C90" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+          <w:p w14:paraId="63132A78" w14:textId="77777777" w:rsidR="00902E8A" w:rsidRPr="00B66C90" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>40.02.04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00902E8A" w:rsidRPr="00B66C90" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+          <w:p w14:paraId="71511D6D" w14:textId="77777777" w:rsidR="00902E8A" w:rsidRPr="00B66C90" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00902E8A" w:rsidRPr="00B66C90" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+          <w:p w14:paraId="4FE2C4A6" w14:textId="77777777" w:rsidR="00902E8A" w:rsidRPr="00B66C90" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Юриспруденция </w:t>
             </w:r>
             <w:r w:rsidRPr="00E37FD6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>(на базе основного общего образования)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00902E8A" w:rsidRPr="00B66C90" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+          <w:p w14:paraId="499EFD6E" w14:textId="77777777" w:rsidR="00902E8A" w:rsidRPr="00B66C90" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A27A6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Среднее профессиональное</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00902E8A" w:rsidRPr="00243458" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00243458">
+          <w:p w14:paraId="736D38BA" w14:textId="77777777" w:rsidR="00902E8A" w:rsidRPr="00AA571F" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA571F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00902E8A" w:rsidRPr="00243458" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00243458">
+          <w:p w14:paraId="40263A9F" w14:textId="77777777" w:rsidR="00902E8A" w:rsidRPr="00AA571F" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA571F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00902E8A" w:rsidRPr="004F06CE" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004F06CE">
+          <w:p w14:paraId="15A3B3C4" w14:textId="77777777" w:rsidR="00902E8A" w:rsidRPr="00AA571F" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA571F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00902E8A" w:rsidRPr="004F06CE" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004F06CE">
+          <w:p w14:paraId="44341D0D" w14:textId="77777777" w:rsidR="00902E8A" w:rsidRPr="00AA571F" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA571F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00902E8A" w:rsidRPr="004F06CE" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004F06CE">
+          <w:p w14:paraId="1E4B5411" w14:textId="77777777" w:rsidR="00902E8A" w:rsidRPr="00AA571F" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA571F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00902E8A" w:rsidRPr="004F06CE" w:rsidRDefault="00EF7EC6" w:rsidP="00902E8A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004F06CE">
+          <w:p w14:paraId="4AE4C992" w14:textId="77777777" w:rsidR="00902E8A" w:rsidRPr="00AA571F" w:rsidRDefault="00EF7EC6" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA571F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006020CB" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+      <w:tr w:rsidR="006020CB" w:rsidRPr="00E07D2F" w14:paraId="56E6EE14" w14:textId="77777777" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+          <w:p w14:paraId="4C38235B" w14:textId="77777777" w:rsidR="006020CB" w:rsidRDefault="006020CB" w:rsidP="006020CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="00B66C90" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+          <w:p w14:paraId="20B145E2" w14:textId="77777777" w:rsidR="006020CB" w:rsidRPr="00B66C90" w:rsidRDefault="006020CB" w:rsidP="006020CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+          <w:p w14:paraId="4BD2B130" w14:textId="77777777" w:rsidR="006020CB" w:rsidRDefault="006020CB" w:rsidP="006020CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="008A27A6" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+          <w:p w14:paraId="6CE46037" w14:textId="77777777" w:rsidR="006020CB" w:rsidRPr="008A27A6" w:rsidRDefault="006020CB" w:rsidP="006020CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="00C61BF4" w:rsidRDefault="006020CB" w:rsidP="006020CB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00C61BF4">
+          <w:p w14:paraId="104C1FC2" w14:textId="77777777" w:rsidR="006020CB" w:rsidRPr="00AA571F" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA571F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="00C61BF4" w:rsidRDefault="006020CB" w:rsidP="006020CB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00C61BF4">
+          <w:p w14:paraId="536B2008" w14:textId="77777777" w:rsidR="006020CB" w:rsidRPr="00AA571F" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA571F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="004F06CE" w:rsidRDefault="006020CB" w:rsidP="006020CB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004F06CE">
+          <w:p w14:paraId="4FB8A27B" w14:textId="77777777" w:rsidR="006020CB" w:rsidRPr="00AA571F" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA571F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="004F06CE" w:rsidRDefault="006020CB" w:rsidP="006020CB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004F06CE">
+          <w:p w14:paraId="793E1EC6" w14:textId="77777777" w:rsidR="006020CB" w:rsidRPr="00AA571F" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA571F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="004F06CE" w:rsidRDefault="006020CB" w:rsidP="006020CB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004F06CE">
+          <w:p w14:paraId="5F2F86D1" w14:textId="77777777" w:rsidR="006020CB" w:rsidRPr="00AA571F" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA571F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="004F06CE" w:rsidRDefault="006020CB" w:rsidP="006020CB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004F06CE">
+          <w:p w14:paraId="3D53E78D" w14:textId="77777777" w:rsidR="006020CB" w:rsidRPr="00AA571F" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA571F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006020CB" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+      <w:tr w:rsidR="006020CB" w:rsidRPr="00E07D2F" w14:paraId="6E9467D0" w14:textId="77777777" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+          <w:p w14:paraId="744857A5" w14:textId="77777777" w:rsidR="006020CB" w:rsidRDefault="006020CB" w:rsidP="006020CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="00B66C90" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+          <w:p w14:paraId="165741BD" w14:textId="77777777" w:rsidR="006020CB" w:rsidRPr="00B66C90" w:rsidRDefault="006020CB" w:rsidP="006020CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+          <w:p w14:paraId="2C81BF9C" w14:textId="77777777" w:rsidR="006020CB" w:rsidRDefault="006020CB" w:rsidP="006020CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="008A27A6" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+          <w:p w14:paraId="08A0963F" w14:textId="77777777" w:rsidR="006020CB" w:rsidRPr="008A27A6" w:rsidRDefault="006020CB" w:rsidP="006020CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="00C61BF4" w:rsidRDefault="006020CB" w:rsidP="006020CB">
-[...6 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="13B0A8CF" w14:textId="77777777" w:rsidR="006020CB" w:rsidRPr="00AA571F" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA571F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="00C61BF4" w:rsidRDefault="006020CB" w:rsidP="006020CB">
-[...6 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="7B48D055" w14:textId="77777777" w:rsidR="006020CB" w:rsidRPr="00AA571F" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA571F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="004F06CE" w:rsidRDefault="006020CB" w:rsidP="006020CB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004F06CE">
+          <w:p w14:paraId="336D437E" w14:textId="77777777" w:rsidR="006020CB" w:rsidRPr="00AA571F" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA571F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="004F06CE" w:rsidRDefault="006020CB" w:rsidP="006020CB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004F06CE">
+          <w:p w14:paraId="01C300EF" w14:textId="77777777" w:rsidR="006020CB" w:rsidRPr="00AA571F" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA571F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="004F06CE" w:rsidRDefault="006020CB" w:rsidP="006020CB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004F06CE">
+          <w:p w14:paraId="3107813B" w14:textId="77777777" w:rsidR="006020CB" w:rsidRPr="00AA571F" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA571F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="004F06CE" w:rsidRDefault="006020CB" w:rsidP="006020CB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004F06CE">
+          <w:p w14:paraId="07F574F4" w14:textId="77777777" w:rsidR="006020CB" w:rsidRPr="00AA571F" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA571F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006020CB" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+      <w:tr w:rsidR="006020CB" w:rsidRPr="00E07D2F" w14:paraId="44EF4354" w14:textId="77777777" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="00B66C90" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+          <w:p w14:paraId="4E5F9916" w14:textId="77777777" w:rsidR="006020CB" w:rsidRPr="00B66C90" w:rsidRDefault="006020CB" w:rsidP="006020CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>40.02.04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="00B66C90" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+          <w:p w14:paraId="4480CB04" w14:textId="77777777" w:rsidR="006020CB" w:rsidRPr="00B66C90" w:rsidRDefault="006020CB" w:rsidP="006020CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="00B66C90" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+          <w:p w14:paraId="1BF9331E" w14:textId="77777777" w:rsidR="006020CB" w:rsidRPr="00B66C90" w:rsidRDefault="006020CB" w:rsidP="006020CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Юриспруденция </w:t>
             </w:r>
             <w:r w:rsidRPr="00E37FD6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">(на базе </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>среднего</w:t>
             </w:r>
             <w:r w:rsidRPr="00E37FD6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> общего образования)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="00B66C90" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+          <w:p w14:paraId="422AD77F" w14:textId="77777777" w:rsidR="006020CB" w:rsidRPr="00B66C90" w:rsidRDefault="006020CB" w:rsidP="006020CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A27A6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Среднее профессиональное</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="00243458" w:rsidRDefault="006020CB" w:rsidP="006020CB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00243458">
+          <w:p w14:paraId="0099F590" w14:textId="77777777" w:rsidR="006020CB" w:rsidRPr="00AA571F" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA571F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="00243458" w:rsidRDefault="006020CB" w:rsidP="006020CB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00243458">
+          <w:p w14:paraId="2D6E414C" w14:textId="77777777" w:rsidR="006020CB" w:rsidRPr="00AA571F" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA571F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="004F06CE" w:rsidRDefault="006020CB" w:rsidP="006020CB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004F06CE">
+          <w:p w14:paraId="79CBCBFC" w14:textId="77777777" w:rsidR="006020CB" w:rsidRPr="00AA571F" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA571F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="004F06CE" w:rsidRDefault="006020CB" w:rsidP="006020CB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004F06CE">
+          <w:p w14:paraId="1A5D83EA" w14:textId="77777777" w:rsidR="006020CB" w:rsidRPr="00AA571F" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA571F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="004F06CE" w:rsidRDefault="006020CB" w:rsidP="006020CB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004F06CE">
+          <w:p w14:paraId="109A5F88" w14:textId="77777777" w:rsidR="006020CB" w:rsidRPr="00AA571F" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA571F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="004F06CE" w:rsidRDefault="006020CB" w:rsidP="006020CB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004F06CE">
+          <w:p w14:paraId="0D4FAEBD" w14:textId="77777777" w:rsidR="006020CB" w:rsidRPr="00AA571F" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA571F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006020CB" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+      <w:tr w:rsidR="006020CB" w:rsidRPr="00E07D2F" w14:paraId="4C149205" w14:textId="77777777" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+          <w:p w14:paraId="29F6CFF9" w14:textId="77777777" w:rsidR="006020CB" w:rsidRDefault="006020CB" w:rsidP="006020CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="00B66C90" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+          <w:p w14:paraId="7C9550DB" w14:textId="77777777" w:rsidR="006020CB" w:rsidRPr="00B66C90" w:rsidRDefault="006020CB" w:rsidP="006020CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+          <w:p w14:paraId="074BD3C1" w14:textId="77777777" w:rsidR="006020CB" w:rsidRDefault="006020CB" w:rsidP="006020CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="008A27A6" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+          <w:p w14:paraId="03073FB3" w14:textId="77777777" w:rsidR="006020CB" w:rsidRPr="008A27A6" w:rsidRDefault="006020CB" w:rsidP="006020CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="00243458" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+          <w:p w14:paraId="48236C6D" w14:textId="77777777" w:rsidR="006020CB" w:rsidRPr="00AA571F" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA571F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1203667F" w14:textId="77777777" w:rsidR="006020CB" w:rsidRPr="00AA571F" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA571F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>очная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1334" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="277FD8E6" w14:textId="77777777" w:rsidR="006020CB" w:rsidRPr="00AA571F" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA571F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EB0C352" w14:textId="77777777" w:rsidR="006020CB" w:rsidRPr="00AA571F" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA571F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E4223D8" w14:textId="77777777" w:rsidR="006020CB" w:rsidRPr="00AA571F" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA571F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A65BD1C" w14:textId="77777777" w:rsidR="006020CB" w:rsidRPr="00AA571F" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA571F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006020CB" w:rsidRPr="00E07D2F" w14:paraId="627DEE9E" w14:textId="77777777" w:rsidTr="006F03D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1135" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C32A228" w14:textId="77777777" w:rsidR="006020CB" w:rsidRDefault="006020CB" w:rsidP="006020CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>44.02.01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D83B84A" w14:textId="77777777" w:rsidR="006020CB" w:rsidRPr="00B66C90" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5141CDF7" w14:textId="77777777" w:rsidR="006020CB" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Дошкольное образование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1690" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="648769D3" w14:textId="77777777" w:rsidR="006020CB" w:rsidRPr="008A27A6" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A27A6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Среднее профессиональное</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39F3AF7A" w14:textId="77777777" w:rsidR="006020CB" w:rsidRPr="00AC501B" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC501B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="00243458" w:rsidRDefault="006020CB" w:rsidP="006020CB">
-[...6 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="549F9D68" w14:textId="77777777" w:rsidR="006020CB" w:rsidRPr="00AC501B" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC501B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="004F06CE" w:rsidRDefault="006020CB" w:rsidP="006020CB">
-[...11 lines deleted...]
-              <w:t>–</w:t>
+          <w:p w14:paraId="0A668091" w14:textId="5B444FA0" w:rsidR="006020CB" w:rsidRPr="00AC501B" w:rsidRDefault="00AC501B" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC501B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="004F06CE" w:rsidRDefault="006020CB" w:rsidP="006020CB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004F06CE">
+          <w:p w14:paraId="195EEFBA" w14:textId="77777777" w:rsidR="006020CB" w:rsidRPr="00AC501B" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC501B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="004F06CE" w:rsidRDefault="006020CB" w:rsidP="006020CB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004F06CE">
+          <w:p w14:paraId="6A1F7D1F" w14:textId="77777777" w:rsidR="006020CB" w:rsidRPr="00AC501B" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC501B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="004F06CE" w:rsidRDefault="006020CB" w:rsidP="006020CB">
-[...201 lines deleted...]
-            <w:r w:rsidRPr="004F06CE">
+          <w:p w14:paraId="55100433" w14:textId="77777777" w:rsidR="006020CB" w:rsidRPr="00AC501B" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC501B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="000217C1" w:rsidRDefault="000217C1" w:rsidP="7FB90821">
+    <w:p w14:paraId="1438184A" w14:textId="77777777" w:rsidR="000217C1" w:rsidRDefault="000217C1" w:rsidP="7FB90821">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00290A75" w:rsidRPr="00E07D2F" w:rsidRDefault="00290A75" w:rsidP="7FB90821">
+    <w:p w14:paraId="47089025" w14:textId="77777777" w:rsidR="00290A75" w:rsidRPr="00E07D2F" w:rsidRDefault="00290A75" w:rsidP="7FB90821">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E07D2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Начальник учебного отдела </w:t>
       </w:r>
       <w:r w:rsidRPr="00E07D2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E07D2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -19070,167 +18049,174 @@
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00A74AD7" w:rsidRPr="00E07D2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Н</w:t>
       </w:r>
       <w:r w:rsidRPr="00E07D2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00A74AD7" w:rsidRPr="00E07D2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Маркова</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008072BA" w:rsidRPr="00E07D2F" w:rsidRDefault="00A52FEA" w:rsidP="7FB90821">
+    <w:p w14:paraId="2E8EBD4D" w14:textId="79784BB3" w:rsidR="008072BA" w:rsidRPr="00E07D2F" w:rsidRDefault="00A52FEA" w:rsidP="7FB90821">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E07D2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>01</w:t>
       </w:r>
       <w:r w:rsidR="00290A75" w:rsidRPr="00E07D2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="006C53F8">
+      <w:r w:rsidR="001331B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>01</w:t>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00E1658E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00290A75" w:rsidRPr="00E07D2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.20</w:t>
       </w:r>
       <w:r w:rsidR="00C5530D" w:rsidRPr="00E07D2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="006C53F8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="008072BA" w:rsidRPr="00E07D2F" w:rsidSect="009843C6">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="567" w:right="720" w:bottom="568" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="349E3EE3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A0440346"/>
     <w:lvl w:ilvl="0" w:tplc="13B69F60">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="C46AADFE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -19413,347 +18399,371 @@
     <w:lvl w:ilvl="7" w:tplc="37CAC8E8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="DF8C8936">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="754057298">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1613396563">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0DEC9E34"/>
     <w:rsid w:val="00000489"/>
     <w:rsid w:val="00003564"/>
     <w:rsid w:val="00004DFB"/>
     <w:rsid w:val="0001590B"/>
     <w:rsid w:val="000205EB"/>
     <w:rsid w:val="000217C1"/>
     <w:rsid w:val="000233B6"/>
     <w:rsid w:val="00024C2E"/>
     <w:rsid w:val="00025330"/>
     <w:rsid w:val="00027ACB"/>
     <w:rsid w:val="00030865"/>
     <w:rsid w:val="0003139A"/>
     <w:rsid w:val="00032444"/>
     <w:rsid w:val="0003260E"/>
     <w:rsid w:val="00035B6F"/>
     <w:rsid w:val="000405FF"/>
     <w:rsid w:val="00040DAB"/>
     <w:rsid w:val="0004361C"/>
     <w:rsid w:val="000458CC"/>
     <w:rsid w:val="00046526"/>
     <w:rsid w:val="000501D5"/>
+    <w:rsid w:val="0005459D"/>
+    <w:rsid w:val="000555ED"/>
     <w:rsid w:val="000609D9"/>
+    <w:rsid w:val="00061705"/>
     <w:rsid w:val="00063095"/>
     <w:rsid w:val="00070B25"/>
     <w:rsid w:val="000724F3"/>
     <w:rsid w:val="000761E5"/>
     <w:rsid w:val="00080CB6"/>
     <w:rsid w:val="0008455E"/>
     <w:rsid w:val="00084B71"/>
     <w:rsid w:val="00087B6A"/>
     <w:rsid w:val="00090ECE"/>
     <w:rsid w:val="00093AE7"/>
     <w:rsid w:val="000A1E99"/>
     <w:rsid w:val="000A47B5"/>
     <w:rsid w:val="000A7E30"/>
     <w:rsid w:val="000B0FA1"/>
     <w:rsid w:val="000B12CB"/>
     <w:rsid w:val="000B66E0"/>
     <w:rsid w:val="000C24EB"/>
     <w:rsid w:val="000D0907"/>
     <w:rsid w:val="000D13B4"/>
     <w:rsid w:val="000D1F1B"/>
     <w:rsid w:val="000D2D6F"/>
     <w:rsid w:val="000D5CDC"/>
     <w:rsid w:val="000E2014"/>
     <w:rsid w:val="000E2213"/>
     <w:rsid w:val="000E7F04"/>
     <w:rsid w:val="000F3B8F"/>
     <w:rsid w:val="000F3CBD"/>
     <w:rsid w:val="000F7A05"/>
     <w:rsid w:val="000F7B53"/>
     <w:rsid w:val="0010231C"/>
     <w:rsid w:val="001024F5"/>
     <w:rsid w:val="00105C40"/>
     <w:rsid w:val="001065D8"/>
     <w:rsid w:val="001067DB"/>
     <w:rsid w:val="00112897"/>
     <w:rsid w:val="00115D43"/>
     <w:rsid w:val="0012029F"/>
     <w:rsid w:val="0012107E"/>
     <w:rsid w:val="0012507E"/>
     <w:rsid w:val="00130E0E"/>
     <w:rsid w:val="001325BB"/>
+    <w:rsid w:val="001331B5"/>
     <w:rsid w:val="001401AF"/>
     <w:rsid w:val="00142F32"/>
     <w:rsid w:val="00144871"/>
+    <w:rsid w:val="00146CB5"/>
     <w:rsid w:val="00150F95"/>
+    <w:rsid w:val="0015323B"/>
     <w:rsid w:val="00154548"/>
     <w:rsid w:val="00155570"/>
     <w:rsid w:val="00162F5A"/>
     <w:rsid w:val="00164D63"/>
     <w:rsid w:val="00170203"/>
     <w:rsid w:val="001707A6"/>
     <w:rsid w:val="00174D7D"/>
     <w:rsid w:val="0018621D"/>
     <w:rsid w:val="00186F9B"/>
     <w:rsid w:val="00192428"/>
     <w:rsid w:val="0019376D"/>
     <w:rsid w:val="001A338F"/>
     <w:rsid w:val="001A6445"/>
     <w:rsid w:val="001A6CF5"/>
     <w:rsid w:val="001B72BC"/>
     <w:rsid w:val="001C0C73"/>
     <w:rsid w:val="001C6555"/>
     <w:rsid w:val="001D1CEC"/>
     <w:rsid w:val="001D4780"/>
+    <w:rsid w:val="001D500E"/>
     <w:rsid w:val="001D6A37"/>
     <w:rsid w:val="001D6E2B"/>
     <w:rsid w:val="001D7F60"/>
     <w:rsid w:val="001E6213"/>
     <w:rsid w:val="001F08CC"/>
     <w:rsid w:val="001F0C75"/>
     <w:rsid w:val="001F4B50"/>
     <w:rsid w:val="001F7E17"/>
     <w:rsid w:val="002049D4"/>
     <w:rsid w:val="00205E5F"/>
     <w:rsid w:val="00210ACB"/>
     <w:rsid w:val="00210B30"/>
     <w:rsid w:val="00212004"/>
     <w:rsid w:val="00214E64"/>
     <w:rsid w:val="002170ED"/>
     <w:rsid w:val="002200ED"/>
     <w:rsid w:val="0022490D"/>
     <w:rsid w:val="002300AB"/>
     <w:rsid w:val="00230E04"/>
     <w:rsid w:val="00234E2A"/>
     <w:rsid w:val="002379F6"/>
     <w:rsid w:val="002419E5"/>
     <w:rsid w:val="00243458"/>
+    <w:rsid w:val="0024561C"/>
     <w:rsid w:val="0024588C"/>
     <w:rsid w:val="002572A1"/>
     <w:rsid w:val="002605B1"/>
     <w:rsid w:val="00260AA4"/>
     <w:rsid w:val="00261220"/>
+    <w:rsid w:val="00266C67"/>
     <w:rsid w:val="002675CB"/>
     <w:rsid w:val="002710C0"/>
     <w:rsid w:val="00274D50"/>
     <w:rsid w:val="00276007"/>
     <w:rsid w:val="00277E21"/>
     <w:rsid w:val="00284CDB"/>
     <w:rsid w:val="0028504D"/>
     <w:rsid w:val="00290973"/>
     <w:rsid w:val="00290A75"/>
     <w:rsid w:val="0029641C"/>
     <w:rsid w:val="002974F9"/>
     <w:rsid w:val="002A1880"/>
     <w:rsid w:val="002A1981"/>
     <w:rsid w:val="002B1FB6"/>
     <w:rsid w:val="002B23ED"/>
     <w:rsid w:val="002B651F"/>
     <w:rsid w:val="002B6D52"/>
     <w:rsid w:val="002C071D"/>
     <w:rsid w:val="002C12E3"/>
     <w:rsid w:val="002C15E4"/>
     <w:rsid w:val="002C35D9"/>
     <w:rsid w:val="002C5142"/>
     <w:rsid w:val="002C7E08"/>
+    <w:rsid w:val="002D4985"/>
     <w:rsid w:val="002D4D77"/>
     <w:rsid w:val="002D6B59"/>
     <w:rsid w:val="002E1A88"/>
     <w:rsid w:val="002E2AC8"/>
     <w:rsid w:val="002E34B9"/>
     <w:rsid w:val="002E4664"/>
     <w:rsid w:val="002E5957"/>
     <w:rsid w:val="002F6AC2"/>
     <w:rsid w:val="0030251F"/>
     <w:rsid w:val="00302CE9"/>
     <w:rsid w:val="00311C33"/>
     <w:rsid w:val="00315357"/>
     <w:rsid w:val="003158E2"/>
     <w:rsid w:val="00324037"/>
+    <w:rsid w:val="003324EC"/>
     <w:rsid w:val="00334750"/>
     <w:rsid w:val="00340D44"/>
     <w:rsid w:val="00344EDB"/>
     <w:rsid w:val="003450AC"/>
     <w:rsid w:val="00351664"/>
+    <w:rsid w:val="0035283D"/>
     <w:rsid w:val="0035431A"/>
     <w:rsid w:val="00355995"/>
     <w:rsid w:val="00355F12"/>
     <w:rsid w:val="0035672A"/>
     <w:rsid w:val="003601BB"/>
     <w:rsid w:val="0036142D"/>
     <w:rsid w:val="00361EA6"/>
     <w:rsid w:val="0036209E"/>
     <w:rsid w:val="00364D02"/>
     <w:rsid w:val="00366147"/>
     <w:rsid w:val="00371834"/>
     <w:rsid w:val="003734D1"/>
     <w:rsid w:val="0037362F"/>
     <w:rsid w:val="00375315"/>
     <w:rsid w:val="00375A53"/>
     <w:rsid w:val="003767A9"/>
     <w:rsid w:val="003814BE"/>
     <w:rsid w:val="00383A13"/>
     <w:rsid w:val="0038457C"/>
     <w:rsid w:val="003863BF"/>
     <w:rsid w:val="00391317"/>
     <w:rsid w:val="00393A88"/>
+    <w:rsid w:val="00393B26"/>
+    <w:rsid w:val="00394468"/>
     <w:rsid w:val="00396070"/>
     <w:rsid w:val="003961B1"/>
     <w:rsid w:val="003A4A36"/>
     <w:rsid w:val="003A587D"/>
     <w:rsid w:val="003A7F88"/>
     <w:rsid w:val="003B33F8"/>
+    <w:rsid w:val="003B4FBE"/>
     <w:rsid w:val="003C2C50"/>
     <w:rsid w:val="003D0CEF"/>
     <w:rsid w:val="003D1F63"/>
+    <w:rsid w:val="003D56F2"/>
     <w:rsid w:val="003D6AE1"/>
     <w:rsid w:val="003E0EE0"/>
     <w:rsid w:val="003E14C5"/>
     <w:rsid w:val="003E1B50"/>
     <w:rsid w:val="003E70E5"/>
     <w:rsid w:val="003F043F"/>
     <w:rsid w:val="003F2DBF"/>
     <w:rsid w:val="003F2EFF"/>
     <w:rsid w:val="003F32C3"/>
     <w:rsid w:val="003F3FC5"/>
     <w:rsid w:val="003F44EB"/>
     <w:rsid w:val="004026C3"/>
     <w:rsid w:val="00403498"/>
     <w:rsid w:val="00405FD9"/>
     <w:rsid w:val="00407401"/>
     <w:rsid w:val="00412786"/>
     <w:rsid w:val="00413943"/>
     <w:rsid w:val="00416D5D"/>
     <w:rsid w:val="00417FE3"/>
     <w:rsid w:val="0042520C"/>
     <w:rsid w:val="0042593D"/>
     <w:rsid w:val="00426D01"/>
+    <w:rsid w:val="0042751E"/>
     <w:rsid w:val="00431AC4"/>
     <w:rsid w:val="00433308"/>
     <w:rsid w:val="004375CF"/>
     <w:rsid w:val="0044111F"/>
     <w:rsid w:val="00444F12"/>
     <w:rsid w:val="00445C88"/>
     <w:rsid w:val="00446FEE"/>
     <w:rsid w:val="0045179B"/>
     <w:rsid w:val="00457D6F"/>
     <w:rsid w:val="004601BE"/>
     <w:rsid w:val="004601D5"/>
     <w:rsid w:val="00461E2F"/>
     <w:rsid w:val="00465ADF"/>
     <w:rsid w:val="00466F08"/>
     <w:rsid w:val="00467485"/>
     <w:rsid w:val="00467AF5"/>
     <w:rsid w:val="00473F88"/>
     <w:rsid w:val="00476CD9"/>
     <w:rsid w:val="004778E6"/>
     <w:rsid w:val="00482BE4"/>
     <w:rsid w:val="00482E33"/>
+    <w:rsid w:val="00485648"/>
     <w:rsid w:val="00486935"/>
+    <w:rsid w:val="00486A70"/>
     <w:rsid w:val="00490BE8"/>
     <w:rsid w:val="004929F3"/>
     <w:rsid w:val="00495425"/>
     <w:rsid w:val="004A0505"/>
     <w:rsid w:val="004A0655"/>
     <w:rsid w:val="004A0763"/>
     <w:rsid w:val="004A37F4"/>
     <w:rsid w:val="004A5B87"/>
     <w:rsid w:val="004B5CA3"/>
     <w:rsid w:val="004B7758"/>
     <w:rsid w:val="004C1616"/>
     <w:rsid w:val="004C464E"/>
     <w:rsid w:val="004C4A63"/>
+    <w:rsid w:val="004C4EA5"/>
     <w:rsid w:val="004C540C"/>
     <w:rsid w:val="004C6128"/>
     <w:rsid w:val="004C79A3"/>
     <w:rsid w:val="004D034F"/>
     <w:rsid w:val="004D53E5"/>
     <w:rsid w:val="004E1307"/>
+    <w:rsid w:val="004E17CF"/>
     <w:rsid w:val="004E6854"/>
     <w:rsid w:val="004F06CE"/>
+    <w:rsid w:val="004F0A0C"/>
     <w:rsid w:val="004F3767"/>
     <w:rsid w:val="004F3F6B"/>
     <w:rsid w:val="004F5ACC"/>
     <w:rsid w:val="004F7F1D"/>
     <w:rsid w:val="00500D35"/>
     <w:rsid w:val="00503142"/>
     <w:rsid w:val="00503AF6"/>
     <w:rsid w:val="00507498"/>
     <w:rsid w:val="00513BB4"/>
     <w:rsid w:val="00513D4A"/>
     <w:rsid w:val="00520154"/>
     <w:rsid w:val="00526FDB"/>
     <w:rsid w:val="0053073B"/>
     <w:rsid w:val="00530AB1"/>
     <w:rsid w:val="00533FC0"/>
     <w:rsid w:val="00535871"/>
     <w:rsid w:val="00535E60"/>
     <w:rsid w:val="00537C4D"/>
     <w:rsid w:val="00543898"/>
     <w:rsid w:val="005458B4"/>
     <w:rsid w:val="00547FA8"/>
     <w:rsid w:val="00550332"/>
     <w:rsid w:val="00550653"/>
     <w:rsid w:val="0055222A"/>
     <w:rsid w:val="00553A95"/>
+    <w:rsid w:val="00557023"/>
     <w:rsid w:val="00562786"/>
     <w:rsid w:val="00562A8A"/>
     <w:rsid w:val="00565CF3"/>
     <w:rsid w:val="0056678A"/>
     <w:rsid w:val="005673D6"/>
     <w:rsid w:val="0056753D"/>
     <w:rsid w:val="00567F71"/>
     <w:rsid w:val="0057100F"/>
     <w:rsid w:val="00571DD7"/>
     <w:rsid w:val="00572701"/>
     <w:rsid w:val="0057396D"/>
     <w:rsid w:val="00573D1D"/>
     <w:rsid w:val="005777A0"/>
     <w:rsid w:val="00582527"/>
     <w:rsid w:val="00590A86"/>
     <w:rsid w:val="00591507"/>
     <w:rsid w:val="00594655"/>
     <w:rsid w:val="00595E26"/>
     <w:rsid w:val="00596010"/>
     <w:rsid w:val="00596C19"/>
     <w:rsid w:val="00597BA1"/>
     <w:rsid w:val="005A3B1F"/>
     <w:rsid w:val="005B0567"/>
     <w:rsid w:val="005B1F52"/>
     <w:rsid w:val="005B78F8"/>
@@ -19805,533 +18815,579 @@
     <w:rsid w:val="00672E74"/>
     <w:rsid w:val="00673527"/>
     <w:rsid w:val="006778D9"/>
     <w:rsid w:val="00677F55"/>
     <w:rsid w:val="0068160D"/>
     <w:rsid w:val="00682646"/>
     <w:rsid w:val="00687C58"/>
     <w:rsid w:val="0069048F"/>
     <w:rsid w:val="006908E8"/>
     <w:rsid w:val="00697FAF"/>
     <w:rsid w:val="006A07A5"/>
     <w:rsid w:val="006A0F06"/>
     <w:rsid w:val="006B0850"/>
     <w:rsid w:val="006B2D80"/>
     <w:rsid w:val="006B2DAD"/>
     <w:rsid w:val="006B2F09"/>
     <w:rsid w:val="006B653E"/>
     <w:rsid w:val="006B6E18"/>
     <w:rsid w:val="006B70C6"/>
     <w:rsid w:val="006B7D4D"/>
     <w:rsid w:val="006C00A2"/>
     <w:rsid w:val="006C3CB6"/>
     <w:rsid w:val="006C53F8"/>
     <w:rsid w:val="006C7177"/>
     <w:rsid w:val="006C7C7A"/>
+    <w:rsid w:val="006D5337"/>
     <w:rsid w:val="006D5B02"/>
+    <w:rsid w:val="006D6B9C"/>
     <w:rsid w:val="006D6D72"/>
     <w:rsid w:val="006E02C4"/>
+    <w:rsid w:val="006E20C9"/>
+    <w:rsid w:val="006E4278"/>
+    <w:rsid w:val="006E44B2"/>
     <w:rsid w:val="006E556D"/>
     <w:rsid w:val="006F03D2"/>
     <w:rsid w:val="007102D6"/>
     <w:rsid w:val="00714A27"/>
     <w:rsid w:val="00714B49"/>
     <w:rsid w:val="00715BFD"/>
     <w:rsid w:val="00716B4A"/>
     <w:rsid w:val="0072091C"/>
     <w:rsid w:val="007210D0"/>
     <w:rsid w:val="007212A6"/>
     <w:rsid w:val="0072768D"/>
     <w:rsid w:val="0073726E"/>
     <w:rsid w:val="00740031"/>
     <w:rsid w:val="007405F1"/>
     <w:rsid w:val="007417FA"/>
     <w:rsid w:val="0074399B"/>
     <w:rsid w:val="007509DA"/>
     <w:rsid w:val="00751237"/>
     <w:rsid w:val="007521BC"/>
     <w:rsid w:val="00757B28"/>
     <w:rsid w:val="00757E32"/>
     <w:rsid w:val="00757F76"/>
     <w:rsid w:val="0076605E"/>
     <w:rsid w:val="00767AEC"/>
     <w:rsid w:val="007731D7"/>
     <w:rsid w:val="00777472"/>
     <w:rsid w:val="00777FCB"/>
     <w:rsid w:val="00780C63"/>
     <w:rsid w:val="007820E8"/>
     <w:rsid w:val="0078349A"/>
     <w:rsid w:val="007835A4"/>
     <w:rsid w:val="00783B53"/>
     <w:rsid w:val="00785441"/>
     <w:rsid w:val="007862F8"/>
     <w:rsid w:val="00790A6D"/>
     <w:rsid w:val="00791B4C"/>
+    <w:rsid w:val="007965F1"/>
     <w:rsid w:val="007A2E47"/>
     <w:rsid w:val="007A2EE6"/>
     <w:rsid w:val="007A406B"/>
     <w:rsid w:val="007A681B"/>
     <w:rsid w:val="007B0BD4"/>
     <w:rsid w:val="007B128F"/>
     <w:rsid w:val="007B5B15"/>
     <w:rsid w:val="007B6080"/>
     <w:rsid w:val="007B611A"/>
     <w:rsid w:val="007B69DD"/>
     <w:rsid w:val="007B7617"/>
     <w:rsid w:val="007B7C7B"/>
     <w:rsid w:val="007C016D"/>
     <w:rsid w:val="007C58C5"/>
     <w:rsid w:val="007C73F8"/>
     <w:rsid w:val="007D3AAE"/>
     <w:rsid w:val="007D63AE"/>
     <w:rsid w:val="007D696E"/>
     <w:rsid w:val="007D6EC9"/>
     <w:rsid w:val="007E11FA"/>
     <w:rsid w:val="007E2B65"/>
     <w:rsid w:val="007E4119"/>
     <w:rsid w:val="007E4B9E"/>
+    <w:rsid w:val="007E6462"/>
     <w:rsid w:val="007F37A8"/>
     <w:rsid w:val="007F4939"/>
     <w:rsid w:val="007F57B8"/>
     <w:rsid w:val="00800050"/>
     <w:rsid w:val="0080059E"/>
     <w:rsid w:val="00800B32"/>
     <w:rsid w:val="00800BA0"/>
     <w:rsid w:val="008072BA"/>
     <w:rsid w:val="0081222B"/>
     <w:rsid w:val="00815998"/>
     <w:rsid w:val="0081740A"/>
+    <w:rsid w:val="00824C62"/>
+    <w:rsid w:val="008278FB"/>
     <w:rsid w:val="00835B3C"/>
     <w:rsid w:val="00836B15"/>
     <w:rsid w:val="0083720B"/>
     <w:rsid w:val="008404F5"/>
     <w:rsid w:val="00844AEA"/>
     <w:rsid w:val="00845DF9"/>
     <w:rsid w:val="0085424C"/>
     <w:rsid w:val="008547D1"/>
     <w:rsid w:val="008618A3"/>
     <w:rsid w:val="00862AC8"/>
     <w:rsid w:val="00863719"/>
     <w:rsid w:val="00864F13"/>
     <w:rsid w:val="00867371"/>
     <w:rsid w:val="00870016"/>
     <w:rsid w:val="00870B9E"/>
     <w:rsid w:val="00872E05"/>
     <w:rsid w:val="0087482A"/>
     <w:rsid w:val="008753CB"/>
     <w:rsid w:val="00876D34"/>
     <w:rsid w:val="0087786B"/>
     <w:rsid w:val="0088188E"/>
+    <w:rsid w:val="0088342C"/>
     <w:rsid w:val="00886E16"/>
     <w:rsid w:val="00890755"/>
     <w:rsid w:val="00892353"/>
     <w:rsid w:val="00893812"/>
     <w:rsid w:val="008941D1"/>
     <w:rsid w:val="0089552F"/>
     <w:rsid w:val="008A0E75"/>
     <w:rsid w:val="008A27A6"/>
     <w:rsid w:val="008B191D"/>
     <w:rsid w:val="008B3C58"/>
     <w:rsid w:val="008B465C"/>
     <w:rsid w:val="008C0014"/>
     <w:rsid w:val="008C2222"/>
     <w:rsid w:val="008C5650"/>
     <w:rsid w:val="008C76AB"/>
     <w:rsid w:val="008D0A09"/>
     <w:rsid w:val="008D1DE5"/>
     <w:rsid w:val="008D3DF8"/>
     <w:rsid w:val="008D4113"/>
     <w:rsid w:val="008D606D"/>
     <w:rsid w:val="008E5ACB"/>
     <w:rsid w:val="008E7BBD"/>
     <w:rsid w:val="008F2393"/>
     <w:rsid w:val="008F2DA7"/>
     <w:rsid w:val="008F391D"/>
     <w:rsid w:val="008F3FA1"/>
+    <w:rsid w:val="008F4EC2"/>
     <w:rsid w:val="008F548A"/>
     <w:rsid w:val="008F6133"/>
     <w:rsid w:val="00900E06"/>
     <w:rsid w:val="0090253A"/>
     <w:rsid w:val="009025E7"/>
     <w:rsid w:val="00902E8A"/>
     <w:rsid w:val="00907846"/>
     <w:rsid w:val="00910C3E"/>
     <w:rsid w:val="00915F63"/>
     <w:rsid w:val="009161AA"/>
     <w:rsid w:val="00923DDF"/>
     <w:rsid w:val="00926DED"/>
     <w:rsid w:val="00931231"/>
     <w:rsid w:val="00935DE4"/>
     <w:rsid w:val="009471C0"/>
     <w:rsid w:val="00950C61"/>
     <w:rsid w:val="00951212"/>
+    <w:rsid w:val="00953E48"/>
     <w:rsid w:val="009567ED"/>
     <w:rsid w:val="00960BE9"/>
     <w:rsid w:val="0096243B"/>
     <w:rsid w:val="009635E8"/>
     <w:rsid w:val="00964844"/>
     <w:rsid w:val="009672A5"/>
     <w:rsid w:val="00971744"/>
     <w:rsid w:val="00972D5D"/>
     <w:rsid w:val="00973F34"/>
     <w:rsid w:val="0098424D"/>
     <w:rsid w:val="009843C6"/>
     <w:rsid w:val="0098700E"/>
     <w:rsid w:val="009879B9"/>
     <w:rsid w:val="00990ACB"/>
     <w:rsid w:val="009910D7"/>
     <w:rsid w:val="0099266B"/>
     <w:rsid w:val="009A0EC8"/>
     <w:rsid w:val="009A1B3A"/>
+    <w:rsid w:val="009A3BE6"/>
     <w:rsid w:val="009B0D1D"/>
     <w:rsid w:val="009B20B0"/>
     <w:rsid w:val="009B2380"/>
     <w:rsid w:val="009B2546"/>
     <w:rsid w:val="009B5237"/>
     <w:rsid w:val="009C1853"/>
     <w:rsid w:val="009C5CF9"/>
     <w:rsid w:val="009C621C"/>
     <w:rsid w:val="009C68A2"/>
     <w:rsid w:val="009D08BD"/>
     <w:rsid w:val="009D0E77"/>
     <w:rsid w:val="009D14A5"/>
     <w:rsid w:val="009D18B0"/>
     <w:rsid w:val="009D3AFA"/>
     <w:rsid w:val="009D52F6"/>
     <w:rsid w:val="009E04A3"/>
     <w:rsid w:val="009E062F"/>
     <w:rsid w:val="009E2EC6"/>
     <w:rsid w:val="009E37F4"/>
+    <w:rsid w:val="009E4011"/>
     <w:rsid w:val="009E429A"/>
     <w:rsid w:val="009E5D5A"/>
     <w:rsid w:val="009E7C3F"/>
     <w:rsid w:val="009F4F04"/>
     <w:rsid w:val="009F7ED0"/>
     <w:rsid w:val="00A00CA5"/>
+    <w:rsid w:val="00A05198"/>
+    <w:rsid w:val="00A15287"/>
+    <w:rsid w:val="00A2232D"/>
     <w:rsid w:val="00A31E2F"/>
     <w:rsid w:val="00A3284D"/>
+    <w:rsid w:val="00A32870"/>
     <w:rsid w:val="00A41D93"/>
     <w:rsid w:val="00A421EB"/>
     <w:rsid w:val="00A423EF"/>
     <w:rsid w:val="00A42FD5"/>
     <w:rsid w:val="00A440D6"/>
     <w:rsid w:val="00A4723C"/>
     <w:rsid w:val="00A52FEA"/>
     <w:rsid w:val="00A56405"/>
     <w:rsid w:val="00A57963"/>
     <w:rsid w:val="00A57FDF"/>
     <w:rsid w:val="00A61F07"/>
+    <w:rsid w:val="00A63096"/>
     <w:rsid w:val="00A64BC1"/>
     <w:rsid w:val="00A65BDC"/>
     <w:rsid w:val="00A725C8"/>
     <w:rsid w:val="00A73DB1"/>
     <w:rsid w:val="00A74AD7"/>
     <w:rsid w:val="00A77245"/>
     <w:rsid w:val="00A80D21"/>
     <w:rsid w:val="00A85F82"/>
     <w:rsid w:val="00A929EB"/>
     <w:rsid w:val="00A92F83"/>
     <w:rsid w:val="00A947ED"/>
+    <w:rsid w:val="00AA571F"/>
     <w:rsid w:val="00AB0AEE"/>
     <w:rsid w:val="00AB22BD"/>
     <w:rsid w:val="00AB64FF"/>
     <w:rsid w:val="00AB7E73"/>
     <w:rsid w:val="00AC2E41"/>
+    <w:rsid w:val="00AC501B"/>
     <w:rsid w:val="00AC502B"/>
     <w:rsid w:val="00AD3902"/>
     <w:rsid w:val="00AD5110"/>
     <w:rsid w:val="00AD7D31"/>
     <w:rsid w:val="00AD7F6F"/>
     <w:rsid w:val="00AE484F"/>
     <w:rsid w:val="00AE4AB4"/>
     <w:rsid w:val="00AE6BC4"/>
     <w:rsid w:val="00B00363"/>
     <w:rsid w:val="00B10763"/>
     <w:rsid w:val="00B10AD2"/>
     <w:rsid w:val="00B141D4"/>
     <w:rsid w:val="00B152B4"/>
     <w:rsid w:val="00B23D01"/>
     <w:rsid w:val="00B251A0"/>
     <w:rsid w:val="00B33557"/>
     <w:rsid w:val="00B34628"/>
     <w:rsid w:val="00B35DEF"/>
     <w:rsid w:val="00B4138C"/>
     <w:rsid w:val="00B42046"/>
+    <w:rsid w:val="00B4348D"/>
     <w:rsid w:val="00B50B30"/>
     <w:rsid w:val="00B522BE"/>
     <w:rsid w:val="00B574E2"/>
     <w:rsid w:val="00B57586"/>
     <w:rsid w:val="00B62CB1"/>
     <w:rsid w:val="00B644BA"/>
     <w:rsid w:val="00B66C90"/>
     <w:rsid w:val="00B70525"/>
     <w:rsid w:val="00B83EEE"/>
     <w:rsid w:val="00B8623A"/>
     <w:rsid w:val="00B86EA3"/>
     <w:rsid w:val="00B915DB"/>
     <w:rsid w:val="00B94148"/>
     <w:rsid w:val="00BA6287"/>
     <w:rsid w:val="00BB12F1"/>
     <w:rsid w:val="00BB2637"/>
     <w:rsid w:val="00BB2AB5"/>
     <w:rsid w:val="00BD04E4"/>
     <w:rsid w:val="00BD0B2C"/>
     <w:rsid w:val="00BD28C1"/>
     <w:rsid w:val="00BD3B4D"/>
     <w:rsid w:val="00BE4909"/>
     <w:rsid w:val="00BF61F7"/>
     <w:rsid w:val="00C038EF"/>
     <w:rsid w:val="00C05B34"/>
     <w:rsid w:val="00C109AF"/>
     <w:rsid w:val="00C11800"/>
     <w:rsid w:val="00C17766"/>
     <w:rsid w:val="00C17B54"/>
     <w:rsid w:val="00C22F69"/>
     <w:rsid w:val="00C2780C"/>
     <w:rsid w:val="00C44426"/>
     <w:rsid w:val="00C45311"/>
     <w:rsid w:val="00C5530D"/>
     <w:rsid w:val="00C579C4"/>
     <w:rsid w:val="00C61BF4"/>
     <w:rsid w:val="00C625C1"/>
     <w:rsid w:val="00C630DE"/>
     <w:rsid w:val="00C66639"/>
     <w:rsid w:val="00C71613"/>
     <w:rsid w:val="00C71D73"/>
     <w:rsid w:val="00C71E16"/>
     <w:rsid w:val="00C73299"/>
+    <w:rsid w:val="00C74017"/>
     <w:rsid w:val="00C75754"/>
     <w:rsid w:val="00C76EF7"/>
     <w:rsid w:val="00C80844"/>
     <w:rsid w:val="00C81933"/>
     <w:rsid w:val="00C8402C"/>
     <w:rsid w:val="00C859A0"/>
     <w:rsid w:val="00C860FF"/>
     <w:rsid w:val="00C8760B"/>
+    <w:rsid w:val="00C91EA9"/>
     <w:rsid w:val="00C9378B"/>
     <w:rsid w:val="00C9452B"/>
     <w:rsid w:val="00C96E22"/>
     <w:rsid w:val="00C96EF9"/>
     <w:rsid w:val="00CA1052"/>
+    <w:rsid w:val="00CA2A81"/>
     <w:rsid w:val="00CA6DF0"/>
+    <w:rsid w:val="00CA7F16"/>
     <w:rsid w:val="00CB0872"/>
     <w:rsid w:val="00CB39DF"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CE036F"/>
     <w:rsid w:val="00CE059A"/>
     <w:rsid w:val="00CE2EA8"/>
     <w:rsid w:val="00CE33A1"/>
     <w:rsid w:val="00CE40BB"/>
     <w:rsid w:val="00CE511B"/>
     <w:rsid w:val="00CF3EC7"/>
     <w:rsid w:val="00CF6CFA"/>
     <w:rsid w:val="00CF6D47"/>
     <w:rsid w:val="00D01E09"/>
     <w:rsid w:val="00D04DD0"/>
     <w:rsid w:val="00D11A73"/>
     <w:rsid w:val="00D134C1"/>
     <w:rsid w:val="00D17CF5"/>
     <w:rsid w:val="00D20536"/>
     <w:rsid w:val="00D30A46"/>
     <w:rsid w:val="00D331E9"/>
+    <w:rsid w:val="00D334C5"/>
     <w:rsid w:val="00D375C7"/>
     <w:rsid w:val="00D37854"/>
     <w:rsid w:val="00D4268C"/>
     <w:rsid w:val="00D4272D"/>
     <w:rsid w:val="00D4312F"/>
     <w:rsid w:val="00D43BFD"/>
+    <w:rsid w:val="00D449DA"/>
     <w:rsid w:val="00D508AF"/>
     <w:rsid w:val="00D52A19"/>
+    <w:rsid w:val="00D54112"/>
     <w:rsid w:val="00D56EE9"/>
     <w:rsid w:val="00D579AE"/>
     <w:rsid w:val="00D618BD"/>
     <w:rsid w:val="00D63D25"/>
     <w:rsid w:val="00D66426"/>
     <w:rsid w:val="00D67D78"/>
     <w:rsid w:val="00D7300A"/>
     <w:rsid w:val="00D83134"/>
     <w:rsid w:val="00D9171F"/>
     <w:rsid w:val="00D94FA8"/>
     <w:rsid w:val="00D967AE"/>
     <w:rsid w:val="00D97A8D"/>
     <w:rsid w:val="00DA0A06"/>
     <w:rsid w:val="00DA304A"/>
     <w:rsid w:val="00DA35F3"/>
     <w:rsid w:val="00DA432D"/>
     <w:rsid w:val="00DC0935"/>
     <w:rsid w:val="00DC43DB"/>
     <w:rsid w:val="00DC446E"/>
     <w:rsid w:val="00DC4880"/>
     <w:rsid w:val="00DD1308"/>
     <w:rsid w:val="00DD20B1"/>
+    <w:rsid w:val="00DD331D"/>
     <w:rsid w:val="00DD5EDC"/>
     <w:rsid w:val="00DD6904"/>
     <w:rsid w:val="00DE0639"/>
     <w:rsid w:val="00DE643B"/>
     <w:rsid w:val="00DF28FC"/>
     <w:rsid w:val="00DF460C"/>
+    <w:rsid w:val="00DF6E68"/>
+    <w:rsid w:val="00DF7EAE"/>
     <w:rsid w:val="00E014A4"/>
     <w:rsid w:val="00E05E79"/>
     <w:rsid w:val="00E060E9"/>
     <w:rsid w:val="00E06D52"/>
     <w:rsid w:val="00E07D2F"/>
     <w:rsid w:val="00E123AD"/>
     <w:rsid w:val="00E151B3"/>
     <w:rsid w:val="00E15FE3"/>
+    <w:rsid w:val="00E1658E"/>
     <w:rsid w:val="00E16B42"/>
     <w:rsid w:val="00E16CC0"/>
     <w:rsid w:val="00E17A9A"/>
     <w:rsid w:val="00E17BF1"/>
     <w:rsid w:val="00E21B92"/>
     <w:rsid w:val="00E236A0"/>
     <w:rsid w:val="00E2607C"/>
     <w:rsid w:val="00E27371"/>
+    <w:rsid w:val="00E31507"/>
+    <w:rsid w:val="00E32E50"/>
     <w:rsid w:val="00E35002"/>
     <w:rsid w:val="00E37FD6"/>
     <w:rsid w:val="00E420A4"/>
     <w:rsid w:val="00E4494D"/>
+    <w:rsid w:val="00E44A0C"/>
     <w:rsid w:val="00E50409"/>
     <w:rsid w:val="00E52B04"/>
     <w:rsid w:val="00E53A42"/>
     <w:rsid w:val="00E54F28"/>
     <w:rsid w:val="00E66606"/>
     <w:rsid w:val="00E67CDF"/>
     <w:rsid w:val="00E80F5E"/>
+    <w:rsid w:val="00E833CC"/>
     <w:rsid w:val="00E85E22"/>
     <w:rsid w:val="00E8752C"/>
     <w:rsid w:val="00E908CF"/>
     <w:rsid w:val="00E931EE"/>
     <w:rsid w:val="00E958A1"/>
+    <w:rsid w:val="00EA1C23"/>
+    <w:rsid w:val="00EA2CF1"/>
     <w:rsid w:val="00EA6EB9"/>
     <w:rsid w:val="00EB3910"/>
     <w:rsid w:val="00EC2A58"/>
     <w:rsid w:val="00EC2D1F"/>
     <w:rsid w:val="00EC505E"/>
     <w:rsid w:val="00ED13CA"/>
+    <w:rsid w:val="00ED3D55"/>
     <w:rsid w:val="00ED436A"/>
     <w:rsid w:val="00ED64E3"/>
     <w:rsid w:val="00ED7B7B"/>
+    <w:rsid w:val="00EE11CE"/>
     <w:rsid w:val="00EE4962"/>
     <w:rsid w:val="00EF2591"/>
     <w:rsid w:val="00EF64BC"/>
     <w:rsid w:val="00EF7EC6"/>
     <w:rsid w:val="00F03683"/>
     <w:rsid w:val="00F0599E"/>
     <w:rsid w:val="00F05A5C"/>
     <w:rsid w:val="00F0643B"/>
     <w:rsid w:val="00F152F0"/>
     <w:rsid w:val="00F165FA"/>
     <w:rsid w:val="00F2374E"/>
     <w:rsid w:val="00F25CFC"/>
     <w:rsid w:val="00F37026"/>
     <w:rsid w:val="00F417C2"/>
     <w:rsid w:val="00F43CEA"/>
     <w:rsid w:val="00F440BE"/>
     <w:rsid w:val="00F47181"/>
     <w:rsid w:val="00F505E9"/>
     <w:rsid w:val="00F542E7"/>
     <w:rsid w:val="00F573CF"/>
+    <w:rsid w:val="00F6087D"/>
     <w:rsid w:val="00F63BFA"/>
     <w:rsid w:val="00F64327"/>
     <w:rsid w:val="00F662D6"/>
     <w:rsid w:val="00F66FF3"/>
     <w:rsid w:val="00F721F0"/>
     <w:rsid w:val="00F723A7"/>
+    <w:rsid w:val="00F7291A"/>
     <w:rsid w:val="00F741AB"/>
     <w:rsid w:val="00F755E6"/>
     <w:rsid w:val="00F810F6"/>
     <w:rsid w:val="00F811C3"/>
     <w:rsid w:val="00F83AE5"/>
     <w:rsid w:val="00F83D92"/>
+    <w:rsid w:val="00F92382"/>
     <w:rsid w:val="00F93A98"/>
     <w:rsid w:val="00FA3B59"/>
     <w:rsid w:val="00FA3D34"/>
     <w:rsid w:val="00FA4106"/>
     <w:rsid w:val="00FB08C2"/>
     <w:rsid w:val="00FB1744"/>
     <w:rsid w:val="00FB2C9F"/>
     <w:rsid w:val="00FB30AA"/>
     <w:rsid w:val="00FB3B25"/>
     <w:rsid w:val="00FB3EC7"/>
+    <w:rsid w:val="00FC107D"/>
     <w:rsid w:val="00FC1B85"/>
     <w:rsid w:val="00FC67E3"/>
     <w:rsid w:val="00FC741C"/>
     <w:rsid w:val="00FC7570"/>
     <w:rsid w:val="00FD2799"/>
     <w:rsid w:val="00FD7DD4"/>
     <w:rsid w:val="00FE15E8"/>
     <w:rsid w:val="00FE2B51"/>
     <w:rsid w:val="00FE4B97"/>
     <w:rsid w:val="00FF34B9"/>
     <w:rsid w:val="0DEC9E34"/>
     <w:rsid w:val="7FB90821"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="60004B09"/>
   <w15:docId w15:val="{38A8C06D-A101-4F88-995B-E7B30381DF89}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -20659,50 +19715,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="007835A4"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
@@ -20764,51 +19825,51 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006262A3"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="116148778">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
@@ -21060,82 +20121,82 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{60F492A9-A16E-4796-A041-1B01739383FC}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{39465828-56CC-4D23-A4C6-0F5644904F35}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>953</Words>
-  <Characters>5438</Characters>
+  <Words>934</Words>
+  <Characters>5329</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>45</Lines>
+  <Lines>44</Lines>
   <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6379</CharactersWithSpaces>
+  <CharactersWithSpaces>6251</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Лоскутов Эдуард Вадимович</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>