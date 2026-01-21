--- v0 (2025-10-11)
+++ v1 (2026-01-21)
@@ -19,64 +19,51 @@
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p w:rsidR="006B212D" w:rsidRPr="00A622FB" w:rsidRDefault="005B30C9" w:rsidP="006B212D">
       <w:pPr>
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A622FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Инфо</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">рмация </w:t>
+        <w:t xml:space="preserve">Информация </w:t>
       </w:r>
       <w:r w:rsidR="006B212D" w:rsidRPr="00A622FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>о</w:t>
       </w:r>
       <w:r w:rsidR="006B212D" w:rsidRPr="00A622FB">
         <w:rPr>
           <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> численности обучающихся по реализуемым образовательным программам</w:t>
       </w:r>
       <w:r w:rsidRPr="00A622FB">
         <w:rPr>
@@ -100,104 +87,104 @@
         </w:rPr>
         <w:t xml:space="preserve"> (по состоянию на </w:t>
       </w:r>
       <w:r w:rsidR="000A5A25" w:rsidRPr="00A622FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>01</w:t>
       </w:r>
       <w:r w:rsidR="006B212D" w:rsidRPr="00A622FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00392EF9">
+      <w:r w:rsidR="00DA0CE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>октября</w:t>
+        <w:t>января</w:t>
       </w:r>
       <w:r w:rsidR="00EC46B4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006B212D" w:rsidRPr="00A622FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="00D92097" w:rsidRPr="00A622FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00045D53">
+      <w:r w:rsidR="00DA0CE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="007A156D" w:rsidRPr="00A622FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006B212D" w:rsidRPr="00A622FB">
         <w:rPr>
           <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>года)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -874,209 +861,225 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00601239" w:rsidRPr="003B46F3" w:rsidRDefault="003B46F3" w:rsidP="008D64F4">
-[...15 lines deleted...]
-              <w:t>99</w:t>
+          <w:p w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="003B46F3" w:rsidP="00DA0CE5">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA0CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00601239" w:rsidRPr="003B46F3" w:rsidRDefault="00601239" w:rsidP="005B30C9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="003B46F3">
+          <w:p w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00601239" w:rsidRPr="003B46F3" w:rsidRDefault="00601239" w:rsidP="005B30C9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="003B46F3">
+          <w:p w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00601239" w:rsidRPr="003B46F3" w:rsidRDefault="003B46F3" w:rsidP="00652D6E">
-[...15 lines deleted...]
-              <w:t>40</w:t>
+          <w:p w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00C364C5" w:rsidP="00DA0CE5">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA0CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00601239" w:rsidRPr="003B46F3" w:rsidRDefault="00377EB2" w:rsidP="003B46F3">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="003B46F3">
+          <w:p w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00377EB2" w:rsidP="00DA0CE5">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="003B46F3" w:rsidRPr="003B46F3">
+            <w:r w:rsidR="003B46F3" w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="00652D6E" w:rsidRPr="003B46F3">
-[...5 lines deleted...]
-              <w:t>9</w:t>
+            <w:r w:rsidR="00DA0CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005043D5" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="180"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
@@ -1163,187 +1166,187 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00601239" w:rsidRPr="003B46F3" w:rsidRDefault="00601239" w:rsidP="005B30C9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="003B46F3">
+          <w:p w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00601239" w:rsidRPr="003B46F3" w:rsidRDefault="00601239" w:rsidP="005B30C9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="003B46F3">
+          <w:p w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00601239" w:rsidRPr="003B46F3" w:rsidRDefault="00601239" w:rsidP="005B30C9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="003B46F3">
+          <w:p w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00601239" w:rsidRPr="003B46F3" w:rsidRDefault="00601239" w:rsidP="005B30C9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="003B46F3">
+          <w:p w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00601239" w:rsidRPr="003B46F3" w:rsidRDefault="00601239" w:rsidP="005B30C9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="003B46F3">
+          <w:p w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005043D5" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
@@ -1476,198 +1479,198 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00601239" w:rsidRPr="0014151B" w:rsidRDefault="0014151B" w:rsidP="00D27E7F">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0014151B">
+          <w:p w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="0014151B" w:rsidP="00D27E7F">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00601239" w:rsidRPr="0014151B" w:rsidRDefault="00601239" w:rsidP="005B30C9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0014151B">
+          <w:p w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00601239" w:rsidRPr="0014151B" w:rsidRDefault="00247B4F" w:rsidP="00706B16">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0014151B">
+          <w:p w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00247B4F" w:rsidP="00706B16">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00601239" w:rsidRPr="0014151B" w:rsidRDefault="00652D6E" w:rsidP="005B30C9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0014151B">
+          <w:p w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00652D6E" w:rsidP="005B30C9">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00601239" w:rsidRPr="0014151B" w:rsidRDefault="00652D6E" w:rsidP="0014151B">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0014151B">
+          <w:p w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00652D6E" w:rsidP="0014151B">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="0014151B" w:rsidRPr="0014151B">
+            <w:r w:rsidR="0014151B" w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005043D5" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
@@ -1765,190 +1768,190 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00601239" w:rsidRPr="0014151B" w:rsidRDefault="00686225" w:rsidP="005B30C9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0014151B">
+          <w:p w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00686225" w:rsidP="005B30C9">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00601239" w:rsidRPr="0014151B" w:rsidRDefault="00601239" w:rsidP="005B30C9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0014151B">
+          <w:p w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00601239" w:rsidRPr="0014151B" w:rsidRDefault="00601239" w:rsidP="005B30C9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0014151B">
+          <w:p w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00601239" w:rsidRPr="0014151B" w:rsidRDefault="00601239" w:rsidP="005B30C9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0014151B">
+          <w:p w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00601239" w:rsidRPr="0014151B" w:rsidRDefault="00601239" w:rsidP="005B30C9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0014151B">
+          <w:p w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003F29E8" w:rsidRPr="005043D5" w:rsidTr="00F65743">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
@@ -2111,193 +2114,209 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003F29E8" w:rsidRPr="0014151B" w:rsidRDefault="0014151B" w:rsidP="00686225">
-[...15 lines deleted...]
-              <w:t>33</w:t>
+          <w:p w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="0014151B" w:rsidP="00981351">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00981351">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003F29E8" w:rsidRPr="0014151B" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0014151B">
+          <w:p w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003F29E8" w:rsidRPr="0014151B" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0014151B">
+          <w:p w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003F29E8" w:rsidRPr="0014151B" w:rsidRDefault="0014151B" w:rsidP="003F29E8">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0014151B">
+          <w:p w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="00981351" w:rsidP="003F29E8">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1257" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="0014151B" w:rsidP="00981351">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-          </w:p>
-[...27 lines deleted...]
-              <w:t>36</w:t>
+            <w:r w:rsidR="00981351">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003F29E8" w:rsidRPr="005043D5" w:rsidTr="00F65743">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="003F29E8" w:rsidRPr="005043D5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
@@ -2384,187 +2403,187 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003F29E8" w:rsidRPr="0014151B" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0014151B">
+          <w:p w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003F29E8" w:rsidRPr="0014151B" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0014151B">
+          <w:p w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003F29E8" w:rsidRPr="0014151B" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0014151B">
+          <w:p w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003F29E8" w:rsidRPr="0014151B" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0014151B">
+          <w:p w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F29E8" w:rsidRPr="0014151B" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0014151B">
+          <w:p w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003F29E8" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
@@ -2692,195 +2711,195 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003F29E8" w:rsidRPr="002119B3" w:rsidRDefault="00652D6E" w:rsidP="003F29E8">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="002119B3">
+          <w:p w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="00652D6E" w:rsidP="003F29E8">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003F29E8" w:rsidRPr="002119B3" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="002119B3">
+          <w:p w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003F29E8" w:rsidRPr="002119B3" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="002119B3">
+          <w:p w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003F29E8" w:rsidRPr="002119B3" w:rsidRDefault="00652D6E" w:rsidP="003F29E8">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="002119B3">
+          <w:p w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="00652D6E" w:rsidP="003F29E8">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F29E8" w:rsidRPr="002119B3" w:rsidRDefault="00652D6E" w:rsidP="00652D6E">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="002119B3">
+          <w:p w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="00652D6E" w:rsidP="00652D6E">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="001770C3" w:rsidRPr="002119B3">
+            <w:r w:rsidR="001770C3" w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003F29E8" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
@@ -2977,187 +2996,187 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003F29E8" w:rsidRPr="002119B3" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="002119B3">
+          <w:p w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003F29E8" w:rsidRPr="002119B3" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="002119B3">
+          <w:p w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003F29E8" w:rsidRPr="002119B3" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="002119B3">
+          <w:p w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003F29E8" w:rsidRPr="002119B3" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="002119B3">
+          <w:p w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003F29E8" w:rsidRPr="002119B3" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="002119B3">
+          <w:p w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00547897" w:rsidRPr="005043D5" w:rsidTr="00F65743">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3293,201 +3312,209 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00547897" w:rsidRPr="002119B3" w:rsidRDefault="002119B3" w:rsidP="00962434">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="002119B3">
+          <w:p w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="002119B3" w:rsidP="00962434">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="00962434" w:rsidRPr="002119B3">
+            <w:r w:rsidR="00962434" w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00547897" w:rsidRPr="002119B3" w:rsidRDefault="00547897" w:rsidP="00547897">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="002119B3">
+          <w:p w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="00547897" w:rsidP="00547897">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00547897" w:rsidRPr="002119B3" w:rsidRDefault="00547897" w:rsidP="00547897">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="002119B3">
+          <w:p w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="00547897" w:rsidP="00547897">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00547897" w:rsidRPr="002119B3" w:rsidRDefault="002119B3" w:rsidP="00547897">
-[...15 lines deleted...]
-              <w:t>7</w:t>
+          <w:p w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="00981351" w:rsidP="00547897">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00547897" w:rsidRPr="002119B3" w:rsidRDefault="002119B3" w:rsidP="00962434">
-[...15 lines deleted...]
-              <w:t>65</w:t>
+          <w:p w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="002119B3" w:rsidP="00981351">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00981351">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00547897" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00547897" w:rsidRPr="005043D5" w:rsidRDefault="00547897" w:rsidP="00547897">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -3578,187 +3605,187 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00547897" w:rsidRPr="002119B3" w:rsidRDefault="00547897" w:rsidP="00547897">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="002119B3">
+          <w:p w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="00547897" w:rsidP="00547897">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00547897" w:rsidRPr="002119B3" w:rsidRDefault="00547897" w:rsidP="00547897">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="002119B3">
+          <w:p w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="00547897" w:rsidP="00547897">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00547897" w:rsidRPr="002119B3" w:rsidRDefault="00547897" w:rsidP="00547897">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="002119B3">
+          <w:p w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="00547897" w:rsidP="00547897">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00547897" w:rsidRPr="002119B3" w:rsidRDefault="00547897" w:rsidP="00547897">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="002119B3">
+          <w:p w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="00547897" w:rsidP="00547897">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00547897" w:rsidRPr="002119B3" w:rsidRDefault="00547897" w:rsidP="00547897">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="002119B3">
+          <w:p w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="00547897" w:rsidP="00547897">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00547897" w:rsidRPr="005043D5" w:rsidTr="00DE1235">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3886,201 +3913,201 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00547897" w:rsidRPr="009F22C7" w:rsidRDefault="00BA3BBE" w:rsidP="00547897">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="00BA3BBE" w:rsidP="00547897">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00547897" w:rsidRPr="009F22C7" w:rsidRDefault="00547897" w:rsidP="00547897">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="009F22C7">
+          <w:p w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="00547897" w:rsidP="00547897">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00547897" w:rsidRPr="009F22C7" w:rsidRDefault="00547897" w:rsidP="00547897">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="009F22C7">
+          <w:p w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="00547897" w:rsidP="00547897">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00547897" w:rsidRPr="009F22C7" w:rsidRDefault="00547897" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="009F22C7">
+          <w:p w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="00547897" w:rsidP="00C364C5">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00BA3BBE">
-[...5 lines deleted...]
-              <w:t>5</w:t>
+            <w:r w:rsidR="00C364C5" w:rsidRPr="00C364C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00547897" w:rsidRPr="009F22C7" w:rsidRDefault="00BA3BBE" w:rsidP="001561FF">
-[...15 lines deleted...]
-              <w:t>30</w:t>
+          <w:p w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="00C364C5" w:rsidP="001561FF">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00547897" w:rsidRPr="005043D5" w:rsidTr="00DE1235">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00547897" w:rsidRPr="005043D5" w:rsidRDefault="00547897" w:rsidP="00547897">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
@@ -4171,187 +4198,187 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00547897" w:rsidRPr="009F22C7" w:rsidRDefault="00547897" w:rsidP="00547897">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="009F22C7">
+          <w:p w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="00547897" w:rsidP="00547897">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00547897" w:rsidRPr="009F22C7" w:rsidRDefault="00547897" w:rsidP="00547897">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="009F22C7">
+          <w:p w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="00547897" w:rsidP="00547897">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00547897" w:rsidRPr="009F22C7" w:rsidRDefault="00547897" w:rsidP="00547897">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="009F22C7">
+          <w:p w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="00547897" w:rsidP="00547897">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00547897" w:rsidRPr="009F22C7" w:rsidRDefault="00547897" w:rsidP="00547897">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="009F22C7">
+          <w:p w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="00547897" w:rsidP="00547897">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00547897" w:rsidRPr="009F22C7" w:rsidRDefault="00547897" w:rsidP="00547897">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="009F22C7">
+          <w:p w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="00547897" w:rsidP="00547897">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C64A62" w:rsidRPr="005043D5" w:rsidTr="00F65743">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4479,193 +4506,209 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C64A62" w:rsidRPr="009F22C7" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="009F22C7">
+          <w:p w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C64A62" w:rsidRPr="009F22C7" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="009F22C7">
+          <w:p w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C64A62" w:rsidRPr="009F22C7" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="009F22C7">
+          <w:p w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C64A62" w:rsidRPr="009F22C7" w:rsidRDefault="009F22C7" w:rsidP="001F3EBC">
-[...15 lines deleted...]
-              <w:t>58</w:t>
+          <w:p w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="009F22C7" w:rsidP="00981351">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00981351">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C64A62" w:rsidRPr="009F22C7" w:rsidRDefault="009F22C7" w:rsidP="001F3EBC">
-[...15 lines deleted...]
-              <w:t>58</w:t>
+          <w:p w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="009F22C7" w:rsidP="00981351">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00981351">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C64A62" w:rsidRPr="005043D5" w:rsidTr="00DE1235">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C64A62" w:rsidRPr="005043D5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
@@ -4756,187 +4799,187 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C64A62" w:rsidRPr="009F22C7" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="009F22C7">
+          <w:p w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C64A62" w:rsidRPr="009F22C7" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="009F22C7">
+          <w:p w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C64A62" w:rsidRPr="009F22C7" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="009F22C7">
+          <w:p w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C64A62" w:rsidRPr="009F22C7" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="009F22C7">
+          <w:p w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C64A62" w:rsidRPr="009F22C7" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="009F22C7">
+          <w:p w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C64A62" w:rsidRPr="005043D5" w:rsidTr="00F65743">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5088,187 +5131,187 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C64A62" w:rsidRPr="009F22C7" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="009F22C7">
+          <w:p w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C64A62" w:rsidRPr="009F22C7" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="009F22C7">
+          <w:p w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C64A62" w:rsidRPr="009F22C7" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="009F22C7">
+          <w:p w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C64A62" w:rsidRPr="009F22C7" w:rsidRDefault="009F22C7" w:rsidP="00C64A62">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="009F22C7">
+          <w:p w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="009F22C7" w:rsidP="00C64A62">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C64A62" w:rsidRPr="009F22C7" w:rsidRDefault="009F22C7" w:rsidP="00C64A62">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="009F22C7">
+          <w:p w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="009F22C7" w:rsidP="00C64A62">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C64A62" w:rsidRPr="005043D5" w:rsidTr="00DE1235">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
@@ -5365,187 +5408,187 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C64A62" w:rsidRPr="009F22C7" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="009F22C7">
+          <w:p w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C64A62" w:rsidRPr="009F22C7" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="009F22C7">
+          <w:p w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C64A62" w:rsidRPr="009F22C7" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="009F22C7">
+          <w:p w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C64A62" w:rsidRPr="009F22C7" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="009F22C7">
+          <w:p w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C64A62" w:rsidRPr="009F22C7" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="009F22C7">
+          <w:p w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="00F65743">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5673,187 +5716,187 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="009F22C7" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00C364C5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="009F22C7" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00C364C5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="009F22C7" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00C364C5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="009F22C7" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00C364C5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="009F22C7" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00C364C5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="00DE1235">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
@@ -5950,187 +5993,187 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="009F22C7" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="009F22C7">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00C364C5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="009F22C7" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="009F22C7">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00C364C5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="009F22C7" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="009F22C7">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00C364C5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="009F22C7" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="009F22C7">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00C364C5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="009F22C7" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="009F22C7">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00C364C5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
@@ -6319,193 +6362,209 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0014481D" w:rsidRDefault="0014481D" w:rsidP="00BA3BBE">
-[...15 lines deleted...]
-              <w:t>58</w:t>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="0014481D" w:rsidP="00DA0CE5">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E1D86">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA0CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0014481D" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0014481D">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E1D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0014481D" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0014481D">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E1D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0014481D" w:rsidRDefault="0014481D" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0014481D">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="0014481D" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E1D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0014481D" w:rsidRDefault="0014481D" w:rsidP="00BA3BBE">
-[...15 lines deleted...]
-              <w:t>64</w:t>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="0014481D" w:rsidP="00DA0CE5">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E1D86">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA0CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -6597,187 +6656,187 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0014481D" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0014481D">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E1D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0014481D" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0014481D">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E1D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0014481D" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0014481D">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E1D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0014481D" w:rsidRDefault="0014481D" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0014481D">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="0014481D" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E1D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>54</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0014481D" w:rsidRDefault="0014481D" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0014481D">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="0014481D" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E1D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>57</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
@@ -6966,187 +7025,187 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0014481D" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0014481D">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E1D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0014481D" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0014481D">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E1D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0014481D" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0014481D">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E1D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0014481D" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0014481D">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E1D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0014481D" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0014481D">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E1D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="270"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
@@ -7244,203 +7303,204 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0014481D" w:rsidRDefault="00BA3BBE" w:rsidP="0014481D">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0014481D">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="00BA3BBE" w:rsidP="0014481D">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E1D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="0014481D" w:rsidRPr="0014481D">
+            <w:r w:rsidR="0014481D" w:rsidRPr="005E1D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0014481D" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0014481D">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E1D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0014481D" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0014481D">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E1D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0014481D" w:rsidRDefault="0014481D" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0014481D">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="0014481D" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E1D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>58</w:t>
             </w:r>
-            <w:r w:rsidR="00BA3BBE" w:rsidRPr="0014481D">
+            <w:r w:rsidR="00BA3BBE" w:rsidRPr="005E1D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0014481D" w:rsidRDefault="0014481D" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0014481D">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00C364C5" w:rsidRDefault="0014481D" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E1D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>81</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
@@ -7629,217 +7689,217 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0014481D" w:rsidRDefault="00BA3BBE" w:rsidP="0014481D">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0014481D">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00B033D8" w:rsidRDefault="00BA3BBE" w:rsidP="0014481D">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B033D8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="0014481D" w:rsidRPr="0014481D">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="0014481D">
+            <w:r w:rsidR="003D0169">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B033D8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0014481D" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0014481D">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00B033D8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B033D8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0014481D" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0014481D">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00B033D8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B033D8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0014481D" w:rsidRDefault="0014481D" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0014481D">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00B033D8" w:rsidRDefault="003D0169" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0014481D" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0014481D">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00B033D8" w:rsidRDefault="00BA3BBE" w:rsidP="00B033D8">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B033D8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="0014481D" w:rsidRPr="0014481D">
-[...5 lines deleted...]
-              <w:t>1</w:t>
+            <w:r w:rsidR="00B033D8" w:rsidRPr="00B033D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="270"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -7931,203 +7991,211 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0014481D" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0014481D">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0014481D" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0014481D">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0014481D" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0014481D">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0014481D" w:rsidRDefault="0014481D" w:rsidP="00BA3BBE">
-[...17 lines deleted...]
-            <w:r w:rsidR="00BA3BBE" w:rsidRPr="0014481D">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="0014481D" w:rsidP="003D0169">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008627E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="003D0169">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>49</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA3BBE" w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0014481D" w:rsidRDefault="00BA3BBE" w:rsidP="0014481D">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0014481D">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="003D0169">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="0014481D" w:rsidRPr="0014481D">
+            <w:r w:rsidR="003D0169">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>68</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="00A33350">
         <w:trPr>
           <w:trHeight w:val="497"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
@@ -8316,187 +8384,187 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0014481D" w:rsidRDefault="0014481D" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0014481D">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="0014481D" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0014481D" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0014481D">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0014481D" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0014481D">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0014481D" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0014481D">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0014481D" w:rsidRDefault="0014481D" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0014481D">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="0014481D" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
@@ -8594,201 +8662,217 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0014481D" w:rsidRDefault="00BA3BBE" w:rsidP="0014481D">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0014481D">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="0014481D">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="0014481D" w:rsidRPr="0014481D">
+            <w:r w:rsidR="0014481D" w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0014481D" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0014481D">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0014481D" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0014481D">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0014481D" w:rsidRDefault="0014481D" w:rsidP="00BA3BBE">
-[...15 lines deleted...]
-              <w:t>205</w:t>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="0014481D" w:rsidP="00DA0CE5">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008627E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA0CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0014481D" w:rsidRDefault="0014481D" w:rsidP="0014481D">
-[...15 lines deleted...]
-              <w:t>223</w:t>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="0014481D" w:rsidP="00DA0CE5">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008627E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA0CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="270"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
@@ -8959,187 +9043,187 @@
             </w:pPr>
             <w:r w:rsidRPr="00F65743">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00F65743" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00F65743">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00F65743" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00F65743">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00F65743" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00F65743">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00F65743" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00F65743">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00F65743" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00F65743">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
@@ -9237,193 +9321,193 @@
             </w:pPr>
             <w:r w:rsidRPr="00F65743">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00F65743" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00F65743">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00F65743" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00F65743">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00F65743" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00F65743">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00F65743" w:rsidRDefault="00F65743" w:rsidP="00F65743">
-[...15 lines deleted...]
-              <w:t>69</w:t>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00A2393D" w:rsidP="00F65743">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00F65743" w:rsidRDefault="00F65743" w:rsidP="00BA3BBE">
-[...15 lines deleted...]
-              <w:t>69</w:t>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00A2393D" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="00F65743">
         <w:trPr>
           <w:trHeight w:val="874"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
@@ -9600,189 +9684,189 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F65743">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00F65743" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00F65743">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00F65743" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00F65743">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00F65743" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00F65743">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00F65743" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...15 lines deleted...]
-              <w:t>3</w:t>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00A2393D" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00F65743" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...15 lines deleted...]
-              <w:t>3</w:t>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00A2393D" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="00F65743" w:rsidTr="00F65743">
         <w:trPr>
           <w:trHeight w:val="821"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
@@ -9970,197 +10054,197 @@
               <w:t>о</w:t>
             </w:r>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>чно-заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00F65743" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00F65743">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D079F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00F65743" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00F65743">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D079F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00F65743" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00F65743">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D079F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00F65743" w:rsidRDefault="00F65743" w:rsidP="00BA3BBE">
-[...17 lines deleted...]
-            <w:r w:rsidR="00BA3BBE" w:rsidRPr="00F65743">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="005B68FD" w:rsidP="00D079F1">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA3BBE" w:rsidRPr="00D079F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00F65743" w:rsidRDefault="00F65743" w:rsidP="00BA3BBE">
-[...15 lines deleted...]
-              <w:t>47</w:t>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="005B68FD" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="001F3B15">
         <w:trPr>
           <w:trHeight w:val="821"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
@@ -10337,189 +10421,205 @@
               <w:t>о</w:t>
             </w:r>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>чно-заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001F3B15" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F3B15">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D079F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001F3B15" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F3B15">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D079F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001F3B15" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F3B15">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D079F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001F3B15" w:rsidRDefault="00F65743" w:rsidP="00BA3BBE">
-[...15 lines deleted...]
-              <w:t>45</w:t>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="00F65743" w:rsidP="00A2393D">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D079F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00A2393D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001F3B15" w:rsidRDefault="00F65743" w:rsidP="00BA3BBE">
-[...15 lines deleted...]
-              <w:t>45</w:t>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="00F65743" w:rsidP="00A2393D">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D079F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00A2393D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="001F3B15">
         <w:trPr>
           <w:trHeight w:val="270"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
@@ -10689,187 +10789,187 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001F3B15" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F3B15">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D079F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001F3B15" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F3B15">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D079F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001F3B15" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F3B15">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D079F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001F3B15" w:rsidRDefault="001F3B15" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F3B15">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="001F3B15" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D079F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>43</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001F3B15" w:rsidRDefault="001F3B15" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F3B15">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="001F3B15" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D079F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>43</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="00DE1235">
         <w:trPr>
           <w:trHeight w:val="270"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10974,193 +11074,209 @@
             </w:r>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>чно-заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001F3B15" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F3B15">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D079F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001F3B15" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F3B15">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D079F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001F3B15" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F3B15">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D079F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001F3B15" w:rsidRDefault="001F3B15" w:rsidP="00BA3BBE">
-[...15 lines deleted...]
-              <w:t>50</w:t>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="001F3B15" w:rsidP="005B68FD">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D079F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="005B68FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001F3B15" w:rsidRDefault="001F3B15" w:rsidP="00BA3BBE">
-[...15 lines deleted...]
-              <w:t>50</w:t>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="001F3B15" w:rsidP="005B68FD">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D079F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="005B68FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="00536073" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="270"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
@@ -11323,187 +11439,187 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001F3B15" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F3B15">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5431">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001F3B15" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F3B15">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5431">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001F3B15" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F3B15">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5431">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001F3B15" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F3B15">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5431">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001F3B15" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F3B15">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5431">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="00536073" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="270"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
@@ -11601,201 +11717,217 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001F3B15" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...15 lines deleted...]
-              <w:t>22/1</w:t>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00A2393D">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5431">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00A2393D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A5431">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001F3B15" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F3B15">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5431">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001F3B15" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F3B15">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5431">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001F3B15" w:rsidRDefault="001F3B15" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F3B15">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="001F3B15" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5431">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001F3B15" w:rsidRDefault="00BA3BBE" w:rsidP="001F3B15">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F3B15">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00A2393D">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5431">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="001F3B15" w:rsidRPr="001F3B15">
-[...5 lines deleted...]
-              <w:t>2</w:t>
+            <w:r w:rsidR="00A2393D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="00F65743">
         <w:trPr>
           <w:trHeight w:val="874"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
@@ -11952,189 +12084,205 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00E36711" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00E36711">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5431">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00E36711" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00E36711">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5431">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00E36711" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00E36711">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5431">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00E36711" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...15 lines deleted...]
-              <w:t>19/1</w:t>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00A2393D" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA3BBE" w:rsidRPr="001A5431">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00E36711" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...15 lines deleted...]
-              <w:t>34</w:t>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00A2393D">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5431">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00A2393D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
@@ -12339,187 +12487,187 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00E36711" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00E36711">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5431">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00E36711" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00E36711">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5431">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00E36711" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00E36711">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5431">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00E36711" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00E36711">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5431">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00E36711" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00E36711">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5431">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="270"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
@@ -12617,201 +12765,201 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00E36711" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00E36711">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5431">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00E36711" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00E36711">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5431">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00E36711" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00E36711">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5431">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00E36711" w:rsidRDefault="00E36711" w:rsidP="00BA3BBE">
-[...17 lines deleted...]
-            <w:r w:rsidR="00BA3BBE" w:rsidRPr="00E36711">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="001A5431" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5431">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>26</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA3BBE" w:rsidRPr="001A5431">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00E36711" w:rsidRDefault="00E36711" w:rsidP="00BA3BBE">
-[...15 lines deleted...]
-              <w:t>50</w:t>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="001A5431" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5431">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>49</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="00F65743">
         <w:trPr>
           <w:trHeight w:val="874"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
@@ -12989,191 +13137,191 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00FA679E" w:rsidRDefault="00FA679E" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FA679E">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00984F22" w:rsidRDefault="00FA679E" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00984F22">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00FA679E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FA679E">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00984F22" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00984F22">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00FA679E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FA679E">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00984F22" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00984F22">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00FA679E" w:rsidRDefault="00FA679E" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FA679E">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00984F22" w:rsidRDefault="00FA679E" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00984F22">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>53</w:t>
             </w:r>
-            <w:r w:rsidR="00BA3BBE" w:rsidRPr="00FA679E">
+            <w:r w:rsidR="00BA3BBE" w:rsidRPr="00984F22">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00FA679E" w:rsidRDefault="00FA679E" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FA679E">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00984F22" w:rsidRDefault="00FA679E" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00984F22">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>74</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="270"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
@@ -13362,193 +13510,209 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="004E1CF8" w:rsidRDefault="004E1CF8" w:rsidP="00BA3BBE">
-[...15 lines deleted...]
-              <w:t>67</w:t>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00984F22" w:rsidRDefault="004E1CF8" w:rsidP="00984F22">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00984F22">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00984F22" w:rsidRPr="00984F22">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="004E1CF8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="004E1CF8">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00984F22" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00984F22">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="004E1CF8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="004E1CF8">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00984F22" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00984F22">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="004E1CF8" w:rsidRDefault="004E1CF8" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="004E1CF8">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00984F22" w:rsidRDefault="004E1CF8" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00984F22">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="004E1CF8" w:rsidRDefault="004E1CF8" w:rsidP="00BA3BBE">
-[...15 lines deleted...]
-              <w:t>69</w:t>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00984F22" w:rsidRDefault="004E1CF8" w:rsidP="00984F22">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00984F22">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00984F22" w:rsidRPr="00984F22">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="270"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -13640,217 +13804,233 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="004E1CF8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="004E1CF8">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00984F22" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00984F22">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="004E1CF8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="004E1CF8">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00984F22" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00984F22">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="004E1CF8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="004E1CF8">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00984F22" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00984F22">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="004E1CF8" w:rsidRDefault="00BA3BBE" w:rsidP="004E1CF8">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="004E1CF8">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00984F22" w:rsidRDefault="00BA3BBE" w:rsidP="00984F22">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00984F22">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="004E1CF8" w:rsidRPr="004E1CF8">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="004E1CF8">
+            <w:r w:rsidR="004E1CF8" w:rsidRPr="00984F22">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00984F22" w:rsidRPr="00984F22">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00984F22">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="004E1CF8" w:rsidRDefault="00BA3BBE" w:rsidP="004E1CF8">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="004E1CF8">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00984F22" w:rsidRDefault="00BA3BBE" w:rsidP="00984F22">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00984F22">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="004E1CF8" w:rsidRPr="004E1CF8">
-[...5 lines deleted...]
-              <w:t>94</w:t>
+            <w:r w:rsidR="004E1CF8" w:rsidRPr="00984F22">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="00984F22" w:rsidRPr="00984F22">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
@@ -14051,201 +14231,193 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="009867E2" w:rsidRDefault="009867E2" w:rsidP="00BA3BBE">
-[...15 lines deleted...]
-              <w:t>61</w:t>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00230F30" w:rsidRDefault="004B3C84" w:rsidP="00230F30">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>59</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="009867E2" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="009867E2">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00230F30" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00230F30">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="009867E2" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="009867E2">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00230F30" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00230F30">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="009867E2" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="009867E2">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00230F30" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00230F30">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="009867E2" w:rsidRDefault="00BA3BBE" w:rsidP="009867E2">
-[...23 lines deleted...]
-              <w:t>1</w:t>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00230F30" w:rsidRDefault="004B3C84" w:rsidP="009867E2">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>59</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -14337,209 +14509,209 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="009867E2" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...15 lines deleted...]
-              <w:t>17</w:t>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00230F30" w:rsidRDefault="004B3C84" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="009867E2" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="009867E2">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00230F30" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00230F30">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="009867E2" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="009867E2">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00230F30" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00230F30">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="009867E2" w:rsidRDefault="00BA3BBE" w:rsidP="009867E2">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="009867E2">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00230F30" w:rsidRDefault="00BA3BBE" w:rsidP="004B3C84">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00230F30">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="009867E2" w:rsidRPr="009867E2">
+            <w:r w:rsidR="004B3C84">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="009867E2">
+            <w:r w:rsidRPr="00230F30">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="009867E2" w:rsidRDefault="009867E2" w:rsidP="00BA3BBE">
-[...15 lines deleted...]
-              <w:t>49</w:t>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00230F30" w:rsidRDefault="004B3C84" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>47</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
@@ -14717,217 +14889,217 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00622D45" w:rsidRDefault="00BA3BBE" w:rsidP="00622D45">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00622D45">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00230F30" w:rsidRDefault="00BA3BBE" w:rsidP="004B3C84">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00230F30">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="00622D45" w:rsidRPr="00622D45">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00622D45">
+            <w:r w:rsidR="004B3C84">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00230F30">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00622D45" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00622D45">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00230F30" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00230F30">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00622D45" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00622D45">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00230F30" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00230F30">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00622D45" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00622D45">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00230F30" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00230F30">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00622D45" w:rsidRDefault="00BA3BBE" w:rsidP="00622D45">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00622D45">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00230F30" w:rsidRDefault="00BA3BBE" w:rsidP="004B3C84">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00230F30">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="00622D45" w:rsidRPr="00622D45">
-[...5 lines deleted...]
-              <w:t>5</w:t>
+            <w:r w:rsidR="004B3C84">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -15020,187 +15192,187 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00622D45" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00622D45">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00230F30" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00230F30">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00622D45" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00622D45">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00230F30" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00230F30">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00622D45" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00622D45">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00230F30" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00230F30">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00622D45" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00622D45">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00230F30" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00230F30">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00622D45" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00622D45">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00230F30" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00230F30">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
@@ -15415,201 +15587,217 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00622D45" w:rsidRDefault="00622D45" w:rsidP="00BA3BBE">
-[...17 lines deleted...]
-            <w:r w:rsidR="00BA3BBE" w:rsidRPr="00622D45">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00744A16" w:rsidRDefault="00622D45" w:rsidP="004B3C84">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00744A16">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="004B3C84">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA3BBE" w:rsidRPr="00744A16">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00622D45" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00622D45">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00744A16" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00744A16">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00622D45" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00622D45">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00744A16" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00744A16">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00622D45" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00622D45">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00744A16" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00744A16">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00622D45" w:rsidRDefault="00622D45" w:rsidP="00BA3BBE">
-[...15 lines deleted...]
-              <w:t>82</w:t>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00744A16" w:rsidRDefault="00622D45" w:rsidP="004B3C84">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00744A16">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="004B3C84">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
@@ -15697,187 +15885,187 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00622D45" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00622D45">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00744A16" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00744A16">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00622D45" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00622D45">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00744A16" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00744A16">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00622D45" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00622D45">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00744A16" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00744A16">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00622D45" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00622D45">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00744A16" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00744A16">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00622D45" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00622D45">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00744A16" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00744A16">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
@@ -16091,193 +16279,209 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00B33E6A" w:rsidRDefault="00B33E6A" w:rsidP="00BA3BBE">
-[...15 lines deleted...]
-              <w:t>57</w:t>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00744A16" w:rsidRDefault="00744A16" w:rsidP="004B3C84">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00744A16">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="004B3C84">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00B33E6A" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00B33E6A">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00744A16" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00744A16">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00B33E6A" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00B33E6A">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00744A16" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00744A16">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00B33E6A" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00B33E6A">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00744A16" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00744A16">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00B33E6A" w:rsidRDefault="00B33E6A" w:rsidP="00BA3BBE">
-[...15 lines deleted...]
-              <w:t>57</w:t>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00744A16" w:rsidRDefault="00B33E6A" w:rsidP="004B3C84">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00744A16">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="004B3C84">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
@@ -16364,187 +16568,187 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00B33E6A" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00B33E6A">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00744A16" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00744A16">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00B33E6A" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00B33E6A">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00744A16" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00744A16">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00B33E6A" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00B33E6A">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00744A16" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00744A16">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00B33E6A" w:rsidRDefault="00B33E6A" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00B33E6A">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00744A16" w:rsidRDefault="00B33E6A" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00744A16">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00B33E6A" w:rsidRDefault="00B33E6A" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00B33E6A">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00744A16" w:rsidRDefault="00B33E6A" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00744A16">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
@@ -16758,202 +16962,212 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0062632F" w:rsidRDefault="0062632F" w:rsidP="00BA3BBE">
-[...15 lines deleted...]
-              <w:t>73</w:t>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="0062632F" w:rsidP="00A2393D">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD2B65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00A2393D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0062632F" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0062632F">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0062632F" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0062632F">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0062632F" w:rsidRDefault="0062632F" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0062632F">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="0062632F" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0062632F" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0062632F">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00A2393D">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidR="0062632F" w:rsidRPr="0062632F">
-[...6 lines deleted...]
-            </w:r>
+            <w:r w:rsidR="00A2393D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
@@ -17039,187 +17253,187 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0062632F" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0062632F">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0062632F" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0062632F">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0062632F" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0062632F">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0062632F" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0062632F">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0062632F" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0062632F">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
@@ -17433,187 +17647,187 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00F63628" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00F63628">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00F63628" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00F63628">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00F63628" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00F63628">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00F63628" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00F63628">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00F63628" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00F63628">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
@@ -17706,187 +17920,187 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00F63628" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00F63628">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00F63628" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00F63628">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00F63628" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00F63628">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00F63628" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00F63628">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00F63628" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00F63628">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="008A5850">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18097,203 +18311,203 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00F63628" w:rsidRDefault="00F63628" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00F63628">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00F63628" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="00BA3BBE" w:rsidRPr="00F63628">
+            <w:r w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3/4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00F63628" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00F63628">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00F63628" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00F63628">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00F63628" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00F63628">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00F63628" w:rsidRDefault="00F63628" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00F63628">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00F63628" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="00BA3BBE" w:rsidRPr="00F63628">
+            <w:r w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
@@ -18386,187 +18600,187 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00F63628" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00F63628">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00F63628" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00F63628">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00F63628" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00F63628">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00F63628" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00F63628">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00F63628" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00F63628">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="008A5850">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18799,203 +19013,203 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00F63628" w:rsidRDefault="00F63628" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00F63628">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00F63628" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="00BA3BBE" w:rsidRPr="00F63628">
+            <w:r w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00F63628" w:rsidRDefault="00F63628" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00F63628">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00F63628" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00F63628" w:rsidRDefault="00F63628" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00F63628">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00F63628" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00F63628" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00F63628">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00F63628" w:rsidRDefault="00F63628" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00F63628">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00F63628" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="00BA3BBE" w:rsidRPr="00F63628">
+            <w:r w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
@@ -19088,187 +19302,187 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00F63628" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00F63628">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00F63628" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00F63628">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00F63628" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00F63628">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00F63628" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00F63628">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00F63628" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00F63628">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
@@ -19476,187 +19690,187 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00B07B40" w:rsidRDefault="00B07B40" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00B07B40">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00B07B40" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00B07B40" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00B07B40">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00B07B40" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00B07B40">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00B07B40" w:rsidRDefault="00B07B40" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00B07B40">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00B07B40" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00B07B40" w:rsidRDefault="00B07B40" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00B07B40">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00B07B40" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
@@ -19749,187 +19963,187 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00B07B40" w:rsidRDefault="00B07B40" w:rsidP="00B07B40">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00B07B40">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00B07B40" w:rsidP="00B07B40">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00B07B40" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00B07B40">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00B07B40" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00B07B40">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00B07B40" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00B07B40">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00B07B40" w:rsidRDefault="00B07B40" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00B07B40">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00B07B40" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
@@ -20137,187 +20351,187 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00B07B40" w:rsidRDefault="00B07B40" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00B07B40">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00B07B40" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00B07B40" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00B07B40">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00B07B40" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00B07B40">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00B07B40" w:rsidRDefault="00B07B40" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00B07B40">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00B07B40" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00B07B40" w:rsidRDefault="00B07B40" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00B07B40">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00B07B40" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
@@ -20410,187 +20624,187 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00B07B40" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00B07B40">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00B07B40" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00B07B40">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00B07B40" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00B07B40">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00B07B40" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00B07B40">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00B07B40" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00B07B40">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
@@ -20799,187 +21013,187 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00255D9D" w:rsidRDefault="00255D9D" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00255D9D">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00255D9D" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00255D9D" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00255D9D">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00255D9D" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00255D9D">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00255D9D" w:rsidRDefault="00255D9D" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00255D9D">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00255D9D" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00255D9D" w:rsidRDefault="00255D9D" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00255D9D">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00255D9D" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="00255D9D">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
@@ -21073,187 +21287,187 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00255D9D" w:rsidRDefault="00255D9D" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00255D9D">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00255D9D" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00255D9D" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00255D9D">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00255D9D" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00255D9D">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00255D9D" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00255D9D">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00255D9D" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00255D9D">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00255D9D" w:rsidRPr="005043D5" w:rsidTr="00255D9D">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
@@ -21410,187 +21624,187 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00255D9D" w:rsidRPr="00F63628" w:rsidRDefault="00255D9D" w:rsidP="00255D9D">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00F63628">
+          <w:p w:rsidR="00255D9D" w:rsidRPr="0066426E" w:rsidRDefault="00255D9D" w:rsidP="00255D9D">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00255D9D" w:rsidRPr="00F63628" w:rsidRDefault="00255D9D" w:rsidP="00255D9D">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00F63628">
+          <w:p w:rsidR="00255D9D" w:rsidRPr="0066426E" w:rsidRDefault="00255D9D" w:rsidP="00255D9D">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00255D9D" w:rsidRPr="00F63628" w:rsidRDefault="00255D9D" w:rsidP="00255D9D">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00F63628">
+          <w:p w:rsidR="00255D9D" w:rsidRPr="0066426E" w:rsidRDefault="00255D9D" w:rsidP="00255D9D">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00255D9D" w:rsidRPr="00F63628" w:rsidRDefault="00255D9D" w:rsidP="00255D9D">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00F63628">
+          <w:p w:rsidR="00255D9D" w:rsidRPr="0066426E" w:rsidRDefault="00255D9D" w:rsidP="00255D9D">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00255D9D" w:rsidRPr="00F63628" w:rsidRDefault="00255D9D" w:rsidP="00255D9D">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00F63628">
+          <w:p w:rsidR="00255D9D" w:rsidRPr="0066426E" w:rsidRDefault="00255D9D" w:rsidP="00255D9D">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00255D9D" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
@@ -21681,187 +21895,187 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00255D9D" w:rsidRPr="00255D9D" w:rsidRDefault="00255D9D" w:rsidP="00255D9D">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00255D9D" w:rsidRPr="0066426E" w:rsidRDefault="00255D9D" w:rsidP="00255D9D">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00255D9D" w:rsidRPr="00255D9D" w:rsidRDefault="00255D9D" w:rsidP="00255D9D">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00255D9D" w:rsidRPr="0066426E" w:rsidRDefault="00255D9D" w:rsidP="00255D9D">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00255D9D" w:rsidRPr="00255D9D" w:rsidRDefault="00255D9D" w:rsidP="00255D9D">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00255D9D" w:rsidRPr="0066426E" w:rsidRDefault="00255D9D" w:rsidP="00255D9D">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00255D9D" w:rsidRPr="00255D9D" w:rsidRDefault="00255D9D" w:rsidP="00255D9D">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00255D9D" w:rsidRPr="0066426E" w:rsidRDefault="00255D9D" w:rsidP="00255D9D">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00255D9D" w:rsidRPr="00255D9D" w:rsidRDefault="00255D9D" w:rsidP="00255D9D">
-[...9 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00255D9D" w:rsidRPr="0066426E" w:rsidRDefault="00255D9D" w:rsidP="00255D9D">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="005A2D5A" w:rsidRDefault="005A2D5A">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="005A2D5A" w:rsidSect="00BD1C21">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="851" w:right="1134" w:bottom="568" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
@@ -21934,50 +22148,51 @@
     <w:rsid w:val="00010FD1"/>
     <w:rsid w:val="00015415"/>
     <w:rsid w:val="000164D1"/>
     <w:rsid w:val="000247F3"/>
     <w:rsid w:val="000345EB"/>
     <w:rsid w:val="000347B2"/>
     <w:rsid w:val="000361F6"/>
     <w:rsid w:val="0003714B"/>
     <w:rsid w:val="00040CBA"/>
     <w:rsid w:val="000438AB"/>
     <w:rsid w:val="0004433C"/>
     <w:rsid w:val="00045D53"/>
     <w:rsid w:val="0004629D"/>
     <w:rsid w:val="00053B1C"/>
     <w:rsid w:val="00055DD7"/>
     <w:rsid w:val="000569DD"/>
     <w:rsid w:val="00070F8B"/>
     <w:rsid w:val="00071DB4"/>
     <w:rsid w:val="00074B75"/>
     <w:rsid w:val="00077F73"/>
     <w:rsid w:val="00080FED"/>
     <w:rsid w:val="00083E94"/>
     <w:rsid w:val="000853F2"/>
     <w:rsid w:val="00085F68"/>
     <w:rsid w:val="00086813"/>
+    <w:rsid w:val="00086BCE"/>
     <w:rsid w:val="000932E0"/>
     <w:rsid w:val="000936CC"/>
     <w:rsid w:val="00093F44"/>
     <w:rsid w:val="00096967"/>
     <w:rsid w:val="000A10CA"/>
     <w:rsid w:val="000A5A25"/>
     <w:rsid w:val="000B2C3C"/>
     <w:rsid w:val="000B330D"/>
     <w:rsid w:val="000B3ABC"/>
     <w:rsid w:val="000B4DCE"/>
     <w:rsid w:val="000B655B"/>
     <w:rsid w:val="000C3BD7"/>
     <w:rsid w:val="000C7019"/>
     <w:rsid w:val="000D12D4"/>
     <w:rsid w:val="000D1E8D"/>
     <w:rsid w:val="000D6F9A"/>
     <w:rsid w:val="000E0576"/>
     <w:rsid w:val="000E43BB"/>
     <w:rsid w:val="000F7301"/>
     <w:rsid w:val="0010487D"/>
     <w:rsid w:val="001073F8"/>
     <w:rsid w:val="00110FBB"/>
     <w:rsid w:val="0011461C"/>
     <w:rsid w:val="00116496"/>
     <w:rsid w:val="00117BF0"/>
@@ -21999,78 +22214,81 @@
     <w:rsid w:val="00153A54"/>
     <w:rsid w:val="00153E79"/>
     <w:rsid w:val="001561FF"/>
     <w:rsid w:val="001634B0"/>
     <w:rsid w:val="00165236"/>
     <w:rsid w:val="001711E2"/>
     <w:rsid w:val="0017358E"/>
     <w:rsid w:val="0017397E"/>
     <w:rsid w:val="00173BFA"/>
     <w:rsid w:val="00176971"/>
     <w:rsid w:val="001770C3"/>
     <w:rsid w:val="00177EE3"/>
     <w:rsid w:val="00181A18"/>
     <w:rsid w:val="00181B3E"/>
     <w:rsid w:val="001822C4"/>
     <w:rsid w:val="0018306B"/>
     <w:rsid w:val="00183EB0"/>
     <w:rsid w:val="001868F7"/>
     <w:rsid w:val="00190A79"/>
     <w:rsid w:val="00190BD6"/>
     <w:rsid w:val="001926A3"/>
     <w:rsid w:val="00193CDA"/>
     <w:rsid w:val="00195D39"/>
     <w:rsid w:val="00197AB1"/>
     <w:rsid w:val="001A18D8"/>
+    <w:rsid w:val="001A5431"/>
     <w:rsid w:val="001B16C5"/>
     <w:rsid w:val="001B2ADA"/>
     <w:rsid w:val="001B370D"/>
     <w:rsid w:val="001B56FF"/>
     <w:rsid w:val="001B5F51"/>
     <w:rsid w:val="001B7678"/>
     <w:rsid w:val="001C0BC1"/>
     <w:rsid w:val="001C2695"/>
     <w:rsid w:val="001C3D6F"/>
     <w:rsid w:val="001C4C9E"/>
     <w:rsid w:val="001C55DD"/>
     <w:rsid w:val="001C6D9F"/>
     <w:rsid w:val="001D17DF"/>
     <w:rsid w:val="001D707F"/>
     <w:rsid w:val="001E4F15"/>
     <w:rsid w:val="001F3B15"/>
     <w:rsid w:val="001F3EBC"/>
     <w:rsid w:val="0020236D"/>
     <w:rsid w:val="00203BC0"/>
     <w:rsid w:val="00204841"/>
     <w:rsid w:val="00204B68"/>
     <w:rsid w:val="00205BDE"/>
     <w:rsid w:val="002119B3"/>
+    <w:rsid w:val="002150F0"/>
     <w:rsid w:val="0021522D"/>
     <w:rsid w:val="00220CDF"/>
     <w:rsid w:val="00222F95"/>
     <w:rsid w:val="0022351E"/>
     <w:rsid w:val="00226302"/>
+    <w:rsid w:val="00230F30"/>
     <w:rsid w:val="002318E2"/>
     <w:rsid w:val="002410AC"/>
     <w:rsid w:val="00245852"/>
     <w:rsid w:val="00247B4F"/>
     <w:rsid w:val="002513E2"/>
     <w:rsid w:val="002539A1"/>
     <w:rsid w:val="00253E8F"/>
     <w:rsid w:val="00255D9D"/>
     <w:rsid w:val="00260094"/>
     <w:rsid w:val="0026150C"/>
     <w:rsid w:val="002750D2"/>
     <w:rsid w:val="00275519"/>
     <w:rsid w:val="00277DB0"/>
     <w:rsid w:val="00291DEE"/>
     <w:rsid w:val="00292A86"/>
     <w:rsid w:val="0029304B"/>
     <w:rsid w:val="00293C10"/>
     <w:rsid w:val="002957C6"/>
     <w:rsid w:val="00296AFB"/>
     <w:rsid w:val="00296BCB"/>
     <w:rsid w:val="002A577C"/>
     <w:rsid w:val="002A5F67"/>
     <w:rsid w:val="002A7AAA"/>
     <w:rsid w:val="002B077B"/>
     <w:rsid w:val="002B7CCA"/>
@@ -22103,230 +22321,236 @@
     <w:rsid w:val="00336D6E"/>
     <w:rsid w:val="00347EA1"/>
     <w:rsid w:val="00353809"/>
     <w:rsid w:val="003538B9"/>
     <w:rsid w:val="00360269"/>
     <w:rsid w:val="00360447"/>
     <w:rsid w:val="00360CAD"/>
     <w:rsid w:val="00361436"/>
     <w:rsid w:val="00365CA0"/>
     <w:rsid w:val="003669BA"/>
     <w:rsid w:val="00366A68"/>
     <w:rsid w:val="00367643"/>
     <w:rsid w:val="003771D0"/>
     <w:rsid w:val="00377EB2"/>
     <w:rsid w:val="00390500"/>
     <w:rsid w:val="00391A3D"/>
     <w:rsid w:val="00392EF9"/>
     <w:rsid w:val="00393CBF"/>
     <w:rsid w:val="003A2D70"/>
     <w:rsid w:val="003A554A"/>
     <w:rsid w:val="003A74CF"/>
     <w:rsid w:val="003B0B8C"/>
     <w:rsid w:val="003B46F3"/>
     <w:rsid w:val="003C2BF9"/>
     <w:rsid w:val="003C7A3A"/>
+    <w:rsid w:val="003D0169"/>
     <w:rsid w:val="003D0B9E"/>
     <w:rsid w:val="003D1CDA"/>
     <w:rsid w:val="003D53CB"/>
     <w:rsid w:val="003E1B74"/>
     <w:rsid w:val="003E69EB"/>
     <w:rsid w:val="003F1767"/>
     <w:rsid w:val="003F291B"/>
     <w:rsid w:val="003F29E8"/>
     <w:rsid w:val="003F5F33"/>
     <w:rsid w:val="003F6369"/>
     <w:rsid w:val="004019CD"/>
     <w:rsid w:val="004042A8"/>
     <w:rsid w:val="00405286"/>
     <w:rsid w:val="004074DF"/>
     <w:rsid w:val="00416241"/>
     <w:rsid w:val="004171B7"/>
     <w:rsid w:val="004278FB"/>
     <w:rsid w:val="00433F06"/>
     <w:rsid w:val="0043623D"/>
     <w:rsid w:val="00443B35"/>
     <w:rsid w:val="00444D2A"/>
     <w:rsid w:val="00445537"/>
     <w:rsid w:val="004518B6"/>
     <w:rsid w:val="00457CAB"/>
     <w:rsid w:val="00463DDC"/>
     <w:rsid w:val="00464B4A"/>
     <w:rsid w:val="00464D0B"/>
     <w:rsid w:val="00465FA8"/>
     <w:rsid w:val="00471370"/>
     <w:rsid w:val="0047205F"/>
     <w:rsid w:val="004745D0"/>
     <w:rsid w:val="00475941"/>
     <w:rsid w:val="00475E5D"/>
     <w:rsid w:val="0047778D"/>
     <w:rsid w:val="00482782"/>
     <w:rsid w:val="0048282C"/>
     <w:rsid w:val="0049045D"/>
     <w:rsid w:val="00491660"/>
     <w:rsid w:val="0049374F"/>
     <w:rsid w:val="00493AAE"/>
     <w:rsid w:val="004A1500"/>
     <w:rsid w:val="004A2FB3"/>
     <w:rsid w:val="004A66F2"/>
     <w:rsid w:val="004B07B3"/>
     <w:rsid w:val="004B1CB2"/>
+    <w:rsid w:val="004B3C84"/>
     <w:rsid w:val="004B6A97"/>
     <w:rsid w:val="004C0CA9"/>
     <w:rsid w:val="004C30DE"/>
     <w:rsid w:val="004D1B50"/>
     <w:rsid w:val="004D6CF6"/>
     <w:rsid w:val="004E01FD"/>
     <w:rsid w:val="004E1CF8"/>
     <w:rsid w:val="004E730A"/>
     <w:rsid w:val="004E7423"/>
     <w:rsid w:val="004F4DD6"/>
     <w:rsid w:val="004F5206"/>
     <w:rsid w:val="005000FE"/>
     <w:rsid w:val="00500C59"/>
     <w:rsid w:val="005043D5"/>
     <w:rsid w:val="0051150B"/>
     <w:rsid w:val="00511810"/>
     <w:rsid w:val="005165FF"/>
     <w:rsid w:val="0051725E"/>
     <w:rsid w:val="00517C02"/>
     <w:rsid w:val="00526FE7"/>
     <w:rsid w:val="00531A63"/>
     <w:rsid w:val="00532E8F"/>
     <w:rsid w:val="00535847"/>
     <w:rsid w:val="00536073"/>
     <w:rsid w:val="00536E80"/>
     <w:rsid w:val="00537E77"/>
     <w:rsid w:val="00537F87"/>
     <w:rsid w:val="005413A5"/>
     <w:rsid w:val="00544FE1"/>
     <w:rsid w:val="00547897"/>
     <w:rsid w:val="00556BA5"/>
     <w:rsid w:val="00565DF0"/>
     <w:rsid w:val="00573264"/>
     <w:rsid w:val="005739E9"/>
     <w:rsid w:val="00577355"/>
     <w:rsid w:val="00580CA0"/>
     <w:rsid w:val="00583090"/>
     <w:rsid w:val="00594256"/>
     <w:rsid w:val="005944AB"/>
     <w:rsid w:val="00595DB1"/>
     <w:rsid w:val="005961AA"/>
     <w:rsid w:val="0059642C"/>
     <w:rsid w:val="00596CF2"/>
     <w:rsid w:val="00596D8D"/>
     <w:rsid w:val="005A2749"/>
     <w:rsid w:val="005A2D5A"/>
     <w:rsid w:val="005A724F"/>
     <w:rsid w:val="005B30C9"/>
     <w:rsid w:val="005B4F6A"/>
+    <w:rsid w:val="005B68FD"/>
     <w:rsid w:val="005B6E4A"/>
     <w:rsid w:val="005C0E93"/>
     <w:rsid w:val="005C3AFE"/>
     <w:rsid w:val="005C444D"/>
     <w:rsid w:val="005D39B6"/>
     <w:rsid w:val="005D4F08"/>
     <w:rsid w:val="005E068B"/>
     <w:rsid w:val="005E16D8"/>
+    <w:rsid w:val="005E1D86"/>
     <w:rsid w:val="005E1E34"/>
     <w:rsid w:val="005E2A8B"/>
     <w:rsid w:val="005E33DD"/>
     <w:rsid w:val="005F35F6"/>
     <w:rsid w:val="005F59C2"/>
     <w:rsid w:val="005F61A3"/>
     <w:rsid w:val="005F7C75"/>
     <w:rsid w:val="00601239"/>
     <w:rsid w:val="0060240C"/>
     <w:rsid w:val="00603D1F"/>
     <w:rsid w:val="00603F95"/>
     <w:rsid w:val="0060420A"/>
     <w:rsid w:val="006115DE"/>
     <w:rsid w:val="006125D3"/>
     <w:rsid w:val="00612C76"/>
     <w:rsid w:val="0061428E"/>
     <w:rsid w:val="006174DC"/>
     <w:rsid w:val="00622D45"/>
     <w:rsid w:val="00625D9E"/>
     <w:rsid w:val="0062632F"/>
     <w:rsid w:val="0062701F"/>
     <w:rsid w:val="006327CA"/>
     <w:rsid w:val="00632AC8"/>
     <w:rsid w:val="00635E4E"/>
     <w:rsid w:val="00652D6E"/>
     <w:rsid w:val="0065480A"/>
     <w:rsid w:val="006557E4"/>
     <w:rsid w:val="00662D34"/>
     <w:rsid w:val="00663CE2"/>
+    <w:rsid w:val="0066426E"/>
     <w:rsid w:val="006649E8"/>
     <w:rsid w:val="00664EF7"/>
     <w:rsid w:val="0066522F"/>
     <w:rsid w:val="0066794A"/>
     <w:rsid w:val="00671BA9"/>
     <w:rsid w:val="0067546E"/>
     <w:rsid w:val="00677784"/>
     <w:rsid w:val="00683B24"/>
     <w:rsid w:val="00686225"/>
     <w:rsid w:val="006867DC"/>
     <w:rsid w:val="006873A4"/>
     <w:rsid w:val="00687BB4"/>
     <w:rsid w:val="00690E40"/>
     <w:rsid w:val="00695E1A"/>
     <w:rsid w:val="006A0D98"/>
     <w:rsid w:val="006A5120"/>
     <w:rsid w:val="006A5BAF"/>
     <w:rsid w:val="006A672B"/>
     <w:rsid w:val="006A6E59"/>
     <w:rsid w:val="006B03E5"/>
     <w:rsid w:val="006B212D"/>
     <w:rsid w:val="006B652E"/>
     <w:rsid w:val="006B7EA7"/>
     <w:rsid w:val="006C213F"/>
     <w:rsid w:val="006C2757"/>
     <w:rsid w:val="006C3B69"/>
     <w:rsid w:val="006C6F33"/>
     <w:rsid w:val="006D4002"/>
     <w:rsid w:val="006E03EB"/>
     <w:rsid w:val="006E485D"/>
     <w:rsid w:val="006E7FE2"/>
     <w:rsid w:val="006F2B04"/>
     <w:rsid w:val="006F7EA8"/>
     <w:rsid w:val="007001A9"/>
     <w:rsid w:val="00706B16"/>
     <w:rsid w:val="0070780C"/>
     <w:rsid w:val="00711D48"/>
     <w:rsid w:val="00715F22"/>
     <w:rsid w:val="0071677F"/>
     <w:rsid w:val="00720370"/>
     <w:rsid w:val="007217AE"/>
     <w:rsid w:val="00725E5E"/>
     <w:rsid w:val="00725F44"/>
     <w:rsid w:val="00725FFB"/>
     <w:rsid w:val="0072634A"/>
     <w:rsid w:val="00734E72"/>
     <w:rsid w:val="00742950"/>
     <w:rsid w:val="00742E6A"/>
     <w:rsid w:val="00744726"/>
+    <w:rsid w:val="00744A16"/>
     <w:rsid w:val="0075169D"/>
     <w:rsid w:val="00752FFC"/>
     <w:rsid w:val="007545C2"/>
     <w:rsid w:val="00761FA9"/>
     <w:rsid w:val="007627F9"/>
     <w:rsid w:val="00762D57"/>
     <w:rsid w:val="00765736"/>
     <w:rsid w:val="00765EA3"/>
     <w:rsid w:val="00766C2F"/>
     <w:rsid w:val="00777E65"/>
     <w:rsid w:val="007862AB"/>
     <w:rsid w:val="00787D12"/>
     <w:rsid w:val="007908C2"/>
     <w:rsid w:val="00794899"/>
     <w:rsid w:val="00797AE5"/>
     <w:rsid w:val="007A0E62"/>
     <w:rsid w:val="007A156D"/>
     <w:rsid w:val="007A30A1"/>
     <w:rsid w:val="007B0A82"/>
     <w:rsid w:val="007B241D"/>
     <w:rsid w:val="007C024F"/>
     <w:rsid w:val="007C16B8"/>
     <w:rsid w:val="007C2419"/>
     <w:rsid w:val="007C3EA6"/>
     <w:rsid w:val="007C6A60"/>
@@ -22349,50 +22573,51 @@
     <w:rsid w:val="00805FBE"/>
     <w:rsid w:val="00806555"/>
     <w:rsid w:val="0080665F"/>
     <w:rsid w:val="00806AD7"/>
     <w:rsid w:val="008100FC"/>
     <w:rsid w:val="00814ABE"/>
     <w:rsid w:val="00815C17"/>
     <w:rsid w:val="008161FE"/>
     <w:rsid w:val="008174AD"/>
     <w:rsid w:val="00820B2C"/>
     <w:rsid w:val="008213B5"/>
     <w:rsid w:val="008240E1"/>
     <w:rsid w:val="0082741E"/>
     <w:rsid w:val="00831177"/>
     <w:rsid w:val="00831EE5"/>
     <w:rsid w:val="00833559"/>
     <w:rsid w:val="00836C91"/>
     <w:rsid w:val="00840790"/>
     <w:rsid w:val="00841FF9"/>
     <w:rsid w:val="008445F0"/>
     <w:rsid w:val="00850F54"/>
     <w:rsid w:val="00851AB5"/>
     <w:rsid w:val="00852E22"/>
     <w:rsid w:val="00853D3D"/>
     <w:rsid w:val="008624E2"/>
+    <w:rsid w:val="008627E8"/>
     <w:rsid w:val="00862F97"/>
     <w:rsid w:val="00867786"/>
     <w:rsid w:val="00871452"/>
     <w:rsid w:val="00890809"/>
     <w:rsid w:val="00891016"/>
     <w:rsid w:val="00892CA8"/>
     <w:rsid w:val="00893113"/>
     <w:rsid w:val="008A2533"/>
     <w:rsid w:val="008A51CF"/>
     <w:rsid w:val="008A5850"/>
     <w:rsid w:val="008A63A8"/>
     <w:rsid w:val="008B3334"/>
     <w:rsid w:val="008B4B1B"/>
     <w:rsid w:val="008B5D76"/>
     <w:rsid w:val="008C2174"/>
     <w:rsid w:val="008C4887"/>
     <w:rsid w:val="008D1B08"/>
     <w:rsid w:val="008D33C1"/>
     <w:rsid w:val="008D51EA"/>
     <w:rsid w:val="008D5DDB"/>
     <w:rsid w:val="008D5F75"/>
     <w:rsid w:val="008D64F4"/>
     <w:rsid w:val="008E165D"/>
     <w:rsid w:val="008E16D8"/>
     <w:rsid w:val="008E16F9"/>
@@ -22405,84 +22630,87 @@
     <w:rsid w:val="008F7665"/>
     <w:rsid w:val="009012A3"/>
     <w:rsid w:val="00904A9C"/>
     <w:rsid w:val="009078B3"/>
     <w:rsid w:val="00911ABA"/>
     <w:rsid w:val="00914BCD"/>
     <w:rsid w:val="00916485"/>
     <w:rsid w:val="00921A80"/>
     <w:rsid w:val="00922244"/>
     <w:rsid w:val="00925D20"/>
     <w:rsid w:val="00926D5D"/>
     <w:rsid w:val="00927189"/>
     <w:rsid w:val="00927C44"/>
     <w:rsid w:val="00932F20"/>
     <w:rsid w:val="00941A55"/>
     <w:rsid w:val="0094436A"/>
     <w:rsid w:val="00944A6B"/>
     <w:rsid w:val="00952694"/>
     <w:rsid w:val="00955048"/>
     <w:rsid w:val="0096216E"/>
     <w:rsid w:val="00962434"/>
     <w:rsid w:val="00962D19"/>
     <w:rsid w:val="00970F21"/>
     <w:rsid w:val="0097256E"/>
     <w:rsid w:val="00975F8C"/>
+    <w:rsid w:val="00981351"/>
+    <w:rsid w:val="00984F22"/>
     <w:rsid w:val="00985FC9"/>
     <w:rsid w:val="009867E2"/>
     <w:rsid w:val="0099187D"/>
     <w:rsid w:val="00993BD7"/>
     <w:rsid w:val="009959C8"/>
     <w:rsid w:val="00996B53"/>
     <w:rsid w:val="009A1235"/>
     <w:rsid w:val="009A1DFA"/>
     <w:rsid w:val="009A643F"/>
     <w:rsid w:val="009A7F2E"/>
     <w:rsid w:val="009B1F8F"/>
     <w:rsid w:val="009B47A5"/>
     <w:rsid w:val="009B5E2C"/>
     <w:rsid w:val="009B61DB"/>
     <w:rsid w:val="009C0DC7"/>
     <w:rsid w:val="009C102C"/>
     <w:rsid w:val="009D21F1"/>
     <w:rsid w:val="009D2F7B"/>
     <w:rsid w:val="009E076B"/>
     <w:rsid w:val="009E08BB"/>
     <w:rsid w:val="009E4EE5"/>
     <w:rsid w:val="009F22C7"/>
     <w:rsid w:val="009F383B"/>
     <w:rsid w:val="009F5B60"/>
     <w:rsid w:val="009F66B8"/>
     <w:rsid w:val="009F6CCB"/>
     <w:rsid w:val="009F7CAC"/>
     <w:rsid w:val="00A02B4A"/>
     <w:rsid w:val="00A115DE"/>
     <w:rsid w:val="00A1270F"/>
     <w:rsid w:val="00A12F98"/>
     <w:rsid w:val="00A16432"/>
     <w:rsid w:val="00A17371"/>
     <w:rsid w:val="00A17634"/>
+    <w:rsid w:val="00A2393D"/>
     <w:rsid w:val="00A23AE7"/>
     <w:rsid w:val="00A26936"/>
     <w:rsid w:val="00A31480"/>
     <w:rsid w:val="00A33350"/>
     <w:rsid w:val="00A34585"/>
     <w:rsid w:val="00A34A81"/>
     <w:rsid w:val="00A351AB"/>
     <w:rsid w:val="00A3530F"/>
     <w:rsid w:val="00A36D59"/>
     <w:rsid w:val="00A3720D"/>
     <w:rsid w:val="00A37D03"/>
     <w:rsid w:val="00A40051"/>
     <w:rsid w:val="00A4253B"/>
     <w:rsid w:val="00A426B8"/>
     <w:rsid w:val="00A46817"/>
     <w:rsid w:val="00A50E38"/>
     <w:rsid w:val="00A550AE"/>
     <w:rsid w:val="00A61184"/>
     <w:rsid w:val="00A6195C"/>
     <w:rsid w:val="00A622FB"/>
     <w:rsid w:val="00A662AE"/>
     <w:rsid w:val="00A66FD1"/>
     <w:rsid w:val="00A70356"/>
     <w:rsid w:val="00A704FC"/>
     <w:rsid w:val="00A73AF5"/>
@@ -22494,50 +22722,51 @@
     <w:rsid w:val="00A86747"/>
     <w:rsid w:val="00A936B3"/>
     <w:rsid w:val="00A958A7"/>
     <w:rsid w:val="00A973E5"/>
     <w:rsid w:val="00AA3546"/>
     <w:rsid w:val="00AA3777"/>
     <w:rsid w:val="00AB033B"/>
     <w:rsid w:val="00AB71D4"/>
     <w:rsid w:val="00AC5D72"/>
     <w:rsid w:val="00AC6AA9"/>
     <w:rsid w:val="00AD1204"/>
     <w:rsid w:val="00AD1FD1"/>
     <w:rsid w:val="00AE0DA8"/>
     <w:rsid w:val="00AE11AD"/>
     <w:rsid w:val="00AE5F4E"/>
     <w:rsid w:val="00AE6147"/>
     <w:rsid w:val="00AE7127"/>
     <w:rsid w:val="00AF0578"/>
     <w:rsid w:val="00AF131B"/>
     <w:rsid w:val="00AF2DDC"/>
     <w:rsid w:val="00AF74FC"/>
     <w:rsid w:val="00B01395"/>
     <w:rsid w:val="00B019DC"/>
     <w:rsid w:val="00B02A9A"/>
     <w:rsid w:val="00B02B43"/>
+    <w:rsid w:val="00B033D8"/>
     <w:rsid w:val="00B078AE"/>
     <w:rsid w:val="00B07B40"/>
     <w:rsid w:val="00B14987"/>
     <w:rsid w:val="00B157A7"/>
     <w:rsid w:val="00B1746C"/>
     <w:rsid w:val="00B174FC"/>
     <w:rsid w:val="00B22E9F"/>
     <w:rsid w:val="00B250ED"/>
     <w:rsid w:val="00B260D8"/>
     <w:rsid w:val="00B33D93"/>
     <w:rsid w:val="00B33E6A"/>
     <w:rsid w:val="00B3602A"/>
     <w:rsid w:val="00B366EB"/>
     <w:rsid w:val="00B36A04"/>
     <w:rsid w:val="00B36AAC"/>
     <w:rsid w:val="00B41867"/>
     <w:rsid w:val="00B41A7C"/>
     <w:rsid w:val="00B463FA"/>
     <w:rsid w:val="00B46AAD"/>
     <w:rsid w:val="00B51AF5"/>
     <w:rsid w:val="00B531B0"/>
     <w:rsid w:val="00B537E8"/>
     <w:rsid w:val="00B5407E"/>
     <w:rsid w:val="00B5743D"/>
     <w:rsid w:val="00B57E2D"/>
@@ -22578,127 +22807,131 @@
     <w:rsid w:val="00BD6896"/>
     <w:rsid w:val="00BE24D8"/>
     <w:rsid w:val="00BE2608"/>
     <w:rsid w:val="00BE5061"/>
     <w:rsid w:val="00BE704C"/>
     <w:rsid w:val="00BF14A4"/>
     <w:rsid w:val="00BF21C8"/>
     <w:rsid w:val="00BF3801"/>
     <w:rsid w:val="00BF5304"/>
     <w:rsid w:val="00BF5CBA"/>
     <w:rsid w:val="00C020CB"/>
     <w:rsid w:val="00C049E5"/>
     <w:rsid w:val="00C05435"/>
     <w:rsid w:val="00C0726A"/>
     <w:rsid w:val="00C11772"/>
     <w:rsid w:val="00C13DA3"/>
     <w:rsid w:val="00C17934"/>
     <w:rsid w:val="00C20EB7"/>
     <w:rsid w:val="00C212CE"/>
     <w:rsid w:val="00C2469E"/>
     <w:rsid w:val="00C26CAE"/>
     <w:rsid w:val="00C3115D"/>
     <w:rsid w:val="00C316AB"/>
     <w:rsid w:val="00C33FE3"/>
     <w:rsid w:val="00C3506A"/>
+    <w:rsid w:val="00C364C5"/>
     <w:rsid w:val="00C36931"/>
     <w:rsid w:val="00C42065"/>
     <w:rsid w:val="00C44C43"/>
     <w:rsid w:val="00C44C49"/>
     <w:rsid w:val="00C502CE"/>
     <w:rsid w:val="00C52765"/>
     <w:rsid w:val="00C64207"/>
     <w:rsid w:val="00C64A62"/>
     <w:rsid w:val="00C67321"/>
     <w:rsid w:val="00C675A0"/>
     <w:rsid w:val="00C67919"/>
     <w:rsid w:val="00C71EBB"/>
     <w:rsid w:val="00C74264"/>
     <w:rsid w:val="00C7709E"/>
     <w:rsid w:val="00C8073D"/>
     <w:rsid w:val="00C80EBA"/>
     <w:rsid w:val="00C8189B"/>
     <w:rsid w:val="00C81C1B"/>
     <w:rsid w:val="00C8334E"/>
     <w:rsid w:val="00CA07E4"/>
     <w:rsid w:val="00CA0A6D"/>
     <w:rsid w:val="00CA3FA3"/>
     <w:rsid w:val="00CA7B14"/>
     <w:rsid w:val="00CB00F4"/>
     <w:rsid w:val="00CB4281"/>
     <w:rsid w:val="00CC2006"/>
     <w:rsid w:val="00CC469D"/>
     <w:rsid w:val="00CC70B5"/>
     <w:rsid w:val="00CD15DE"/>
     <w:rsid w:val="00CD25A3"/>
     <w:rsid w:val="00CD29AE"/>
+    <w:rsid w:val="00CD2B65"/>
     <w:rsid w:val="00CD3AB8"/>
     <w:rsid w:val="00CD48ED"/>
     <w:rsid w:val="00CD5605"/>
     <w:rsid w:val="00CD7F7A"/>
     <w:rsid w:val="00CE0F0B"/>
     <w:rsid w:val="00CE1F25"/>
     <w:rsid w:val="00CE208A"/>
     <w:rsid w:val="00CE3D23"/>
     <w:rsid w:val="00CE5B48"/>
     <w:rsid w:val="00CE6966"/>
     <w:rsid w:val="00CF167B"/>
     <w:rsid w:val="00CF660B"/>
     <w:rsid w:val="00D00CA0"/>
     <w:rsid w:val="00D033C0"/>
     <w:rsid w:val="00D07270"/>
     <w:rsid w:val="00D07746"/>
+    <w:rsid w:val="00D079F1"/>
     <w:rsid w:val="00D126AA"/>
     <w:rsid w:val="00D137EC"/>
     <w:rsid w:val="00D14795"/>
     <w:rsid w:val="00D175AA"/>
     <w:rsid w:val="00D21FB2"/>
     <w:rsid w:val="00D22E5A"/>
     <w:rsid w:val="00D274CC"/>
     <w:rsid w:val="00D27E7F"/>
     <w:rsid w:val="00D324D1"/>
     <w:rsid w:val="00D401B1"/>
     <w:rsid w:val="00D411B6"/>
     <w:rsid w:val="00D44719"/>
     <w:rsid w:val="00D5125E"/>
     <w:rsid w:val="00D527CA"/>
     <w:rsid w:val="00D568C6"/>
     <w:rsid w:val="00D65E4D"/>
     <w:rsid w:val="00D67320"/>
     <w:rsid w:val="00D709C1"/>
     <w:rsid w:val="00D71714"/>
     <w:rsid w:val="00D71A11"/>
     <w:rsid w:val="00D73276"/>
     <w:rsid w:val="00D74583"/>
     <w:rsid w:val="00D76F2B"/>
     <w:rsid w:val="00D818C0"/>
     <w:rsid w:val="00D90E73"/>
     <w:rsid w:val="00D92097"/>
     <w:rsid w:val="00D92B97"/>
     <w:rsid w:val="00D95461"/>
     <w:rsid w:val="00D962CC"/>
     <w:rsid w:val="00DA036D"/>
+    <w:rsid w:val="00DA0CE5"/>
     <w:rsid w:val="00DA2978"/>
     <w:rsid w:val="00DA6B61"/>
     <w:rsid w:val="00DA6D0D"/>
     <w:rsid w:val="00DB1E67"/>
     <w:rsid w:val="00DB2A3D"/>
     <w:rsid w:val="00DB58A4"/>
     <w:rsid w:val="00DC133C"/>
     <w:rsid w:val="00DC2AD5"/>
     <w:rsid w:val="00DC471B"/>
     <w:rsid w:val="00DD0744"/>
     <w:rsid w:val="00DD0DC1"/>
     <w:rsid w:val="00DD1358"/>
     <w:rsid w:val="00DD48E2"/>
     <w:rsid w:val="00DD6CB8"/>
     <w:rsid w:val="00DD70CD"/>
     <w:rsid w:val="00DD79FC"/>
     <w:rsid w:val="00DE0D26"/>
     <w:rsid w:val="00DE1235"/>
     <w:rsid w:val="00DE1FFD"/>
     <w:rsid w:val="00DE57D5"/>
     <w:rsid w:val="00DF12CE"/>
     <w:rsid w:val="00DF4261"/>
     <w:rsid w:val="00DF5528"/>
     <w:rsid w:val="00DF6B62"/>
     <w:rsid w:val="00E02D7B"/>
@@ -23661,69 +23894,69 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
   <Words>928</Words>
-  <Characters>5296</Characters>
+  <Characters>5295</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>44</Lines>
   <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6212</CharactersWithSpaces>
+  <CharactersWithSpaces>6211</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Мясникова Лариса Викторовна</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>