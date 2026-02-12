--- v0 (2025-11-21)
+++ v1 (2026-02-12)
@@ -53,84 +53,84 @@
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00E07D2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>направления</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00E07D2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> подготовки образовательной организации</w:t>
       </w:r>
       <w:r w:rsidR="002C12E3" w:rsidRPr="00E07D2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> по состоянию на 01.</w:t>
       </w:r>
-      <w:r w:rsidR="002D4D77">
+      <w:r w:rsidR="006C53F8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>1</w:t>
+        <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidR="000233B6">
+      <w:r w:rsidR="00C91EA9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>1</w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="002C12E3" w:rsidRPr="00E07D2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.20</w:t>
       </w:r>
       <w:r w:rsidR="00C5530D" w:rsidRPr="00E07D2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="007B7C7B">
+      <w:r w:rsidR="006C53F8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="1"/>
         <w:tblW w:w="15735" w:type="dxa"/>
         <w:tblInd w:w="-147" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1135"/>
         <w:gridCol w:w="2551"/>
         <w:gridCol w:w="2835"/>
         <w:gridCol w:w="1690"/>
         <w:gridCol w:w="1109"/>
         <w:gridCol w:w="1395"/>
@@ -573,118 +573,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00870016" w:rsidRPr="00AD5110" w:rsidRDefault="00870016" w:rsidP="00BD28C1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD5110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="003863BF" w:rsidRDefault="00870016" w:rsidP="00BD28C1">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="003863BF">
+          <w:p w:rsidR="00870016" w:rsidRPr="003D56F2" w:rsidRDefault="00870016" w:rsidP="00BD28C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D56F2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="003863BF" w:rsidRDefault="00870016" w:rsidP="00BD28C1">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="003863BF">
+          <w:p w:rsidR="00870016" w:rsidRPr="003D56F2" w:rsidRDefault="00870016" w:rsidP="00BD28C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D56F2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="003863BF" w:rsidRDefault="00870016" w:rsidP="00BD28C1">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="003863BF">
+          <w:p w:rsidR="00870016" w:rsidRPr="003D56F2" w:rsidRDefault="00870016" w:rsidP="00BD28C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D56F2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="003863BF" w:rsidRDefault="00A64BC1" w:rsidP="00F573CF">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="003863BF">
+          <w:p w:rsidR="00870016" w:rsidRPr="00393B26" w:rsidRDefault="00A64BC1" w:rsidP="00F573CF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00393B26">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>96</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidRDefault="00870016" w:rsidP="00BD28C1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -752,118 +752,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00870016" w:rsidRPr="00AD5110" w:rsidRDefault="00870016" w:rsidP="00BD28C1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD5110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="003863BF" w:rsidRDefault="003863BF" w:rsidP="00BD28C1">
-[...11 lines deleted...]
-              <w:t>2</w:t>
+          <w:p w:rsidR="00870016" w:rsidRPr="003D56F2" w:rsidRDefault="006B2D80" w:rsidP="00BD28C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D56F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="003863BF" w:rsidRDefault="00870016" w:rsidP="00BD28C1">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="003863BF">
+          <w:p w:rsidR="00870016" w:rsidRPr="003D56F2" w:rsidRDefault="00870016" w:rsidP="00BD28C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D56F2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="003863BF" w:rsidRDefault="00870016" w:rsidP="00BD28C1">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="003863BF">
+          <w:p w:rsidR="00870016" w:rsidRPr="003D56F2" w:rsidRDefault="00870016" w:rsidP="00BD28C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D56F2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="003863BF" w:rsidRDefault="00A64BC1" w:rsidP="00BD28C1">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="003863BF">
+          <w:p w:rsidR="00870016" w:rsidRPr="00393B26" w:rsidRDefault="00A64BC1" w:rsidP="00BD28C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00393B26">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidRDefault="00870016" w:rsidP="009D0E77">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -931,118 +931,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00870016" w:rsidRPr="00AD5110" w:rsidRDefault="00870016" w:rsidP="009D0E77">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD5110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="003863BF" w:rsidRDefault="002E34B9" w:rsidP="009D0E77">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="003863BF">
+          <w:p w:rsidR="00870016" w:rsidRPr="003D56F2" w:rsidRDefault="002E34B9" w:rsidP="009D0E77">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D56F2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="003863BF" w:rsidRDefault="00870016" w:rsidP="009D0E77">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="003863BF">
+          <w:p w:rsidR="00870016" w:rsidRPr="003D56F2" w:rsidRDefault="00870016" w:rsidP="009D0E77">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D56F2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="003863BF" w:rsidRDefault="00870016" w:rsidP="009D0E77">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="003863BF">
+          <w:p w:rsidR="00870016" w:rsidRPr="003D56F2" w:rsidRDefault="00870016" w:rsidP="009D0E77">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D56F2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="003863BF" w:rsidRDefault="00A64BC1" w:rsidP="004C79A3">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="003863BF">
+          <w:p w:rsidR="00870016" w:rsidRPr="00393B26" w:rsidRDefault="00A64BC1" w:rsidP="004C79A3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00393B26">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidRDefault="00870016" w:rsidP="009D0E77">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1110,118 +1110,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00870016" w:rsidRPr="00AD5110" w:rsidRDefault="00870016" w:rsidP="009D0E77">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD5110">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="003863BF" w:rsidRDefault="00A64BC1" w:rsidP="009D0E77">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="003863BF">
+          <w:p w:rsidR="00870016" w:rsidRPr="003D56F2" w:rsidRDefault="00A64BC1" w:rsidP="009D0E77">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D56F2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="003863BF" w:rsidRDefault="00870016" w:rsidP="009D0E77">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="003863BF">
+          <w:p w:rsidR="00870016" w:rsidRPr="003D56F2" w:rsidRDefault="00870016" w:rsidP="009D0E77">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D56F2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="003863BF" w:rsidRDefault="00870016" w:rsidP="009D0E77">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="003863BF">
+          <w:p w:rsidR="00870016" w:rsidRPr="003D56F2" w:rsidRDefault="00870016" w:rsidP="009D0E77">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D56F2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="003863BF" w:rsidRDefault="00870016" w:rsidP="009D0E77">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="003863BF">
+          <w:p w:rsidR="00870016" w:rsidRPr="007965F1" w:rsidRDefault="00870016" w:rsidP="009D0E77">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007965F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidRDefault="00870016" w:rsidP="00C109AF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1289,118 +1289,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00870016" w:rsidRPr="00870016" w:rsidRDefault="00870016" w:rsidP="00C109AF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00870016">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="007B611A" w:rsidRDefault="00870016" w:rsidP="00C109AF">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="007B611A">
+          <w:p w:rsidR="00870016" w:rsidRPr="007965F1" w:rsidRDefault="00870016" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007965F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="007B611A" w:rsidRDefault="00870016" w:rsidP="00C109AF">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="007B611A">
+          <w:p w:rsidR="00870016" w:rsidRPr="007965F1" w:rsidRDefault="00870016" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007965F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="007B611A" w:rsidRDefault="00870016" w:rsidP="00C109AF">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="007B611A">
+          <w:p w:rsidR="00870016" w:rsidRPr="007965F1" w:rsidRDefault="00870016" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007965F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="007B611A" w:rsidRDefault="00FB30AA" w:rsidP="0037362F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="007B611A">
+          <w:p w:rsidR="00870016" w:rsidRPr="007965F1" w:rsidRDefault="00FB30AA" w:rsidP="0037362F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007965F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>79</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidRDefault="00870016" w:rsidP="00C109AF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1468,118 +1468,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00870016" w:rsidRPr="00870016" w:rsidRDefault="00870016" w:rsidP="00C109AF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00870016">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="007B611A" w:rsidRDefault="00870016" w:rsidP="00C109AF">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="007B611A">
+          <w:p w:rsidR="00870016" w:rsidRPr="007965F1" w:rsidRDefault="00870016" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007965F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="007B611A" w:rsidRDefault="00870016" w:rsidP="00C109AF">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="007B611A">
+          <w:p w:rsidR="00870016" w:rsidRPr="007965F1" w:rsidRDefault="00870016" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007965F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="007B611A" w:rsidRDefault="00870016" w:rsidP="00C109AF">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="007B611A">
+          <w:p w:rsidR="00870016" w:rsidRPr="007965F1" w:rsidRDefault="00870016" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007965F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="007B611A" w:rsidRDefault="00FB30AA" w:rsidP="00C109AF">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="007B611A">
+          <w:p w:rsidR="00870016" w:rsidRPr="007965F1" w:rsidRDefault="00FB30AA" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007965F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>65</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidRDefault="00870016" w:rsidP="00C109AF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1647,123 +1647,123 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00870016" w:rsidRPr="00870016" w:rsidRDefault="00870016" w:rsidP="00C109AF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00870016">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="007B611A" w:rsidRDefault="00FB30AA" w:rsidP="00C109AF">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="007B611A">
+          <w:p w:rsidR="00870016" w:rsidRPr="007965F1" w:rsidRDefault="00FB30AA" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007965F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="007B611A" w:rsidRDefault="00870016" w:rsidP="00C109AF">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="007B611A">
+          <w:p w:rsidR="00870016" w:rsidRPr="007965F1" w:rsidRDefault="00870016" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007965F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="007B611A" w:rsidRDefault="00870016" w:rsidP="00C109AF">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="007B611A">
+          <w:p w:rsidR="00870016" w:rsidRPr="007965F1" w:rsidRDefault="00870016" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007965F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="007B611A" w:rsidRDefault="00FB30AA" w:rsidP="00C109AF">
-[...11 lines deleted...]
-              <w:t>42</w:t>
+          <w:p w:rsidR="00870016" w:rsidRPr="007965F1" w:rsidRDefault="007965F1" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>41</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidRDefault="00870016" w:rsidP="00C109AF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00870016" w:rsidRPr="00E07D2F" w:rsidRDefault="00870016" w:rsidP="00C109AF">
@@ -1826,123 +1826,124 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00870016" w:rsidRPr="00870016" w:rsidRDefault="00870016" w:rsidP="00C109AF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00870016">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="007B611A" w:rsidRDefault="00FB30AA" w:rsidP="00C109AF">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="007B611A">
+          <w:p w:rsidR="00870016" w:rsidRPr="007965F1" w:rsidRDefault="00FB30AA" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007965F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="007B611A" w:rsidRDefault="00870016" w:rsidP="00C109AF">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="007B611A">
+          <w:p w:rsidR="00870016" w:rsidRPr="007965F1" w:rsidRDefault="00870016" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007965F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="007B611A" w:rsidRDefault="00870016" w:rsidP="00C109AF">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="007B611A">
+          <w:p w:rsidR="00870016" w:rsidRPr="007965F1" w:rsidRDefault="00870016" w:rsidP="00C109AF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007965F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00870016" w:rsidRPr="007B611A" w:rsidRDefault="00FB30AA" w:rsidP="00FB30AA">
-[...11 lines deleted...]
-              <w:t>95</w:t>
+          <w:p w:rsidR="00870016" w:rsidRPr="001331B5" w:rsidRDefault="007965F1" w:rsidP="00FB30AA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007965F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>97</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A421EB" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="00A421EB" w:rsidRPr="007A2EE6" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A2EE6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>13.03.01</w:t>
             </w:r>
           </w:p>
@@ -2044,118 +2045,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A421EB" w:rsidRPr="001C6555" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C6555">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="009F7ED0" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009F7ED0">
+          <w:p w:rsidR="00A421EB" w:rsidRPr="0024561C" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0024561C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="009F7ED0" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009F7ED0">
+          <w:p w:rsidR="00A421EB" w:rsidRPr="0024561C" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0024561C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="009F7ED0" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009F7ED0">
+          <w:p w:rsidR="00A421EB" w:rsidRPr="0024561C" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0024561C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="00473F88" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00473F88">
+          <w:p w:rsidR="00A421EB" w:rsidRPr="0024561C" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0024561C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>82</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A421EB" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00A421EB" w:rsidRPr="007A2EE6" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -2223,118 +2224,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A421EB" w:rsidRPr="001C6555" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C6555">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="009F7ED0" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009F7ED0">
+          <w:p w:rsidR="00A421EB" w:rsidRPr="0024561C" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0024561C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="009F7ED0" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009F7ED0">
+          <w:p w:rsidR="00A421EB" w:rsidRPr="0024561C" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0024561C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="009F7ED0" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009F7ED0">
+          <w:p w:rsidR="00A421EB" w:rsidRPr="0024561C" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0024561C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="00473F88" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00473F88">
+          <w:p w:rsidR="00A421EB" w:rsidRPr="0024561C" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0024561C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>63</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A421EB" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00A421EB" w:rsidRPr="007A2EE6" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -2402,123 +2403,123 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A421EB" w:rsidRPr="001C6555" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C6555">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="009F7ED0" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
-[...11 lines deleted...]
-              <w:t>3</w:t>
+          <w:p w:rsidR="00A421EB" w:rsidRPr="0024561C" w:rsidRDefault="0024561C" w:rsidP="0072091C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0024561C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="009F7ED0" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009F7ED0">
+          <w:p w:rsidR="00A421EB" w:rsidRPr="0024561C" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0024561C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="009F7ED0" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009F7ED0">
+          <w:p w:rsidR="00A421EB" w:rsidRPr="0024561C" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0024561C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="00473F88" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
-[...11 lines deleted...]
-              <w:t>51</w:t>
+          <w:p w:rsidR="00A421EB" w:rsidRPr="0024561C" w:rsidRDefault="0024561C" w:rsidP="0072091C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0024561C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>52</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A421EB" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00A421EB" w:rsidRPr="007A2EE6" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00A421EB" w:rsidRPr="007A2EE6" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
@@ -2581,118 +2582,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A421EB" w:rsidRPr="001C6555" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C6555">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="009F7ED0" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009F7ED0">
+          <w:p w:rsidR="00A421EB" w:rsidRPr="0024561C" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0024561C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="009F7ED0" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009F7ED0">
+          <w:p w:rsidR="00A421EB" w:rsidRPr="0024561C" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0024561C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="009F7ED0" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009F7ED0">
+          <w:p w:rsidR="00A421EB" w:rsidRPr="0024561C" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0024561C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="00473F88" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00473F88">
+          <w:p w:rsidR="00A421EB" w:rsidRPr="0024561C" w:rsidRDefault="00A421EB" w:rsidP="0072091C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0024561C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>56</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A421EB" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00A421EB" w:rsidRPr="007A2EE6" w:rsidRDefault="00A421EB" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -2760,118 +2761,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A421EB" w:rsidRPr="00870016" w:rsidRDefault="00A421EB" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00870016">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="009F7ED0" w:rsidRDefault="00A421EB" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009F7ED0">
+          <w:p w:rsidR="00A421EB" w:rsidRPr="0024561C" w:rsidRDefault="00A421EB" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0024561C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="009F7ED0" w:rsidRDefault="00A421EB" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009F7ED0">
+          <w:p w:rsidR="00A421EB" w:rsidRPr="0024561C" w:rsidRDefault="00A421EB" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0024561C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="009F7ED0" w:rsidRDefault="00A421EB" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009F7ED0">
+          <w:p w:rsidR="00A421EB" w:rsidRPr="0024561C" w:rsidRDefault="00A421EB" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0024561C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A421EB" w:rsidRPr="00473F88" w:rsidRDefault="00A421EB" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00473F88">
+          <w:p w:rsidR="00A421EB" w:rsidRPr="0024561C" w:rsidRDefault="00A421EB" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0024561C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>95</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00093AE7" w:rsidRPr="00E07D2F" w:rsidTr="00A4723C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="00093AE7" w:rsidRPr="00CB39DF" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB39DF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -2978,118 +2979,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00093AE7" w:rsidRPr="00EC2D1F" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC2D1F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="002B6D52" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002B6D52">
+          <w:p w:rsidR="00093AE7" w:rsidRPr="00C74017" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C74017">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="002B6D52" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002B6D52">
+          <w:p w:rsidR="00093AE7" w:rsidRPr="00C74017" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C74017">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="002B6D52" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002B6D52">
+          <w:p w:rsidR="00093AE7" w:rsidRPr="00C74017" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C74017">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="000E7F04" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="000E7F04">
+          <w:p w:rsidR="00093AE7" w:rsidRPr="00A2232D" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2232D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>96</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00093AE7" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -3161,118 +3162,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00093AE7" w:rsidRPr="00EC2D1F" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC2D1F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="002B6D52" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...11 lines deleted...]
-              <w:t>3</w:t>
+          <w:p w:rsidR="00093AE7" w:rsidRPr="00C74017" w:rsidRDefault="00C74017" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C74017">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="002B6D52" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002B6D52">
+          <w:p w:rsidR="00093AE7" w:rsidRPr="00C74017" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C74017">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="002B6D52" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002B6D52">
+          <w:p w:rsidR="00093AE7" w:rsidRPr="00C74017" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C74017">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="000E7F04" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="000E7F04">
+          <w:p w:rsidR="00093AE7" w:rsidRPr="00A2232D" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2232D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00093AE7" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -3344,118 +3345,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00093AE7" w:rsidRPr="00EC2D1F" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC2D1F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="002B6D52" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002B6D52">
+          <w:p w:rsidR="00093AE7" w:rsidRPr="00C74017" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C74017">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="002B6D52" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002B6D52">
+          <w:p w:rsidR="00093AE7" w:rsidRPr="00C74017" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C74017">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="002B6D52" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002B6D52">
+          <w:p w:rsidR="00093AE7" w:rsidRPr="00C74017" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C74017">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="000E7F04" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="000E7F04">
+          <w:p w:rsidR="00093AE7" w:rsidRPr="00A2232D" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2232D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00093AE7" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -3527,123 +3528,123 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00093AE7" w:rsidRPr="00EC2D1F" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC2D1F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="002B6D52" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002B6D52">
+          <w:p w:rsidR="00093AE7" w:rsidRPr="00C74017" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C74017">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="002B6D52" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002B6D52">
+          <w:p w:rsidR="00093AE7" w:rsidRPr="00C74017" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C74017">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="002B6D52" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002B6D52">
+          <w:p w:rsidR="00093AE7" w:rsidRPr="00C74017" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C74017">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="000E7F04" w:rsidRDefault="000E7F04" w:rsidP="00A421EB">
-[...11 lines deleted...]
-              <w:t>50</w:t>
+          <w:p w:rsidR="00093AE7" w:rsidRPr="00A2232D" w:rsidRDefault="00EF7EC6" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A2232D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>49</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00093AE7" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
@@ -3710,118 +3711,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00093AE7" w:rsidRPr="007509DA" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007509DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00C8760B" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00C8760B">
+          <w:p w:rsidR="00093AE7" w:rsidRPr="008F4EC2" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F4EC2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00C8760B" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00C8760B">
+          <w:p w:rsidR="00093AE7" w:rsidRPr="008F4EC2" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F4EC2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00C8760B" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00C8760B">
+          <w:p w:rsidR="00093AE7" w:rsidRPr="008F4EC2" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F4EC2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00C8760B" w:rsidRDefault="00C8760B" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00C8760B">
+          <w:p w:rsidR="00093AE7" w:rsidRPr="008F4EC2" w:rsidRDefault="00C8760B" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F4EC2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>58</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00093AE7" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -3893,123 +3894,123 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00093AE7" w:rsidRPr="007509DA" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007509DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00C8760B" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00C8760B">
+          <w:p w:rsidR="00093AE7" w:rsidRPr="008F4EC2" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F4EC2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00C8760B" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00C8760B">
+          <w:p w:rsidR="00093AE7" w:rsidRPr="008F4EC2" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F4EC2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00C8760B" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00C8760B">
+          <w:p w:rsidR="00093AE7" w:rsidRPr="008F4EC2" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F4EC2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00C8760B" w:rsidRDefault="00C8760B" w:rsidP="00A421EB">
-[...11 lines deleted...]
-              <w:t>44</w:t>
+          <w:p w:rsidR="00093AE7" w:rsidRPr="008F4EC2" w:rsidRDefault="008F4EC2" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F4EC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>45</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00093AE7" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
@@ -4076,124 +4077,123 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00093AE7" w:rsidRPr="007509DA" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007509DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00C8760B" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00C8760B">
+          <w:p w:rsidR="00093AE7" w:rsidRPr="008F4EC2" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F4EC2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00C8760B" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00C8760B">
+          <w:p w:rsidR="00093AE7" w:rsidRPr="008F4EC2" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F4EC2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00C8760B" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00C8760B">
+          <w:p w:rsidR="00093AE7" w:rsidRPr="008F4EC2" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F4EC2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="000233B6" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...12 lines deleted...]
-              <w:t>32</w:t>
+          <w:p w:rsidR="00093AE7" w:rsidRPr="008F4EC2" w:rsidRDefault="00EF7EC6" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F4EC2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>33</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00093AE7" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
@@ -4260,123 +4260,123 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00093AE7" w:rsidRPr="007509DA" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007509DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00C8760B" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00C8760B">
+          <w:p w:rsidR="00093AE7" w:rsidRPr="008F4EC2" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F4EC2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00C8760B" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00C8760B">
+          <w:p w:rsidR="00093AE7" w:rsidRPr="008F4EC2" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F4EC2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00C8760B" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00C8760B">
+          <w:p w:rsidR="00093AE7" w:rsidRPr="008F4EC2" w:rsidRDefault="00093AE7" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F4EC2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00DD5EDC" w:rsidRDefault="00DD5EDC" w:rsidP="00A421EB">
-[...11 lines deleted...]
-              <w:t>33</w:t>
+          <w:p w:rsidR="00093AE7" w:rsidRPr="008F4EC2" w:rsidRDefault="008F4EC2" w:rsidP="00A421EB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00093AE7" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00093AE7" w:rsidRPr="00892353" w:rsidRDefault="00093AE7" w:rsidP="00093AE7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
@@ -4443,118 +4443,119 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00093AE7" w:rsidRPr="00870016" w:rsidRDefault="00093AE7" w:rsidP="00093AE7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00870016">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00C8760B" w:rsidRDefault="00093AE7" w:rsidP="00093AE7">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00C8760B">
+          <w:p w:rsidR="00093AE7" w:rsidRPr="008F4EC2" w:rsidRDefault="00093AE7" w:rsidP="00093AE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F4EC2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00C8760B" w:rsidRDefault="00093AE7" w:rsidP="00093AE7">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00C8760B">
+          <w:p w:rsidR="00093AE7" w:rsidRPr="008F4EC2" w:rsidRDefault="00093AE7" w:rsidP="00093AE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F4EC2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00C8760B" w:rsidRDefault="00093AE7" w:rsidP="00093AE7">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00C8760B">
+          <w:p w:rsidR="00093AE7" w:rsidRPr="008F4EC2" w:rsidRDefault="00093AE7" w:rsidP="00093AE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F4EC2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00093AE7" w:rsidRPr="00DD5EDC" w:rsidRDefault="00093AE7" w:rsidP="00093AE7">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00DD5EDC">
+          <w:p w:rsidR="00093AE7" w:rsidRPr="001331B5" w:rsidRDefault="00093AE7" w:rsidP="00093AE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F4EC2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>87</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA4106" w:rsidRPr="00E07D2F" w:rsidTr="006B2DAD">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="00FA4106" w:rsidRPr="009F4F04" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
@@ -4673,123 +4674,123 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00FA4106" w:rsidRPr="00BA6287" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA6287">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="005673D6" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="005673D6">
+          <w:p w:rsidR="00FA4106" w:rsidRPr="00CA7F16" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA7F16">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="005673D6" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="005673D6">
+          <w:p w:rsidR="00FA4106" w:rsidRPr="00CA7F16" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA7F16">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="005673D6" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="005673D6">
+          <w:p w:rsidR="00FA4106" w:rsidRPr="00CA7F16" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA7F16">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="00550653" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...11 lines deleted...]
-              <w:t>7</w:t>
+          <w:p w:rsidR="00FA4106" w:rsidRPr="00CA7F16" w:rsidRDefault="000F7B53" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA7F16">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA4106" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00FA4106" w:rsidRPr="00892353" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
@@ -4856,123 +4857,123 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00FA4106" w:rsidRPr="00BA6287" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA6287">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="005673D6" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="005673D6">
+          <w:p w:rsidR="00FA4106" w:rsidRPr="00CA7F16" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA7F16">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="005673D6" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="005673D6">
+          <w:p w:rsidR="00FA4106" w:rsidRPr="00CA7F16" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA7F16">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="005673D6" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="005673D6">
+          <w:p w:rsidR="00FA4106" w:rsidRPr="00CA7F16" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA7F16">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="00550653" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...11 lines deleted...]
-              <w:t>8</w:t>
+          <w:p w:rsidR="00FA4106" w:rsidRPr="00CA7F16" w:rsidRDefault="000F7B53" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA7F16">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA4106" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00FA4106" w:rsidRPr="00892353" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
@@ -5039,118 +5040,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00FA4106" w:rsidRPr="00BA6287" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA6287">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="005673D6" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="005673D6">
+          <w:p w:rsidR="00FA4106" w:rsidRPr="00CA7F16" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA7F16">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="005673D6" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="005673D6">
+          <w:p w:rsidR="00FA4106" w:rsidRPr="00CA7F16" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA7F16">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="005673D6" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="005673D6">
+          <w:p w:rsidR="00FA4106" w:rsidRPr="00CA7F16" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA7F16">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="00550653" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00550653">
+          <w:p w:rsidR="00FA4106" w:rsidRPr="00CA7F16" w:rsidRDefault="00CA7F16" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA7F16">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>51</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA4106" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00FA4106" w:rsidRPr="00892353" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -5222,118 +5223,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00FA4106" w:rsidRPr="00BA6287" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA6287">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="005673D6" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...11 lines deleted...]
-              <w:t>–</w:t>
+          <w:p w:rsidR="00FA4106" w:rsidRPr="00CA7F16" w:rsidRDefault="00CA7F16" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA7F16">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="005673D6" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="005673D6">
+          <w:p w:rsidR="00FA4106" w:rsidRPr="00CA7F16" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA7F16">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="005673D6" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="005673D6">
+          <w:p w:rsidR="00FA4106" w:rsidRPr="00CA7F16" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA7F16">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="00550653" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00550653">
+          <w:p w:rsidR="00FA4106" w:rsidRPr="00CA7F16" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA7F16">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>47</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA4106" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00FA4106" w:rsidRPr="00892353" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -5405,124 +5406,123 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00FA4106" w:rsidRPr="00870016" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00870016">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="005673D6" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...11 lines deleted...]
-              <w:t>4</w:t>
+          <w:p w:rsidR="00FA4106" w:rsidRPr="00CA7F16" w:rsidRDefault="00CA7F16" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA7F16">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="005673D6" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="005673D6">
+          <w:p w:rsidR="00FA4106" w:rsidRPr="00CA7F16" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA7F16">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="005673D6" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="005673D6">
+          <w:p w:rsidR="00FA4106" w:rsidRPr="00CA7F16" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA7F16">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA4106" w:rsidRPr="000233B6" w:rsidRDefault="00FA4106" w:rsidP="00FA4106">
-[...12 lines deleted...]
-              <w:t>87</w:t>
+          <w:p w:rsidR="00FA4106" w:rsidRPr="00CA7F16" w:rsidRDefault="00CA7F16" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA7F16">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>88</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E429A" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="009E429A" w:rsidRPr="007B128F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B128F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>23.03.03</w:t>
             </w:r>
           </w:p>
@@ -5624,123 +5624,123 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="009E429A" w:rsidRPr="005F1B98" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F1B98">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="00E67CDF" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E67CDF">
+          <w:p w:rsidR="009E429A" w:rsidRPr="006E20C9" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E20C9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="00E67CDF" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E67CDF">
+          <w:p w:rsidR="009E429A" w:rsidRPr="006E20C9" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E20C9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="00E67CDF" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E67CDF">
+          <w:p w:rsidR="009E429A" w:rsidRPr="006E20C9" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E20C9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="00E67CDF" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
-[...11 lines deleted...]
-              <w:t>88</w:t>
+          <w:p w:rsidR="009E429A" w:rsidRPr="006E20C9" w:rsidRDefault="006E20C9" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E20C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>87</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E429A" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="009E429A" w:rsidRPr="007B128F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="009E429A" w:rsidRPr="007B128F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
@@ -5803,118 +5803,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="009E429A" w:rsidRPr="005F1B98" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F1B98">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="00E67CDF" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E67CDF">
+          <w:p w:rsidR="009E429A" w:rsidRPr="006E20C9" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E20C9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="00E67CDF" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E67CDF">
+          <w:p w:rsidR="009E429A" w:rsidRPr="006E20C9" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E20C9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="00E67CDF" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E67CDF">
+          <w:p w:rsidR="009E429A" w:rsidRPr="006E20C9" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E20C9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="00E67CDF" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E67CDF">
+          <w:p w:rsidR="009E429A" w:rsidRPr="006E20C9" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E20C9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>59</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E429A" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="009E429A" w:rsidRPr="007B128F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -5982,123 +5982,123 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="009E429A" w:rsidRPr="005F1B98" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F1B98">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="00E67CDF" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E67CDF">
+          <w:p w:rsidR="009E429A" w:rsidRPr="006E20C9" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E20C9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="00E67CDF" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E67CDF">
+          <w:p w:rsidR="009E429A" w:rsidRPr="006E20C9" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E20C9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="00E67CDF" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E67CDF">
+          <w:p w:rsidR="009E429A" w:rsidRPr="006E20C9" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E20C9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="00E67CDF" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
-[...11 lines deleted...]
-              <w:t>53</w:t>
+          <w:p w:rsidR="009E429A" w:rsidRPr="006E20C9" w:rsidRDefault="0057100F" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E20C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>52</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E429A" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="009E429A" w:rsidRPr="007B128F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="009E429A" w:rsidRPr="007B128F" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
@@ -6161,118 +6161,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="009E429A" w:rsidRPr="005F1B98" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F1B98">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="00E67CDF" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E67CDF">
+          <w:p w:rsidR="009E429A" w:rsidRPr="006E20C9" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E20C9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="00E67CDF" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E67CDF">
+          <w:p w:rsidR="009E429A" w:rsidRPr="006E20C9" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E20C9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="00E67CDF" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E67CDF">
+          <w:p w:rsidR="009E429A" w:rsidRPr="006E20C9" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E20C9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="00E67CDF" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E67CDF">
+          <w:p w:rsidR="009E429A" w:rsidRPr="006E20C9" w:rsidRDefault="009E429A" w:rsidP="00FA4106">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E20C9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>48</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E429A" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="009E429A" w:rsidRPr="007B128F" w:rsidRDefault="009E429A" w:rsidP="009E429A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -6340,118 +6340,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="009E429A" w:rsidRPr="00870016" w:rsidRDefault="009E429A" w:rsidP="009E429A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00870016">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="00E67CDF" w:rsidRDefault="009E429A" w:rsidP="009E429A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E67CDF">
+          <w:p w:rsidR="009E429A" w:rsidRPr="006E20C9" w:rsidRDefault="009E429A" w:rsidP="009E429A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E20C9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="00E67CDF" w:rsidRDefault="009E429A" w:rsidP="009E429A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E67CDF">
+          <w:p w:rsidR="009E429A" w:rsidRPr="006E20C9" w:rsidRDefault="009E429A" w:rsidP="009E429A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E20C9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="00E67CDF" w:rsidRDefault="009E429A" w:rsidP="009E429A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E67CDF">
+          <w:p w:rsidR="009E429A" w:rsidRPr="006E20C9" w:rsidRDefault="009E429A" w:rsidP="009E429A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E20C9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="00E67CDF" w:rsidRDefault="009E429A" w:rsidP="009E429A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E67CDF">
+          <w:p w:rsidR="009E429A" w:rsidRPr="006E20C9" w:rsidRDefault="009E429A" w:rsidP="009E429A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E20C9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>88</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E429A" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="009E429A" w:rsidRPr="0042520C" w:rsidRDefault="009E429A" w:rsidP="009E429A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0042520C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -6558,123 +6558,123 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="009E429A" w:rsidRPr="00383A13" w:rsidRDefault="009E429A" w:rsidP="009E429A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00383A13">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очно-заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="00E014A4" w:rsidRDefault="009E429A" w:rsidP="009E429A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E014A4">
+          <w:p w:rsidR="009E429A" w:rsidRPr="002D4985" w:rsidRDefault="009E429A" w:rsidP="009E429A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D4985">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="00E014A4" w:rsidRDefault="009E429A" w:rsidP="009E429A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E014A4">
+          <w:p w:rsidR="009E429A" w:rsidRPr="002D4985" w:rsidRDefault="009E429A" w:rsidP="009E429A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D4985">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="00E014A4" w:rsidRDefault="009E429A" w:rsidP="009E429A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E014A4">
+          <w:p w:rsidR="009E429A" w:rsidRPr="002D4985" w:rsidRDefault="009E429A" w:rsidP="009E429A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D4985">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="00B8623A" w:rsidRDefault="00836B15" w:rsidP="009E429A">
-[...11 lines deleted...]
-              <w:t>86</w:t>
+          <w:p w:rsidR="009E429A" w:rsidRPr="002D4985" w:rsidRDefault="009B2546" w:rsidP="009E429A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D4985">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>87</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E429A" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="009E429A" w:rsidRPr="0042520C" w:rsidRDefault="009E429A" w:rsidP="009E429A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="009E429A" w:rsidRPr="0042520C" w:rsidRDefault="009E429A" w:rsidP="009E429A">
@@ -6737,123 +6737,123 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="009E429A" w:rsidRPr="00383A13" w:rsidRDefault="009E429A" w:rsidP="009E429A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00383A13">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очно-заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="00E014A4" w:rsidRDefault="009E429A" w:rsidP="009E429A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E014A4">
+          <w:p w:rsidR="009E429A" w:rsidRPr="002D4985" w:rsidRDefault="009E429A" w:rsidP="009E429A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D4985">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="00E014A4" w:rsidRDefault="009E429A" w:rsidP="009E429A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E014A4">
+          <w:p w:rsidR="009E429A" w:rsidRPr="002D4985" w:rsidRDefault="009E429A" w:rsidP="009E429A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D4985">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="00E014A4" w:rsidRDefault="009E429A" w:rsidP="009E429A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E014A4">
+          <w:p w:rsidR="009E429A" w:rsidRPr="002D4985" w:rsidRDefault="009E429A" w:rsidP="009E429A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D4985">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="00B8623A" w:rsidRDefault="00B8623A" w:rsidP="009E429A">
-[...11 lines deleted...]
-              <w:t>90</w:t>
+          <w:p w:rsidR="009E429A" w:rsidRPr="002D4985" w:rsidRDefault="009B2546" w:rsidP="009E429A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D4985">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>89</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E429A" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="009E429A" w:rsidRPr="0042520C" w:rsidRDefault="009E429A" w:rsidP="009E429A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="009E429A" w:rsidRPr="0042520C" w:rsidRDefault="009E429A" w:rsidP="009E429A">
@@ -6916,123 +6916,123 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="009E429A" w:rsidRPr="00383A13" w:rsidRDefault="009E429A" w:rsidP="009E429A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00383A13">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очно-заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="00E014A4" w:rsidRDefault="009E429A" w:rsidP="009E429A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E014A4">
+          <w:p w:rsidR="009E429A" w:rsidRPr="002D4985" w:rsidRDefault="009E429A" w:rsidP="009E429A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D4985">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="00E014A4" w:rsidRDefault="009E429A" w:rsidP="009E429A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E014A4">
+          <w:p w:rsidR="009E429A" w:rsidRPr="002D4985" w:rsidRDefault="009E429A" w:rsidP="009E429A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D4985">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="00E014A4" w:rsidRDefault="009E429A" w:rsidP="009E429A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E014A4">
+          <w:p w:rsidR="009E429A" w:rsidRPr="002D4985" w:rsidRDefault="009E429A" w:rsidP="009E429A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D4985">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E429A" w:rsidRPr="00B8623A" w:rsidRDefault="00836B15" w:rsidP="009E429A">
-[...11 lines deleted...]
-              <w:t>41</w:t>
+          <w:p w:rsidR="009E429A" w:rsidRPr="002D4985" w:rsidRDefault="00EF7EC6" w:rsidP="009E429A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D4985">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00836B15" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00836B15" w:rsidRPr="0042520C" w:rsidRDefault="00836B15" w:rsidP="00836B15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00836B15" w:rsidRPr="0042520C" w:rsidRDefault="00836B15" w:rsidP="00836B15">
@@ -7095,123 +7095,123 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00836B15" w:rsidRPr="00383A13" w:rsidRDefault="00836B15" w:rsidP="00836B15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00383A13">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очно-заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="00E014A4" w:rsidRDefault="00836B15" w:rsidP="00836B15">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E014A4">
+          <w:p w:rsidR="00836B15" w:rsidRPr="002D4985" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D4985">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="00E014A4" w:rsidRDefault="00836B15" w:rsidP="00836B15">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E014A4">
+          <w:p w:rsidR="00836B15" w:rsidRPr="002D4985" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D4985">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="00E014A4" w:rsidRDefault="00836B15" w:rsidP="00836B15">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E014A4">
+          <w:p w:rsidR="00836B15" w:rsidRPr="002D4985" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D4985">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="00B8623A" w:rsidRDefault="00836B15" w:rsidP="00836B15">
-[...11 lines deleted...]
-              <w:t>35</w:t>
+          <w:p w:rsidR="00836B15" w:rsidRPr="002D4985" w:rsidRDefault="00EF7EC6" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D4985">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>34</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00836B15" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00836B15" w:rsidRPr="00892353" w:rsidRDefault="00836B15" w:rsidP="00836B15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
@@ -7250,159 +7250,384 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00836B15" w:rsidRPr="001024F5" w:rsidRDefault="00836B15" w:rsidP="00836B15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001024F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00836B15" w:rsidRPr="001024F5" w:rsidRDefault="00836B15" w:rsidP="00836B15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001024F5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="00E014A4" w:rsidRDefault="00836B15" w:rsidP="00836B15">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E014A4">
+          <w:p w:rsidR="00836B15" w:rsidRPr="002D4985" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D4985">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="00E014A4" w:rsidRDefault="00836B15" w:rsidP="00836B15">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E014A4">
+          <w:p w:rsidR="00836B15" w:rsidRPr="002D4985" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D4985">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="00E014A4" w:rsidRDefault="00836B15" w:rsidP="00836B15">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E014A4">
+          <w:p w:rsidR="00836B15" w:rsidRPr="002D4985" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D4985">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="00E014A4" w:rsidRDefault="00836B15" w:rsidP="00836B15">
-[...11 lines deleted...]
-              <w:t>58</w:t>
+          <w:p w:rsidR="00836B15" w:rsidRPr="002D4985" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D4985">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>99</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00836B15" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00836B15" w:rsidRPr="00C45311" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C45311">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>38.03.04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00836B15" w:rsidRPr="00C45311" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C45311">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Муниципальное управление</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00836B15" w:rsidRPr="00C45311" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C45311">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Государственное и муниципальное управление</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00836B15" w:rsidRPr="00C45311" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C45311">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Высшее образование - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C45311">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>бакалавриат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00836B15" w:rsidRPr="00A31E2F" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A31E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00836B15" w:rsidRPr="00A31E2F" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A31E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>очно-заочная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1334" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00836B15" w:rsidRPr="00F92382" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F92382">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00836B15" w:rsidRPr="00F92382" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F92382">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00836B15" w:rsidRPr="00F92382" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F92382">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00836B15" w:rsidRPr="00F92382" w:rsidRDefault="002300AB" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F92382">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00F92382" w:rsidRPr="00F92382">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00836B15" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00836B15" w:rsidRPr="00892353" w:rsidRDefault="00836B15" w:rsidP="00836B15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00836B15" w:rsidRPr="00892353" w:rsidRDefault="00836B15" w:rsidP="00836B15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
@@ -7421,1344 +7646,936 @@
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00836B15" w:rsidRPr="00892353" w:rsidRDefault="00836B15" w:rsidP="00836B15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="001024F5" w:rsidRDefault="00836B15" w:rsidP="00836B15">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="001024F5">
+          <w:p w:rsidR="00836B15" w:rsidRPr="00A31E2F" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A31E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00836B15" w:rsidRPr="00A31E2F" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A31E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>очно-заочная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1334" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00836B15" w:rsidRPr="00F92382" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F92382">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00836B15" w:rsidRPr="00F92382" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F92382">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00836B15" w:rsidRPr="00F92382" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F92382">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00836B15" w:rsidRPr="00F92382" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F92382">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-          </w:p>
-[...97 lines deleted...]
-              <w:t>99</w:t>
+            <w:r w:rsidR="00F92382" w:rsidRPr="00F92382">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00836B15" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00836B15" w:rsidRPr="00892353" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00836B15" w:rsidRPr="00892353" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00836B15" w:rsidRPr="00892353" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00836B15" w:rsidRPr="00892353" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:highlight w:val="yellow"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00836B15" w:rsidRPr="00A31E2F" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A31E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00836B15" w:rsidRPr="00A31E2F" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A31E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>очно-заочная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1334" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00836B15" w:rsidRPr="00F92382" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F92382">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00836B15" w:rsidRPr="00F92382" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F92382">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00836B15" w:rsidRPr="00F92382" w:rsidRDefault="00836B15" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F92382">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00836B15" w:rsidRPr="00F92382" w:rsidRDefault="00F92382" w:rsidP="00836B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F92382">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>94</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002300AB" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1135" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="002300AB" w:rsidRPr="00892353" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="002300AB" w:rsidRPr="00892353" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="002300AB" w:rsidRPr="00892353" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="002300AB" w:rsidRPr="00892353" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:highlight w:val="yellow"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002300AB" w:rsidRPr="00A31E2F" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A31E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002300AB" w:rsidRPr="00A31E2F" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A31E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>очно-заочная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1334" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002300AB" w:rsidRPr="00F92382" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F92382">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002300AB" w:rsidRPr="00F92382" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F92382">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002300AB" w:rsidRPr="00F92382" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F92382">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002300AB" w:rsidRPr="00F92382" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F92382">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002300AB" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1135" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="002300AB" w:rsidRPr="00892353" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="002300AB" w:rsidRPr="00892353" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="002300AB" w:rsidRPr="00892353" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1690" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="002300AB" w:rsidRPr="00892353" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:highlight w:val="yellow"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002300AB" w:rsidRPr="00A31E2F" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1395" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002300AB" w:rsidRPr="00A31E2F" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A31E2F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>очно-заочная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1334" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002300AB" w:rsidRPr="00F92382" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F92382">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002300AB" w:rsidRPr="00F92382" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F92382">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002300AB" w:rsidRPr="00F92382" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F92382">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002300AB" w:rsidRPr="00F92382" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F92382">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002300AB" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="00C45311" w:rsidRDefault="00836B15" w:rsidP="00836B15">
-[...11 lines deleted...]
-              <w:t>38.03.04</w:t>
+          <w:p w:rsidR="002300AB" w:rsidRPr="00351664" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351664">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>40.03.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="00C45311" w:rsidRDefault="00836B15" w:rsidP="00836B15">
-[...12 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="002300AB" w:rsidRPr="00351664" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00351664">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Юриспрюденция</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="00C45311" w:rsidRDefault="00836B15" w:rsidP="00836B15">
-[...11 lines deleted...]
-              <w:t>Государственное и муниципальное управление</w:t>
+          <w:p w:rsidR="002300AB" w:rsidRPr="00892353" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351664">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Гражданско-правовой</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="00C45311" w:rsidRDefault="00836B15" w:rsidP="00836B15">
-[...3 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+          <w:p w:rsidR="002300AB" w:rsidRPr="00892353" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:highlight w:val="yellow"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C45311">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Высшее образование - </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00C45311">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>бакалавриат</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="00A31E2F" w:rsidRDefault="00836B15" w:rsidP="00836B15">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A31E2F">
+          <w:p w:rsidR="002300AB" w:rsidRPr="00C859A0" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C859A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="00A31E2F" w:rsidRDefault="00836B15" w:rsidP="00836B15">
-[...11 lines deleted...]
-              <w:t>очно-заочная</w:t>
+          <w:p w:rsidR="002300AB" w:rsidRPr="00C859A0" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C859A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="00D375C7" w:rsidRDefault="00836B15" w:rsidP="00836B15">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00D375C7">
+          <w:p w:rsidR="002300AB" w:rsidRPr="00EA2CF1" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA2CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="00D375C7" w:rsidRDefault="00836B15" w:rsidP="00836B15">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00D375C7">
+          <w:p w:rsidR="002300AB" w:rsidRPr="00EA2CF1" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA2CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="00D375C7" w:rsidRDefault="00836B15" w:rsidP="00836B15">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00D375C7">
+          <w:p w:rsidR="002300AB" w:rsidRPr="00EA2CF1" w:rsidRDefault="002300AB" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA2CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00836B15" w:rsidRPr="00FB08C2" w:rsidRDefault="002300AB" w:rsidP="00836B15">
-[...974 lines deleted...]
-            <w:r w:rsidRPr="00C44426">
+          <w:p w:rsidR="002300AB" w:rsidRPr="00EA2CF1" w:rsidRDefault="007E4119" w:rsidP="002300AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA2CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>75</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="00351664" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -8826,118 +8643,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="00C859A0" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C859A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00C44426" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00C44426">
+          <w:p w:rsidR="007E4119" w:rsidRPr="00EA2CF1" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA2CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00C44426" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00C44426">
+          <w:p w:rsidR="007E4119" w:rsidRPr="00EA2CF1" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA2CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00C44426" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00C44426">
+          <w:p w:rsidR="007E4119" w:rsidRPr="00EA2CF1" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA2CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00C44426" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00C44426">
+          <w:p w:rsidR="007E4119" w:rsidRPr="00EA2CF1" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA2CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="00351664" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -8965,159 +8782,159 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="00C45311" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
+          <w:p w:rsidR="007E4119" w:rsidRPr="00C859A0" w:rsidRDefault="00EA2CF1" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1395" w:type="dxa"/>
+          </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="00C859A0" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C859A0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>3</w:t>
-[...18 lines deleted...]
-              </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00C44426" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00C44426">
+          <w:p w:rsidR="007E4119" w:rsidRPr="00EA2CF1" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA2CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00C44426" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00C44426">
+          <w:p w:rsidR="007E4119" w:rsidRPr="00EA2CF1" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA2CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00C44426" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+          <w:p w:rsidR="007E4119" w:rsidRPr="00EA2CF1" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C44426">
+            <w:r w:rsidRPr="00EA2CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00C44426" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00C44426">
+          <w:p w:rsidR="007E4119" w:rsidRPr="00EA2CF1" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA2CF1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="00351664" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -9185,123 +9002,123 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="004C6128" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C6128">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очно-заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="0057396D" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0057396D">
+          <w:p w:rsidR="007E4119" w:rsidRPr="006E4278" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E4278">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="0057396D" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0057396D">
+          <w:p w:rsidR="007E4119" w:rsidRPr="006E4278" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E4278">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="0057396D" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0057396D">
+          <w:p w:rsidR="007E4119" w:rsidRPr="006E4278" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E4278">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="0057396D" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...11 lines deleted...]
-              <w:t>77</w:t>
+          <w:p w:rsidR="007E4119" w:rsidRPr="006E4278" w:rsidRDefault="006E4278" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E4278">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>78</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="00351664" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="00351664" w:rsidRDefault="007E4119" w:rsidP="007E4119">
@@ -9364,118 +9181,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="004C6128" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C6128">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очно-заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="0057396D" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0057396D">
+          <w:p w:rsidR="007E4119" w:rsidRPr="006E4278" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E4278">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="0057396D" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0057396D">
+          <w:p w:rsidR="007E4119" w:rsidRPr="006E4278" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E4278">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="0057396D" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0057396D">
+          <w:p w:rsidR="007E4119" w:rsidRPr="006E4278" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E4278">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="0057396D" w:rsidRDefault="0057396D" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0057396D">
+          <w:p w:rsidR="007E4119" w:rsidRPr="006E4278" w:rsidRDefault="0057396D" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E4278">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>33</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="00351664" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -9543,123 +9360,123 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="004C6128" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C6128">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очно-заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="0057396D" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0057396D">
+          <w:p w:rsidR="007E4119" w:rsidRPr="006E4278" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E4278">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="0057396D" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0057396D">
+          <w:p w:rsidR="007E4119" w:rsidRPr="006E4278" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E4278">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="0057396D" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0057396D">
+          <w:p w:rsidR="007E4119" w:rsidRPr="006E4278" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E4278">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="0057396D" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...11 lines deleted...]
-              <w:t>94</w:t>
+          <w:p w:rsidR="007E4119" w:rsidRPr="006E4278" w:rsidRDefault="00EF7EC6" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E4278">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>95</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="00351664" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="00351664" w:rsidRDefault="007E4119" w:rsidP="007E4119">
@@ -9722,119 +9539,119 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="004C6128" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C6128">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очно-заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="0057396D" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0057396D">
+          <w:p w:rsidR="007E4119" w:rsidRPr="006E4278" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E4278">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="0057396D" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0057396D">
+          <w:p w:rsidR="007E4119" w:rsidRPr="006E4278" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E4278">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="0057396D" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0057396D">
+          <w:p w:rsidR="007E4119" w:rsidRPr="006E4278" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E4278">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="0057396D" w:rsidRDefault="0057396D" w:rsidP="007E4119">
+          <w:p w:rsidR="007E4119" w:rsidRPr="006E4278" w:rsidRDefault="0057396D" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0057396D">
+            <w:r w:rsidRPr="006E4278">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>55</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w:rsidTr="00526FDB">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="001D6A37" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
@@ -9845,81 +9662,72 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>44.03.01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="001D6A37" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6A37">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Безопасность жизнедеятельности, История, Дошкольное образование, Начальное </w:t>
-[...7 lines deleted...]
-              <w:t>образование</w:t>
+              <w:t>Безопасность жизнедеятельности, История, Дошкольное образование, Начальное образование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="001D6A37" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6A37">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Педагогическое образование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="001D6A37" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6A37">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Высшее образование - </w:t>
@@ -9961,121 +9769,121 @@
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="00070B25" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00070B25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00162F5A" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00162F5A">
+          <w:p w:rsidR="007E4119" w:rsidRPr="0035283D" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0035283D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00162F5A" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00162F5A">
+          <w:p w:rsidR="007E4119" w:rsidRPr="0035283D" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0035283D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00162F5A" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00162F5A">
+          <w:p w:rsidR="007E4119" w:rsidRPr="0035283D" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0035283D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00162F5A" w:rsidRDefault="00EC2A58" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00162F5A">
+          <w:p w:rsidR="007E4119" w:rsidRPr="0035283D" w:rsidRDefault="00EC2A58" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0035283D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>276</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w:rsidTr="00526FDB">
         <w:trPr>
           <w:trHeight w:val="250"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="001D6A37" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
@@ -10153,135 +9961,135 @@
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="00070B25" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00070B25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00162F5A" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00162F5A">
+          <w:p w:rsidR="007E4119" w:rsidRPr="0035283D" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0035283D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00162F5A" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00162F5A">
+          <w:p w:rsidR="007E4119" w:rsidRPr="0035283D" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0035283D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00162F5A" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00162F5A">
+          <w:p w:rsidR="007E4119" w:rsidRPr="0035283D" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0035283D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00162F5A" w:rsidRDefault="007E4119" w:rsidP="00162F5A">
+          <w:p w:rsidR="007E4119" w:rsidRPr="0035283D" w:rsidRDefault="007E4119" w:rsidP="00162F5A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00162F5A">
+            <w:r w:rsidRPr="0035283D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
-            <w:r w:rsidR="00162F5A" w:rsidRPr="00162F5A">
+            <w:r w:rsidR="003450AC" w:rsidRPr="0035283D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w:rsidTr="00526FDB">
         <w:trPr>
           <w:trHeight w:val="254"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="001D6A37" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -10354,121 +10162,121 @@
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="00070B25" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00070B25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00162F5A" w:rsidRDefault="00EC2A58" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00162F5A">
+          <w:p w:rsidR="007E4119" w:rsidRPr="0035283D" w:rsidRDefault="00EC2A58" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0035283D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00162F5A" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00162F5A">
+          <w:p w:rsidR="007E4119" w:rsidRPr="0035283D" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0035283D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00162F5A" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00162F5A">
+          <w:p w:rsidR="007E4119" w:rsidRPr="0035283D" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0035283D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00162F5A" w:rsidRDefault="00EC2A58" w:rsidP="00EC2A58">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00162F5A">
+          <w:p w:rsidR="007E4119" w:rsidRPr="0035283D" w:rsidRDefault="00EC2A58" w:rsidP="00EC2A58">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0035283D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>182</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w:rsidTr="00526FDB">
         <w:trPr>
           <w:trHeight w:val="254"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="001D6A37" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
@@ -10546,126 +10354,126 @@
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="00070B25" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00070B25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00162F5A" w:rsidRDefault="00EC2A58" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00162F5A">
+          <w:p w:rsidR="007E4119" w:rsidRPr="0088342C" w:rsidRDefault="00EC2A58" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0088342C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00162F5A" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00162F5A">
+          <w:p w:rsidR="007E4119" w:rsidRPr="0088342C" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0088342C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00162F5A" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00162F5A">
+          <w:p w:rsidR="007E4119" w:rsidRPr="0088342C" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0088342C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00162F5A" w:rsidRDefault="00EC2A58" w:rsidP="007E4119">
-[...11 lines deleted...]
-              <w:t>208</w:t>
+          <w:p w:rsidR="007E4119" w:rsidRPr="0088342C" w:rsidRDefault="0088342C" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0088342C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>207</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w:rsidTr="00526FDB">
         <w:trPr>
           <w:trHeight w:val="287"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="001D6A37" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -10738,148 +10546,149 @@
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="00070B25" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00070B25">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00162F5A" w:rsidRDefault="00EC2A58" w:rsidP="007E4119">
-[...11 lines deleted...]
-              <w:t>3</w:t>
+          <w:p w:rsidR="007E4119" w:rsidRPr="00A63096" w:rsidRDefault="00C81933" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A63096">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00162F5A" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00162F5A">
+          <w:p w:rsidR="007E4119" w:rsidRPr="00A63096" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A63096">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00162F5A" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00162F5A">
+          <w:p w:rsidR="007E4119" w:rsidRPr="00A63096" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A63096">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00162F5A" w:rsidRDefault="00EC2A58" w:rsidP="007E4119">
-[...11 lines deleted...]
-              <w:t>381</w:t>
+          <w:p w:rsidR="007E4119" w:rsidRPr="00A63096" w:rsidRDefault="00A63096" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A63096">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>383</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="004D53E5" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D53E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>44.03.02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="004D53E5" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D53E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Психология образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -10959,118 +10768,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="00276007" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00276007">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00ED7B7B" w:rsidRDefault="006B653E" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00ED7B7B">
+          <w:p w:rsidR="007E4119" w:rsidRPr="004F0A0C" w:rsidRDefault="006B653E" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0A0C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00ED7B7B" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00ED7B7B">
+          <w:p w:rsidR="007E4119" w:rsidRPr="004F0A0C" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0A0C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00ED7B7B" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00ED7B7B">
+          <w:p w:rsidR="007E4119" w:rsidRPr="004F0A0C" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0A0C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00ED7B7B" w:rsidRDefault="006B653E" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00ED7B7B">
+          <w:p w:rsidR="007E4119" w:rsidRPr="004F0A0C" w:rsidRDefault="006B653E" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0A0C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>99</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="00892353" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -11142,118 +10951,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="00276007" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00276007">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00ED7B7B" w:rsidRDefault="00ED7B7B" w:rsidP="007E4119">
-[...11 lines deleted...]
-              <w:t>4</w:t>
+          <w:p w:rsidR="007E4119" w:rsidRPr="004F0A0C" w:rsidRDefault="004F0A0C" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0A0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00ED7B7B" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00ED7B7B">
+          <w:p w:rsidR="007E4119" w:rsidRPr="004F0A0C" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0A0C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00ED7B7B" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00ED7B7B">
+          <w:p w:rsidR="007E4119" w:rsidRPr="004F0A0C" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0A0C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00ED7B7B" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00ED7B7B">
+          <w:p w:rsidR="007E4119" w:rsidRPr="004F0A0C" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0A0C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="00892353" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -11325,118 +11134,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="00276007" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00276007">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00ED7B7B" w:rsidRDefault="006B653E" w:rsidP="007E4119">
-[...11 lines deleted...]
-              <w:t>3</w:t>
+          <w:p w:rsidR="007E4119" w:rsidRPr="004F0A0C" w:rsidRDefault="004F0A0C" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0A0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00ED7B7B" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00ED7B7B">
+          <w:p w:rsidR="007E4119" w:rsidRPr="004F0A0C" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0A0C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00ED7B7B" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00ED7B7B">
+          <w:p w:rsidR="007E4119" w:rsidRPr="004F0A0C" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0A0C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00ED7B7B" w:rsidRDefault="006B653E" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00ED7B7B">
+          <w:p w:rsidR="007E4119" w:rsidRPr="004F0A0C" w:rsidRDefault="006B653E" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0A0C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="00892353" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -11508,118 +11317,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="00276007" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00276007">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00ED7B7B" w:rsidRDefault="006B653E" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00ED7B7B">
+          <w:p w:rsidR="007E4119" w:rsidRPr="004F0A0C" w:rsidRDefault="006B653E" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0A0C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00ED7B7B" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00ED7B7B">
+          <w:p w:rsidR="007E4119" w:rsidRPr="004F0A0C" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0A0C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00ED7B7B" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00ED7B7B">
+          <w:p w:rsidR="007E4119" w:rsidRPr="004F0A0C" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0A0C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="009D3AFA" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009D3AFA">
+          <w:p w:rsidR="007E4119" w:rsidRPr="004F0A0C" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0A0C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="00892353" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -11691,123 +11500,123 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="00EE4962" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4962">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00A73DB1" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A73DB1">
+          <w:p w:rsidR="007E4119" w:rsidRPr="00266C67" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00266C67">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00A73DB1" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A73DB1">
+          <w:p w:rsidR="007E4119" w:rsidRPr="00266C67" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00266C67">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00A73DB1" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A73DB1">
+          <w:p w:rsidR="007E4119" w:rsidRPr="00266C67" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00266C67">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="009D3AFA" w:rsidRDefault="004A0655" w:rsidP="007E4119">
-[...11 lines deleted...]
-              <w:t>64</w:t>
+          <w:p w:rsidR="007E4119" w:rsidRPr="0015323B" w:rsidRDefault="0015323B" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0015323B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>65</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="00892353" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
@@ -11874,118 +11683,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="00EE4962" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4962">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00A73DB1" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A73DB1">
+          <w:p w:rsidR="007E4119" w:rsidRPr="00266C67" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00266C67">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00A73DB1" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A73DB1">
+          <w:p w:rsidR="007E4119" w:rsidRPr="00266C67" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00266C67">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00A73DB1" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A73DB1">
+          <w:p w:rsidR="007E4119" w:rsidRPr="00266C67" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00266C67">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="009D3AFA" w:rsidRDefault="004A0655" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009D3AFA">
+          <w:p w:rsidR="007E4119" w:rsidRPr="0015323B" w:rsidRDefault="004A0655" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0015323B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>38</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E4119" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="00892353" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -12057,123 +11866,123 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007E4119" w:rsidRPr="00EE4962" w:rsidRDefault="007E4119" w:rsidP="007E4119">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4962">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00A73DB1" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...11 lines deleted...]
-              <w:t>–</w:t>
+          <w:p w:rsidR="007E4119" w:rsidRPr="00266C67" w:rsidRDefault="00266C67" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00266C67">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00A73DB1" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A73DB1">
+          <w:p w:rsidR="007E4119" w:rsidRPr="00266C67" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00266C67">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="00A73DB1" w:rsidRDefault="007E4119" w:rsidP="007E4119">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A73DB1">
+          <w:p w:rsidR="007E4119" w:rsidRPr="00266C67" w:rsidRDefault="007E4119" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00266C67">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E4119" w:rsidRPr="009D3AFA" w:rsidRDefault="004A0655" w:rsidP="007E4119">
-[...11 lines deleted...]
-              <w:t>43</w:t>
+          <w:p w:rsidR="007E4119" w:rsidRPr="0015323B" w:rsidRDefault="0015323B" w:rsidP="007E4119">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0015323B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>45</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004A0655" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="004A0655" w:rsidRPr="00892353" w:rsidRDefault="004A0655" w:rsidP="004A0655">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
@@ -12240,118 +12049,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="004A0655" w:rsidRPr="00EE4962" w:rsidRDefault="004A0655" w:rsidP="004A0655">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4962">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004A0655" w:rsidRPr="00A73DB1" w:rsidRDefault="004A0655" w:rsidP="004A0655">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A73DB1">
+          <w:p w:rsidR="004A0655" w:rsidRPr="00266C67" w:rsidRDefault="004A0655" w:rsidP="004A0655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00266C67">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004A0655" w:rsidRPr="00A73DB1" w:rsidRDefault="004A0655" w:rsidP="004A0655">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A73DB1">
+          <w:p w:rsidR="004A0655" w:rsidRPr="00266C67" w:rsidRDefault="004A0655" w:rsidP="004A0655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00266C67">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004A0655" w:rsidRPr="00A73DB1" w:rsidRDefault="004A0655" w:rsidP="004A0655">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A73DB1">
+          <w:p w:rsidR="004A0655" w:rsidRPr="00266C67" w:rsidRDefault="004A0655" w:rsidP="004A0655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00266C67">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004A0655" w:rsidRPr="009D3AFA" w:rsidRDefault="009D3AFA" w:rsidP="004A0655">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009D3AFA">
+          <w:p w:rsidR="004A0655" w:rsidRPr="0015323B" w:rsidRDefault="009D3AFA" w:rsidP="004A0655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0015323B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004A0655" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="004A0655" w:rsidRPr="00892353" w:rsidRDefault="004A0655" w:rsidP="004A0655">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -12423,118 +12232,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="004A0655" w:rsidRPr="00EE4962" w:rsidRDefault="004A0655" w:rsidP="004A0655">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE4962">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004A0655" w:rsidRPr="00A73DB1" w:rsidRDefault="004A0655" w:rsidP="004A0655">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A73DB1">
+          <w:p w:rsidR="004A0655" w:rsidRPr="00266C67" w:rsidRDefault="004A0655" w:rsidP="004A0655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00266C67">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004A0655" w:rsidRPr="00A73DB1" w:rsidRDefault="004A0655" w:rsidP="004A0655">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A73DB1">
+          <w:p w:rsidR="004A0655" w:rsidRPr="00266C67" w:rsidRDefault="004A0655" w:rsidP="004A0655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00266C67">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004A0655" w:rsidRPr="00A73DB1" w:rsidRDefault="004A0655" w:rsidP="004A0655">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A73DB1">
+          <w:p w:rsidR="004A0655" w:rsidRPr="00266C67" w:rsidRDefault="004A0655" w:rsidP="004A0655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00266C67">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004A0655" w:rsidRPr="009D3AFA" w:rsidRDefault="004A0655" w:rsidP="004A0655">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009D3AFA">
+          <w:p w:rsidR="004A0655" w:rsidRPr="0015323B" w:rsidRDefault="004A0655" w:rsidP="004A0655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0015323B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>74</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004A0655" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="004A0655" w:rsidRPr="003F2EFF" w:rsidRDefault="004A0655" w:rsidP="004A0655">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F2EFF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -12641,125 +12450,125 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="004A0655" w:rsidRPr="00004DFB" w:rsidRDefault="004A0655" w:rsidP="004A0655">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00004DFB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004A0655" w:rsidRPr="00F25CFC" w:rsidRDefault="00EC505E" w:rsidP="004A0655">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00F25CFC">
+          <w:p w:rsidR="004A0655" w:rsidRPr="009A3BE6" w:rsidRDefault="00EC505E" w:rsidP="004A0655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A3BE6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004A0655" w:rsidRPr="00F25CFC" w:rsidRDefault="004A0655" w:rsidP="004A0655">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00F25CFC">
+          <w:p w:rsidR="004A0655" w:rsidRPr="009A3BE6" w:rsidRDefault="004A0655" w:rsidP="004A0655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A3BE6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004A0655" w:rsidRPr="00F25CFC" w:rsidRDefault="004A0655" w:rsidP="004A0655">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00F25CFC">
+          <w:p w:rsidR="004A0655" w:rsidRPr="009A3BE6" w:rsidRDefault="004A0655" w:rsidP="004A0655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A3BE6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004A0655" w:rsidRPr="003D0CEF" w:rsidRDefault="004A0655" w:rsidP="004A0655">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="003D0CEF">
+          <w:p w:rsidR="004A0655" w:rsidRPr="009A3BE6" w:rsidRDefault="004A0655" w:rsidP="004A0655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A3BE6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidR="00EC505E" w:rsidRPr="003D0CEF">
+            <w:r w:rsidR="00EC505E" w:rsidRPr="009A3BE6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>99</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004A0655" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="004A0655" w:rsidRPr="003F2EFF" w:rsidRDefault="004A0655" w:rsidP="004A0655">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -12827,118 +12636,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="004A0655" w:rsidRPr="00004DFB" w:rsidRDefault="004A0655" w:rsidP="004A0655">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00004DFB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004A0655" w:rsidRPr="00F25CFC" w:rsidRDefault="00EC505E" w:rsidP="004A0655">
-[...11 lines deleted...]
-              <w:t>14</w:t>
+          <w:p w:rsidR="004A0655" w:rsidRPr="009A3BE6" w:rsidRDefault="00A929EB" w:rsidP="004A0655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A3BE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004A0655" w:rsidRPr="00F25CFC" w:rsidRDefault="004A0655" w:rsidP="004A0655">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00F25CFC">
+          <w:p w:rsidR="004A0655" w:rsidRPr="009A3BE6" w:rsidRDefault="004A0655" w:rsidP="004A0655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A3BE6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004A0655" w:rsidRPr="00F25CFC" w:rsidRDefault="004A0655" w:rsidP="004A0655">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00F25CFC">
+          <w:p w:rsidR="004A0655" w:rsidRPr="009A3BE6" w:rsidRDefault="004A0655" w:rsidP="004A0655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A3BE6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004A0655" w:rsidRPr="003D0CEF" w:rsidRDefault="00EC505E" w:rsidP="004A0655">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="003D0CEF">
+          <w:p w:rsidR="004A0655" w:rsidRPr="009A3BE6" w:rsidRDefault="00EC505E" w:rsidP="004A0655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A3BE6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>239</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC505E" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00EC505E" w:rsidRPr="003F2EFF" w:rsidRDefault="00EC505E" w:rsidP="00EC505E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -13006,118 +12815,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00EC505E" w:rsidRPr="00004DFB" w:rsidRDefault="00EC505E" w:rsidP="00EC505E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00004DFB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC505E" w:rsidRPr="00F25CFC" w:rsidRDefault="00EC505E" w:rsidP="00EC505E">
-[...11 lines deleted...]
-              <w:t>25</w:t>
+          <w:p w:rsidR="00EC505E" w:rsidRPr="009A3BE6" w:rsidRDefault="00EF7EC6" w:rsidP="00EC505E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A3BE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC505E" w:rsidRPr="00F25CFC" w:rsidRDefault="00EC505E" w:rsidP="00EC505E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00F25CFC">
+          <w:p w:rsidR="00EC505E" w:rsidRPr="009A3BE6" w:rsidRDefault="00EC505E" w:rsidP="00EC505E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A3BE6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC505E" w:rsidRPr="00F25CFC" w:rsidRDefault="00EC505E" w:rsidP="00EC505E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00F25CFC">
+          <w:p w:rsidR="00EC505E" w:rsidRPr="009A3BE6" w:rsidRDefault="00EC505E" w:rsidP="00EC505E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A3BE6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC505E" w:rsidRPr="003D0CEF" w:rsidRDefault="00EC505E" w:rsidP="00EC505E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="003D0CEF">
+          <w:p w:rsidR="00EC505E" w:rsidRPr="009A3BE6" w:rsidRDefault="00EC505E" w:rsidP="00EC505E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A3BE6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>239</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC505E" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00EC505E" w:rsidRPr="003F2EFF" w:rsidRDefault="00EC505E" w:rsidP="00EC505E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -13185,118 +12994,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00EC505E" w:rsidRPr="00004DFB" w:rsidRDefault="00EC505E" w:rsidP="00EC505E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC505E" w:rsidRPr="00862AC8" w:rsidRDefault="00EC505E" w:rsidP="00EC505E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00862AC8">
+          <w:p w:rsidR="00EC505E" w:rsidRPr="009A3BE6" w:rsidRDefault="00AD7D31" w:rsidP="00EC505E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A3BE6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC505E" w:rsidRPr="00862AC8" w:rsidRDefault="00EC505E" w:rsidP="00EC505E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00862AC8">
+          <w:p w:rsidR="00EC505E" w:rsidRPr="009A3BE6" w:rsidRDefault="00EC505E" w:rsidP="00EC505E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A3BE6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC505E" w:rsidRPr="00862AC8" w:rsidRDefault="00EC505E" w:rsidP="00EC505E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00862AC8">
+          <w:p w:rsidR="00EC505E" w:rsidRPr="009A3BE6" w:rsidRDefault="00EC505E" w:rsidP="00EC505E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A3BE6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC505E" w:rsidRPr="003D0CEF" w:rsidRDefault="00EC505E" w:rsidP="00EC505E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="003D0CEF">
+          <w:p w:rsidR="00EC505E" w:rsidRPr="009A3BE6" w:rsidRDefault="00EC505E" w:rsidP="00EC505E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009A3BE6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>400</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E420A4" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E420A4" w:rsidRPr="003F2EFF" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F64327">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
@@ -13399,118 +13208,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E420A4" w:rsidRPr="0022490D" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0022490D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="000F3CBD" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="000F3CBD">
+          <w:p w:rsidR="00E420A4" w:rsidRPr="00F6087D" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F6087D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="000F3CBD" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="000F3CBD">
+          <w:p w:rsidR="00E420A4" w:rsidRPr="00F6087D" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F6087D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="000F3CBD" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="000F3CBD">
+          <w:p w:rsidR="00E420A4" w:rsidRPr="00F6087D" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F6087D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="000F3CBD" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="000F3CBD">
+          <w:p w:rsidR="00E420A4" w:rsidRPr="00F6087D" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F6087D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>189</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E420A4" w:rsidRPr="00E07D2F" w:rsidTr="007B6080">
         <w:trPr>
           <w:trHeight w:val="759"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="00E420A4" w:rsidRPr="00F64327" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
@@ -13620,118 +13429,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E420A4" w:rsidRPr="0022490D" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0022490D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="001D6E2B" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="001D6E2B">
+          <w:p w:rsidR="00E420A4" w:rsidRPr="00F6087D" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F6087D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="001D6E2B" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="001D6E2B">
+          <w:p w:rsidR="00E420A4" w:rsidRPr="00F6087D" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F6087D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="001D6E2B" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="001D6E2B">
+          <w:p w:rsidR="00E420A4" w:rsidRPr="00F6087D" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F6087D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="001D6E2B" w:rsidRDefault="001D6E2B" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="001D6E2B">
+          <w:p w:rsidR="00E420A4" w:rsidRPr="00F6087D" w:rsidRDefault="001D6E2B" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F6087D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>33</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E420A4" w:rsidRPr="00E07D2F" w:rsidTr="007B6080">
         <w:trPr>
           <w:trHeight w:val="759"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00E420A4" w:rsidRPr="00F64327" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
@@ -13802,123 +13611,123 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E420A4" w:rsidRPr="0022490D" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0022490D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="001D6E2B" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="001D6E2B">
+          <w:p w:rsidR="00E420A4" w:rsidRPr="00F6087D" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F6087D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="001D6E2B" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="001D6E2B">
+          <w:p w:rsidR="00E420A4" w:rsidRPr="00F6087D" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F6087D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="001D6E2B" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="001D6E2B">
+          <w:p w:rsidR="00E420A4" w:rsidRPr="00F6087D" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F6087D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="001D6E2B" w:rsidRDefault="00413943" w:rsidP="00E420A4">
-[...11 lines deleted...]
-              <w:t>63</w:t>
+          <w:p w:rsidR="00E420A4" w:rsidRPr="00F6087D" w:rsidRDefault="00EF7EC6" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F6087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>64</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E420A4" w:rsidRPr="00E07D2F" w:rsidTr="007B6080">
         <w:trPr>
           <w:trHeight w:val="759"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00E420A4" w:rsidRPr="00F64327" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
@@ -13984,333 +13793,360 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E420A4" w:rsidRPr="0022490D" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0022490D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="001D6E2B" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...11 lines deleted...]
-              <w:t>–</w:t>
+          <w:p w:rsidR="00E420A4" w:rsidRPr="00F6087D" w:rsidRDefault="00EF7EC6" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F6087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="001D6E2B" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="001D6E2B">
+          <w:p w:rsidR="00E420A4" w:rsidRPr="00F6087D" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F6087D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="001D6E2B" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="001D6E2B">
+          <w:p w:rsidR="00E420A4" w:rsidRPr="00F6087D" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F6087D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="001D6E2B" w:rsidRDefault="00413943" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="001D6E2B">
+          <w:p w:rsidR="00E420A4" w:rsidRPr="00F6087D" w:rsidRDefault="00413943" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F6087D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>51</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E420A4" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E420A4" w:rsidRPr="00FC1B85" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC1B85">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
+              <w:t>44.03.05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E420A4" w:rsidRPr="00FC1B85" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC1B85">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Английский язык, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC1B85">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>44.03.05</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2551" w:type="dxa"/>
+              <w:t>Немецкий язык; Дошкольное образование, Начальное образование; История, Обществознание; Безопасность жизнедеятельности, Физическая культура; Русский язык, Литература; Математика, Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E420A4" w:rsidRPr="00FC1B85" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC1B85">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>Английский язык, Немецкий язык; Дошкольное образование, Начальное образование; История, Обществознание; Безопасность жизнедеятельности, Физическая культура; Русский язык, Литература; Математика, Физика</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Педагогическое </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FC1B85">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>образование (с двумя профилями подготовки)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1690" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E420A4" w:rsidRPr="00FC1B85" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC1B85">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-              </w:rPr>
-[...12 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-            </w:pPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Высшее </w:t>
+            </w:r>
             <w:r w:rsidRPr="00FC1B85">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">Высшее образование - </w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">образование - </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00FC1B85">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>бакалавриат</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E420A4" w:rsidRPr="003E70E5" w:rsidRDefault="000D5CDC" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E420A4" w:rsidRPr="003E70E5" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E70E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00550332" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...11 lines deleted...]
-              <w:t>30</w:t>
+          <w:p w:rsidR="00E420A4" w:rsidRPr="009E4011" w:rsidRDefault="00EF7EC6" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E4011">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00550332" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00550332">
+          <w:p w:rsidR="00E420A4" w:rsidRPr="009E4011" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E4011">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00550332" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00550332">
+          <w:p w:rsidR="00E420A4" w:rsidRPr="009E4011" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E4011">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="00550332" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00550332">
+          <w:p w:rsidR="00E420A4" w:rsidRPr="009E4011" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E4011">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>298</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E420A4" w:rsidRPr="00E07D2F" w:rsidTr="007B6080">
         <w:trPr>
           <w:trHeight w:val="516"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E420A4" w:rsidRPr="000761E5" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000761E5">
@@ -14413,118 +14249,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E420A4" w:rsidRPr="002A1981" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A1981">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="002049D4" w:rsidRDefault="00513D4A" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002049D4">
+          <w:p w:rsidR="00E420A4" w:rsidRPr="001D500E" w:rsidRDefault="00513D4A" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D500E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="002049D4" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002049D4">
+          <w:p w:rsidR="00E420A4" w:rsidRPr="001D500E" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D500E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="002049D4" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002049D4">
+          <w:p w:rsidR="00E420A4" w:rsidRPr="001D500E" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D500E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="002049D4" w:rsidRDefault="00513D4A" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002049D4">
+          <w:p w:rsidR="00E420A4" w:rsidRPr="001D500E" w:rsidRDefault="00513D4A" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D500E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E420A4" w:rsidRPr="00E07D2F" w:rsidTr="007B6080">
         <w:trPr>
           <w:trHeight w:val="516"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E420A4" w:rsidRPr="000761E5" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000761E5">
@@ -14634,118 +14470,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E420A4" w:rsidRPr="002A1981" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A1981">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="002049D4" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...11 lines deleted...]
-              <w:t>–</w:t>
+          <w:p w:rsidR="00E420A4" w:rsidRPr="001D500E" w:rsidRDefault="001D500E" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D500E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="002049D4" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002049D4">
+          <w:p w:rsidR="00E420A4" w:rsidRPr="001D500E" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D500E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="002049D4" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002049D4">
+          <w:p w:rsidR="00E420A4" w:rsidRPr="001D500E" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D500E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="002049D4" w:rsidRDefault="00844AEA" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002049D4">
+          <w:p w:rsidR="00E420A4" w:rsidRPr="001D500E" w:rsidRDefault="00844AEA" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D500E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>200</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E420A4" w:rsidRPr="00E07D2F" w:rsidTr="007B6080">
         <w:trPr>
           <w:trHeight w:val="516"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E420A4" w:rsidRPr="000761E5" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000761E5">
@@ -14841,118 +14677,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E420A4" w:rsidRPr="002A1981" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="002049D4" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002049D4">
+          <w:p w:rsidR="00E420A4" w:rsidRPr="007E6462" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6462">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="002049D4" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002049D4">
+          <w:p w:rsidR="00E420A4" w:rsidRPr="007E6462" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6462">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="002049D4" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002049D4">
+          <w:p w:rsidR="00E420A4" w:rsidRPr="007E6462" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6462">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="002049D4" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002049D4">
+          <w:p w:rsidR="00E420A4" w:rsidRPr="007E6462" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6462">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E420A4" w:rsidRPr="00E07D2F" w:rsidTr="005673D6">
         <w:trPr>
           <w:trHeight w:val="1518"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E420A4" w:rsidRPr="000761E5" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000761E5">
@@ -15048,118 +14884,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E420A4" w:rsidRPr="00F03683" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F03683">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="002049D4" w:rsidRDefault="002049D4" w:rsidP="00E420A4">
-[...11 lines deleted...]
-              <w:t>7</w:t>
+          <w:p w:rsidR="00E420A4" w:rsidRPr="007E6462" w:rsidRDefault="007E6462" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6462">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="002049D4" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002049D4">
+          <w:p w:rsidR="00E420A4" w:rsidRPr="007E6462" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6462">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="002049D4" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002049D4">
+          <w:p w:rsidR="00E420A4" w:rsidRPr="007E6462" w:rsidRDefault="00E420A4" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6462">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E420A4" w:rsidRPr="002049D4" w:rsidRDefault="00D9171F" w:rsidP="00E420A4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002049D4">
+          <w:p w:rsidR="00E420A4" w:rsidRPr="007E6462" w:rsidRDefault="00D9171F" w:rsidP="00E420A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6462">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D9171F" w:rsidRPr="00E07D2F" w:rsidTr="005673D6">
         <w:trPr>
           <w:trHeight w:val="1518"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D9171F" w:rsidRPr="000761E5" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -15255,123 +15091,123 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D9171F" w:rsidRPr="00F03683" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F03683">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="0035431A" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0035431A">
+          <w:p w:rsidR="00D9171F" w:rsidRPr="007E6462" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6462">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="0035431A" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0035431A">
+          <w:p w:rsidR="00D9171F" w:rsidRPr="007E6462" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6462">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="0035431A" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0035431A">
+          <w:p w:rsidR="00D9171F" w:rsidRPr="007E6462" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6462">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="0035431A" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...11 lines deleted...]
-              <w:t>89</w:t>
+          <w:p w:rsidR="00D9171F" w:rsidRPr="007E6462" w:rsidRDefault="007E6462" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E6462">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>90</w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D9171F" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960BE9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>09.02.07</w:t>
@@ -15464,123 +15300,123 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D9171F" w:rsidRPr="00024C2E" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00024C2E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00AE4AB4" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AE4AB4">
+          <w:p w:rsidR="00D9171F" w:rsidRPr="004E17CF" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E17CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00AE4AB4" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AE4AB4">
+          <w:p w:rsidR="00D9171F" w:rsidRPr="004E17CF" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E17CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00AE4AB4" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AE4AB4">
+          <w:p w:rsidR="00D9171F" w:rsidRPr="004E17CF" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E17CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00533FC0" w:rsidRDefault="00B574E2" w:rsidP="00D9171F">
-[...11 lines deleted...]
-              <w:t>18</w:t>
+          <w:p w:rsidR="00D9171F" w:rsidRPr="00486A70" w:rsidRDefault="009D14A5" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00486A70">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D9171F" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
@@ -15642,123 +15478,123 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D9171F" w:rsidRPr="00024C2E" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00024C2E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00AE4AB4" w:rsidRDefault="00B574E2" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AE4AB4">
+          <w:p w:rsidR="00D9171F" w:rsidRPr="004E17CF" w:rsidRDefault="00B574E2" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E17CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00AE4AB4" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AE4AB4">
+          <w:p w:rsidR="00D9171F" w:rsidRPr="004E17CF" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E17CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00AE4AB4" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AE4AB4">
+          <w:p w:rsidR="00D9171F" w:rsidRPr="004E17CF" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E17CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00533FC0" w:rsidRDefault="00533FC0" w:rsidP="00D9171F">
-[...11 lines deleted...]
-              <w:t>17</w:t>
+          <w:p w:rsidR="00D9171F" w:rsidRPr="00486A70" w:rsidRDefault="00486A70" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00486A70">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D9171F" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
@@ -15820,123 +15656,123 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D9171F" w:rsidRPr="00024C2E" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00024C2E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00AE4AB4" w:rsidRDefault="00B574E2" w:rsidP="00D9171F">
-[...11 lines deleted...]
-              <w:t>1</w:t>
+          <w:p w:rsidR="00D9171F" w:rsidRPr="004E17CF" w:rsidRDefault="004E17CF" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E17CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00AE4AB4" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AE4AB4">
+          <w:p w:rsidR="00D9171F" w:rsidRPr="004E17CF" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E17CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00AE4AB4" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AE4AB4">
+          <w:p w:rsidR="00D9171F" w:rsidRPr="004E17CF" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E17CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00533FC0" w:rsidRDefault="00B574E2" w:rsidP="00D9171F">
-[...11 lines deleted...]
-              <w:t>28</w:t>
+          <w:p w:rsidR="00D9171F" w:rsidRPr="00486A70" w:rsidRDefault="00486A70" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00486A70">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D9171F" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
@@ -15998,118 +15834,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D9171F" w:rsidRPr="00024C2E" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00024C2E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00AE4AB4" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...11 lines deleted...]
-              <w:t>–</w:t>
+          <w:p w:rsidR="00D9171F" w:rsidRPr="004E17CF" w:rsidRDefault="009D14A5" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E17CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00AE4AB4" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AE4AB4">
+          <w:p w:rsidR="00D9171F" w:rsidRPr="004E17CF" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E17CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00AE4AB4" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AE4AB4">
+          <w:p w:rsidR="00D9171F" w:rsidRPr="004E17CF" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E17CF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00533FC0" w:rsidRDefault="00B574E2" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00533FC0">
+          <w:p w:rsidR="00D9171F" w:rsidRPr="00486A70" w:rsidRDefault="00B574E2" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00486A70">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D9171F" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -16128,59 +15964,59 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960BE9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Техническая эксплуатация и обслуживание электрического и электромеханического </w:t>
+              <w:t xml:space="preserve">Техническая эксплуатация и обслуживание электрического и электромеханического оборудования (по </w:t>
             </w:r>
             <w:r w:rsidRPr="00960BE9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>оборудования (по отраслям)</w:t>
+              <w:t>отраслям)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00553A95">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Среднее профессиональное</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -16206,118 +16042,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D9171F" w:rsidRPr="00E060E9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E060E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00417FE3" w:rsidRDefault="002B651F" w:rsidP="00D9171F">
-[...11 lines deleted...]
-              <w:t>10</w:t>
+          <w:p w:rsidR="00D9171F" w:rsidRPr="0042751E" w:rsidRDefault="0042751E" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0042751E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00417FE3" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00417FE3">
+          <w:p w:rsidR="00D9171F" w:rsidRPr="0042751E" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0042751E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00417FE3" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00417FE3">
+          <w:p w:rsidR="00D9171F" w:rsidRPr="0042751E" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0042751E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00417FE3" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00417FE3">
+          <w:p w:rsidR="00D9171F" w:rsidRPr="00CA2A81" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA2A81">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D9171F" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00D9171F" w:rsidRPr="00960BE9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -16384,118 +16220,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D9171F" w:rsidRPr="00E060E9" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E060E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00417FE3" w:rsidRDefault="002B651F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00417FE3">
+          <w:p w:rsidR="00D9171F" w:rsidRPr="0042751E" w:rsidRDefault="002B651F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0042751E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00417FE3" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00417FE3">
+          <w:p w:rsidR="00D9171F" w:rsidRPr="0042751E" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0042751E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00417FE3" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00417FE3">
+          <w:p w:rsidR="00D9171F" w:rsidRPr="0042751E" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0042751E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D9171F" w:rsidRPr="00417FE3" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00417FE3">
+          <w:p w:rsidR="00D9171F" w:rsidRPr="00CA2A81" w:rsidRDefault="00D9171F" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA2A81">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00562786" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="00562786" w:rsidRPr="00960BE9" w:rsidRDefault="00562786" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -16597,123 +16433,123 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00562786" w:rsidRPr="00890755" w:rsidRDefault="00562786" w:rsidP="00D9171F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00890755">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00562786" w:rsidRPr="00CF6D47" w:rsidRDefault="00CF6D47" w:rsidP="00D9171F">
-[...11 lines deleted...]
-              <w:t>1</w:t>
+          <w:p w:rsidR="00562786" w:rsidRPr="00E32E50" w:rsidRDefault="00E32E50" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E32E50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00562786" w:rsidRPr="00CF6D47" w:rsidRDefault="00562786" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00CF6D47">
+          <w:p w:rsidR="00562786" w:rsidRPr="00E32E50" w:rsidRDefault="00562786" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E32E50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00562786" w:rsidRPr="00CF6D47" w:rsidRDefault="00562786" w:rsidP="00D9171F">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00CF6D47">
+          <w:p w:rsidR="00562786" w:rsidRPr="00E32E50" w:rsidRDefault="00562786" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E32E50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00562786" w:rsidRPr="00CF6D47" w:rsidRDefault="00562786" w:rsidP="00D9171F">
-[...11 lines deleted...]
-              <w:t>29</w:t>
+          <w:p w:rsidR="00562786" w:rsidRPr="00E32E50" w:rsidRDefault="00E32E50" w:rsidP="00D9171F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E32E50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00562786" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00562786" w:rsidRDefault="00562786" w:rsidP="00562786">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00562786" w:rsidRPr="00960BE9" w:rsidRDefault="00562786" w:rsidP="00562786">
@@ -16775,123 +16611,123 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00562786" w:rsidRPr="00243458" w:rsidRDefault="00562786" w:rsidP="00562786">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00243458">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00562786" w:rsidRPr="00CF6D47" w:rsidRDefault="00CF6D47" w:rsidP="00562786">
-[...11 lines deleted...]
-              <w:t>1</w:t>
+          <w:p w:rsidR="00562786" w:rsidRPr="00E32E50" w:rsidRDefault="00EF7EC6" w:rsidP="00562786">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E32E50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00562786" w:rsidRPr="00CF6D47" w:rsidRDefault="00562786" w:rsidP="00562786">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00CF6D47">
+          <w:p w:rsidR="00562786" w:rsidRPr="00E32E50" w:rsidRDefault="00562786" w:rsidP="00562786">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E32E50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00562786" w:rsidRPr="00CF6D47" w:rsidRDefault="00562786" w:rsidP="00562786">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00CF6D47">
+          <w:p w:rsidR="00562786" w:rsidRPr="00E32E50" w:rsidRDefault="00562786" w:rsidP="00562786">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E32E50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00562786" w:rsidRPr="00CF6D47" w:rsidRDefault="00562786" w:rsidP="00562786">
-[...11 lines deleted...]
-              <w:t>33</w:t>
+          <w:p w:rsidR="00562786" w:rsidRPr="00E32E50" w:rsidRDefault="00EF7EC6" w:rsidP="00562786">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E32E50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00562786" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="00562786" w:rsidRPr="008A27A6" w:rsidRDefault="00562786" w:rsidP="00562786">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A27A6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>15.02.</w:t>
             </w:r>
             <w:r>
@@ -16981,123 +16817,123 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00562786" w:rsidRPr="00243458" w:rsidRDefault="00562786" w:rsidP="00562786">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00243458">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00562786" w:rsidRPr="00503142" w:rsidRDefault="00562786" w:rsidP="00562786">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00503142">
+          <w:p w:rsidR="00562786" w:rsidRPr="00ED3D55" w:rsidRDefault="00562786" w:rsidP="00562786">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3D55">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00562786" w:rsidRPr="00503142" w:rsidRDefault="00562786" w:rsidP="00562786">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00503142">
+          <w:p w:rsidR="00562786" w:rsidRPr="00ED3D55" w:rsidRDefault="00562786" w:rsidP="00562786">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3D55">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00562786" w:rsidRPr="00503142" w:rsidRDefault="00562786" w:rsidP="00562786">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00503142">
+          <w:p w:rsidR="00562786" w:rsidRPr="00ED3D55" w:rsidRDefault="00562786" w:rsidP="00562786">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3D55">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00562786" w:rsidRPr="00503142" w:rsidRDefault="00902E8A" w:rsidP="00562786">
-[...11 lines deleted...]
-              <w:t>28</w:t>
+          <w:p w:rsidR="00562786" w:rsidRPr="00ED3D55" w:rsidRDefault="00EF7EC6" w:rsidP="00562786">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3D55">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00902E8A" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00902E8A" w:rsidRPr="008A27A6" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00902E8A" w:rsidRPr="008A27A6" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
@@ -17159,118 +16995,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00902E8A" w:rsidRPr="00243458" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00243458">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00902E8A" w:rsidRPr="00503142" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00503142">
+          <w:p w:rsidR="00902E8A" w:rsidRPr="00ED3D55" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3D55">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00902E8A" w:rsidRPr="00503142" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00503142">
+          <w:p w:rsidR="00902E8A" w:rsidRPr="00ED3D55" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3D55">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00902E8A" w:rsidRPr="00503142" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00503142">
+          <w:p w:rsidR="00902E8A" w:rsidRPr="00ED3D55" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3D55">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00902E8A" w:rsidRPr="00503142" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00503142">
+          <w:p w:rsidR="00902E8A" w:rsidRPr="00ED3D55" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3D55">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00902E8A" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00902E8A" w:rsidRPr="008A27A6" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -17337,118 +17173,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00902E8A" w:rsidRPr="00243458" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00902E8A" w:rsidRPr="00503142" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00503142">
+          <w:p w:rsidR="00902E8A" w:rsidRPr="00ED3D55" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3D55">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00902E8A" w:rsidRPr="00503142" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00503142">
+          <w:p w:rsidR="00902E8A" w:rsidRPr="00ED3D55" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3D55">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00902E8A" w:rsidRPr="00503142" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00503142">
+          <w:p w:rsidR="00902E8A" w:rsidRPr="00ED3D55" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3D55">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00902E8A" w:rsidRPr="00503142" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00503142">
+          <w:p w:rsidR="00902E8A" w:rsidRPr="00ED3D55" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00ED3D55">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00902E8A" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00902E8A" w:rsidRPr="008A27A6" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A27A6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
@@ -17532,118 +17368,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00902E8A" w:rsidRPr="00243458" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00243458">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00902E8A" w:rsidRPr="004F7F1D" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004F7F1D">
+          <w:p w:rsidR="00902E8A" w:rsidRPr="00557023" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00557023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00902E8A" w:rsidRPr="004F7F1D" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004F7F1D">
+          <w:p w:rsidR="00902E8A" w:rsidRPr="00557023" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00557023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00902E8A" w:rsidRPr="004F7F1D" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004F7F1D">
+          <w:p w:rsidR="00902E8A" w:rsidRPr="00557023" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00557023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00902E8A" w:rsidRPr="004F7F1D" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004F7F1D">
+          <w:p w:rsidR="00902E8A" w:rsidRPr="00557023" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00557023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006548E1" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="006548E1" w:rsidRPr="008A27A6" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B66C90">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -17731,118 +17567,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006548E1" w:rsidRPr="00243458" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00476CD9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006548E1" w:rsidRPr="00003564" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00003564">
+          <w:p w:rsidR="006548E1" w:rsidRPr="00557023" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00557023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006548E1" w:rsidRPr="00003564" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00003564">
+          <w:p w:rsidR="006548E1" w:rsidRPr="00557023" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00557023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006548E1" w:rsidRPr="00003564" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00003564">
+          <w:p w:rsidR="006548E1" w:rsidRPr="00557023" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00557023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006548E1" w:rsidRPr="00003564" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00003564">
+          <w:p w:rsidR="006548E1" w:rsidRPr="00557023" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00557023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006548E1" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="006548E1" w:rsidRPr="00B66C90" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -17909,123 +17745,123 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006548E1" w:rsidRPr="00476CD9" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00476CD9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006548E1" w:rsidRPr="00003564" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00003564">
+          <w:p w:rsidR="006548E1" w:rsidRPr="00557023" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00557023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006548E1" w:rsidRPr="00003564" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00003564">
+          <w:p w:rsidR="006548E1" w:rsidRPr="00557023" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00557023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006548E1" w:rsidRPr="00003564" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00003564">
+          <w:p w:rsidR="006548E1" w:rsidRPr="00557023" w:rsidRDefault="006548E1" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00557023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006548E1" w:rsidRPr="00003564" w:rsidRDefault="00003564" w:rsidP="00902E8A">
-[...11 lines deleted...]
-              <w:t>13</w:t>
+          <w:p w:rsidR="006548E1" w:rsidRPr="00557023" w:rsidRDefault="00557023" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00557023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00902E8A" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="00902E8A" w:rsidRPr="00B66C90" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>40.02.04</w:t>
             </w:r>
           </w:p>
@@ -18115,123 +17951,123 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00902E8A" w:rsidRPr="00243458" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00243458">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00902E8A" w:rsidRPr="00000489" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00000489">
+          <w:p w:rsidR="00902E8A" w:rsidRPr="00557023" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00557023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00902E8A" w:rsidRPr="00000489" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00000489">
+          <w:p w:rsidR="00902E8A" w:rsidRPr="00557023" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00557023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00902E8A" w:rsidRPr="00000489" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00000489">
+          <w:p w:rsidR="00902E8A" w:rsidRPr="00557023" w:rsidRDefault="00902E8A" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00557023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00902E8A" w:rsidRPr="00000489" w:rsidRDefault="006020CB" w:rsidP="00902E8A">
-[...11 lines deleted...]
-              <w:t>5</w:t>
+          <w:p w:rsidR="00902E8A" w:rsidRPr="00557023" w:rsidRDefault="00EF7EC6" w:rsidP="00902E8A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00557023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006020CB" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="006020CB" w:rsidRDefault="006020CB" w:rsidP="006020CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="006020CB" w:rsidRPr="00B66C90" w:rsidRDefault="006020CB" w:rsidP="006020CB">
@@ -18293,118 +18129,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006020CB" w:rsidRPr="00C61BF4" w:rsidRDefault="006020CB" w:rsidP="006020CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C61BF4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="00000489" w:rsidRDefault="006020CB" w:rsidP="006020CB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00000489">
+          <w:p w:rsidR="006020CB" w:rsidRPr="00557023" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00557023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="00000489" w:rsidRDefault="006020CB" w:rsidP="006020CB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00000489">
+          <w:p w:rsidR="006020CB" w:rsidRPr="00557023" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00557023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="00000489" w:rsidRDefault="006020CB" w:rsidP="006020CB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00000489">
+          <w:p w:rsidR="006020CB" w:rsidRPr="00557023" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00557023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="00000489" w:rsidRDefault="006020CB" w:rsidP="006020CB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00000489">
+          <w:p w:rsidR="006020CB" w:rsidRPr="00557023" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00557023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006020CB" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="006020CB" w:rsidRDefault="006020CB" w:rsidP="006020CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -18471,118 +18307,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006020CB" w:rsidRPr="00C61BF4" w:rsidRDefault="006020CB" w:rsidP="006020CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="00000489" w:rsidRDefault="006020CB" w:rsidP="006020CB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00000489">
+          <w:p w:rsidR="006020CB" w:rsidRPr="00557023" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00557023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="00000489" w:rsidRDefault="006020CB" w:rsidP="006020CB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00000489">
+          <w:p w:rsidR="006020CB" w:rsidRPr="00557023" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00557023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="00000489" w:rsidRDefault="006020CB" w:rsidP="006020CB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00000489">
+          <w:p w:rsidR="006020CB" w:rsidRPr="00557023" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00557023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="00000489" w:rsidRDefault="006020CB" w:rsidP="006020CB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00000489">
+          <w:p w:rsidR="006020CB" w:rsidRPr="00557023" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00557023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006020CB" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="006020CB" w:rsidRPr="00B66C90" w:rsidRDefault="006020CB" w:rsidP="006020CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -18691,118 +18527,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006020CB" w:rsidRPr="00243458" w:rsidRDefault="006020CB" w:rsidP="006020CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00243458">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="00000489" w:rsidRDefault="006020CB" w:rsidP="006020CB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00000489">
+          <w:p w:rsidR="006020CB" w:rsidRPr="00557023" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00557023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="00000489" w:rsidRDefault="006020CB" w:rsidP="006020CB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00000489">
+          <w:p w:rsidR="006020CB" w:rsidRPr="00557023" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00557023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="00000489" w:rsidRDefault="006020CB" w:rsidP="006020CB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00000489">
+          <w:p w:rsidR="006020CB" w:rsidRPr="00557023" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00557023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="00000489" w:rsidRDefault="006020CB" w:rsidP="006020CB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00000489">
+          <w:p w:rsidR="006020CB" w:rsidRPr="00557023" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00557023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006020CB" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="006020CB" w:rsidRDefault="006020CB" w:rsidP="006020CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -18869,118 +18705,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006020CB" w:rsidRPr="00243458" w:rsidRDefault="006020CB" w:rsidP="006020CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="00000489" w:rsidRDefault="006020CB" w:rsidP="006020CB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00000489">
+          <w:p w:rsidR="006020CB" w:rsidRPr="00557023" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00557023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="00000489" w:rsidRDefault="006020CB" w:rsidP="006020CB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00000489">
+          <w:p w:rsidR="006020CB" w:rsidRPr="00557023" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00557023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="00000489" w:rsidRDefault="006020CB" w:rsidP="006020CB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00000489">
+          <w:p w:rsidR="006020CB" w:rsidRPr="00557023" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00557023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="00000489" w:rsidRDefault="006020CB" w:rsidP="006020CB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00000489">
+          <w:p w:rsidR="006020CB" w:rsidRPr="00557023" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00557023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006020CB" w:rsidRPr="00E07D2F" w:rsidTr="006F03D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006020CB" w:rsidRDefault="006020CB" w:rsidP="006020CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
@@ -19064,118 +18900,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006020CB" w:rsidRPr="00243458" w:rsidRDefault="006020CB" w:rsidP="006020CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00243458">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="00000489" w:rsidRDefault="006020CB" w:rsidP="006020CB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00000489">
+          <w:p w:rsidR="006020CB" w:rsidRPr="00557023" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00557023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="00000489" w:rsidRDefault="006020CB" w:rsidP="006020CB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00000489">
+          <w:p w:rsidR="006020CB" w:rsidRPr="00557023" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00557023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="00000489" w:rsidRDefault="006020CB" w:rsidP="006020CB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00000489">
+          <w:p w:rsidR="006020CB" w:rsidRPr="00557023" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00557023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006020CB" w:rsidRPr="00000489" w:rsidRDefault="006020CB" w:rsidP="006020CB">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00000489">
+          <w:p w:rsidR="006020CB" w:rsidRPr="00557023" w:rsidRDefault="006020CB" w:rsidP="006020CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00557023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="000217C1" w:rsidRDefault="000217C1" w:rsidP="7FB90821">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00290A75" w:rsidRPr="00E07D2F" w:rsidRDefault="00290A75" w:rsidP="7FB90821">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
@@ -19256,84 +19092,77 @@
         </w:rPr>
         <w:t>Маркова</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008072BA" w:rsidRPr="00E07D2F" w:rsidRDefault="00A52FEA" w:rsidP="7FB90821">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E07D2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>01</w:t>
       </w:r>
       <w:r w:rsidR="00290A75" w:rsidRPr="00E07D2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="002D4D77">
+      <w:r w:rsidR="001331B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...6 lines deleted...]
-        <w:t>1</w:t>
+        <w:t>02</w:t>
       </w:r>
       <w:r w:rsidR="00290A75" w:rsidRPr="00E07D2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.20</w:t>
       </w:r>
       <w:r w:rsidR="00C5530D" w:rsidRPr="00E07D2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="007B7C7B">
+      <w:r w:rsidR="006C53F8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="008072BA" w:rsidRPr="00E07D2F" w:rsidSect="009843C6">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="567" w:right="720" w:bottom="568" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
@@ -19341,54 +19170,55 @@
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="349E3EE3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A0440346"/>
     <w:lvl w:ilvl="0" w:tplc="13B69F60">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -19612,316 +19442,341 @@
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0DEC9E34"/>
     <w:rsid w:val="00000489"/>
     <w:rsid w:val="00003564"/>
     <w:rsid w:val="00004DFB"/>
     <w:rsid w:val="0001590B"/>
     <w:rsid w:val="000205EB"/>
     <w:rsid w:val="000217C1"/>
     <w:rsid w:val="000233B6"/>
     <w:rsid w:val="00024C2E"/>
+    <w:rsid w:val="00025330"/>
     <w:rsid w:val="00027ACB"/>
     <w:rsid w:val="00030865"/>
     <w:rsid w:val="0003139A"/>
     <w:rsid w:val="00032444"/>
     <w:rsid w:val="0003260E"/>
     <w:rsid w:val="00035B6F"/>
     <w:rsid w:val="000405FF"/>
     <w:rsid w:val="00040DAB"/>
     <w:rsid w:val="0004361C"/>
     <w:rsid w:val="000458CC"/>
     <w:rsid w:val="00046526"/>
     <w:rsid w:val="000501D5"/>
     <w:rsid w:val="000609D9"/>
     <w:rsid w:val="00063095"/>
     <w:rsid w:val="00070B25"/>
     <w:rsid w:val="000724F3"/>
     <w:rsid w:val="000761E5"/>
     <w:rsid w:val="00080CB6"/>
     <w:rsid w:val="0008455E"/>
     <w:rsid w:val="00084B71"/>
     <w:rsid w:val="00087B6A"/>
     <w:rsid w:val="00090ECE"/>
     <w:rsid w:val="00093AE7"/>
     <w:rsid w:val="000A1E99"/>
     <w:rsid w:val="000A47B5"/>
+    <w:rsid w:val="000A7E30"/>
     <w:rsid w:val="000B0FA1"/>
     <w:rsid w:val="000B12CB"/>
     <w:rsid w:val="000B66E0"/>
     <w:rsid w:val="000C24EB"/>
     <w:rsid w:val="000D0907"/>
     <w:rsid w:val="000D13B4"/>
     <w:rsid w:val="000D1F1B"/>
     <w:rsid w:val="000D2D6F"/>
     <w:rsid w:val="000D5CDC"/>
     <w:rsid w:val="000E2014"/>
     <w:rsid w:val="000E2213"/>
     <w:rsid w:val="000E7F04"/>
     <w:rsid w:val="000F3B8F"/>
     <w:rsid w:val="000F3CBD"/>
     <w:rsid w:val="000F7A05"/>
+    <w:rsid w:val="000F7B53"/>
     <w:rsid w:val="0010231C"/>
     <w:rsid w:val="001024F5"/>
     <w:rsid w:val="00105C40"/>
     <w:rsid w:val="001065D8"/>
     <w:rsid w:val="001067DB"/>
     <w:rsid w:val="00112897"/>
     <w:rsid w:val="00115D43"/>
     <w:rsid w:val="0012029F"/>
+    <w:rsid w:val="0012107E"/>
     <w:rsid w:val="0012507E"/>
     <w:rsid w:val="00130E0E"/>
     <w:rsid w:val="001325BB"/>
+    <w:rsid w:val="001331B5"/>
     <w:rsid w:val="001401AF"/>
     <w:rsid w:val="00142F32"/>
     <w:rsid w:val="00144871"/>
     <w:rsid w:val="00150F95"/>
+    <w:rsid w:val="0015323B"/>
     <w:rsid w:val="00154548"/>
     <w:rsid w:val="00155570"/>
     <w:rsid w:val="00162F5A"/>
     <w:rsid w:val="00164D63"/>
     <w:rsid w:val="00170203"/>
     <w:rsid w:val="001707A6"/>
     <w:rsid w:val="00174D7D"/>
     <w:rsid w:val="0018621D"/>
     <w:rsid w:val="00186F9B"/>
     <w:rsid w:val="00192428"/>
     <w:rsid w:val="0019376D"/>
     <w:rsid w:val="001A338F"/>
     <w:rsid w:val="001A6445"/>
     <w:rsid w:val="001A6CF5"/>
+    <w:rsid w:val="001B72BC"/>
     <w:rsid w:val="001C0C73"/>
     <w:rsid w:val="001C6555"/>
     <w:rsid w:val="001D1CEC"/>
     <w:rsid w:val="001D4780"/>
+    <w:rsid w:val="001D500E"/>
     <w:rsid w:val="001D6A37"/>
     <w:rsid w:val="001D6E2B"/>
     <w:rsid w:val="001D7F60"/>
     <w:rsid w:val="001E6213"/>
     <w:rsid w:val="001F08CC"/>
     <w:rsid w:val="001F0C75"/>
     <w:rsid w:val="001F4B50"/>
     <w:rsid w:val="001F7E17"/>
     <w:rsid w:val="002049D4"/>
     <w:rsid w:val="00205E5F"/>
     <w:rsid w:val="00210ACB"/>
     <w:rsid w:val="00210B30"/>
     <w:rsid w:val="00212004"/>
     <w:rsid w:val="00214E64"/>
     <w:rsid w:val="002170ED"/>
     <w:rsid w:val="002200ED"/>
     <w:rsid w:val="0022490D"/>
     <w:rsid w:val="002300AB"/>
     <w:rsid w:val="00230E04"/>
     <w:rsid w:val="00234E2A"/>
     <w:rsid w:val="002379F6"/>
     <w:rsid w:val="002419E5"/>
     <w:rsid w:val="00243458"/>
+    <w:rsid w:val="0024561C"/>
     <w:rsid w:val="0024588C"/>
     <w:rsid w:val="002572A1"/>
     <w:rsid w:val="002605B1"/>
     <w:rsid w:val="00260AA4"/>
     <w:rsid w:val="00261220"/>
+    <w:rsid w:val="00266C67"/>
     <w:rsid w:val="002675CB"/>
     <w:rsid w:val="002710C0"/>
     <w:rsid w:val="00274D50"/>
     <w:rsid w:val="00276007"/>
     <w:rsid w:val="00277E21"/>
     <w:rsid w:val="00284CDB"/>
     <w:rsid w:val="0028504D"/>
     <w:rsid w:val="00290973"/>
     <w:rsid w:val="00290A75"/>
     <w:rsid w:val="0029641C"/>
     <w:rsid w:val="002974F9"/>
     <w:rsid w:val="002A1880"/>
     <w:rsid w:val="002A1981"/>
     <w:rsid w:val="002B1FB6"/>
     <w:rsid w:val="002B23ED"/>
     <w:rsid w:val="002B651F"/>
     <w:rsid w:val="002B6D52"/>
     <w:rsid w:val="002C071D"/>
     <w:rsid w:val="002C12E3"/>
     <w:rsid w:val="002C15E4"/>
     <w:rsid w:val="002C35D9"/>
     <w:rsid w:val="002C5142"/>
     <w:rsid w:val="002C7E08"/>
+    <w:rsid w:val="002D4985"/>
     <w:rsid w:val="002D4D77"/>
     <w:rsid w:val="002D6B59"/>
     <w:rsid w:val="002E1A88"/>
     <w:rsid w:val="002E2AC8"/>
     <w:rsid w:val="002E34B9"/>
     <w:rsid w:val="002E4664"/>
     <w:rsid w:val="002E5957"/>
     <w:rsid w:val="002F6AC2"/>
     <w:rsid w:val="0030251F"/>
     <w:rsid w:val="00302CE9"/>
     <w:rsid w:val="00311C33"/>
     <w:rsid w:val="00315357"/>
     <w:rsid w:val="003158E2"/>
     <w:rsid w:val="00324037"/>
     <w:rsid w:val="00334750"/>
     <w:rsid w:val="00340D44"/>
     <w:rsid w:val="00344EDB"/>
+    <w:rsid w:val="003450AC"/>
     <w:rsid w:val="00351664"/>
+    <w:rsid w:val="0035283D"/>
     <w:rsid w:val="0035431A"/>
     <w:rsid w:val="00355995"/>
     <w:rsid w:val="00355F12"/>
     <w:rsid w:val="0035672A"/>
     <w:rsid w:val="003601BB"/>
     <w:rsid w:val="0036142D"/>
     <w:rsid w:val="00361EA6"/>
     <w:rsid w:val="0036209E"/>
     <w:rsid w:val="00364D02"/>
     <w:rsid w:val="00366147"/>
     <w:rsid w:val="00371834"/>
     <w:rsid w:val="003734D1"/>
     <w:rsid w:val="0037362F"/>
     <w:rsid w:val="00375315"/>
     <w:rsid w:val="00375A53"/>
     <w:rsid w:val="003767A9"/>
     <w:rsid w:val="003814BE"/>
     <w:rsid w:val="00383A13"/>
     <w:rsid w:val="0038457C"/>
     <w:rsid w:val="003863BF"/>
     <w:rsid w:val="00391317"/>
     <w:rsid w:val="00393A88"/>
+    <w:rsid w:val="00393B26"/>
     <w:rsid w:val="00396070"/>
     <w:rsid w:val="003961B1"/>
     <w:rsid w:val="003A4A36"/>
     <w:rsid w:val="003A587D"/>
     <w:rsid w:val="003A7F88"/>
     <w:rsid w:val="003B33F8"/>
     <w:rsid w:val="003C2C50"/>
     <w:rsid w:val="003D0CEF"/>
     <w:rsid w:val="003D1F63"/>
+    <w:rsid w:val="003D56F2"/>
     <w:rsid w:val="003D6AE1"/>
     <w:rsid w:val="003E0EE0"/>
     <w:rsid w:val="003E14C5"/>
     <w:rsid w:val="003E1B50"/>
     <w:rsid w:val="003E70E5"/>
     <w:rsid w:val="003F043F"/>
     <w:rsid w:val="003F2DBF"/>
     <w:rsid w:val="003F2EFF"/>
     <w:rsid w:val="003F32C3"/>
     <w:rsid w:val="003F3FC5"/>
     <w:rsid w:val="003F44EB"/>
     <w:rsid w:val="004026C3"/>
     <w:rsid w:val="00403498"/>
     <w:rsid w:val="00405FD9"/>
     <w:rsid w:val="00407401"/>
     <w:rsid w:val="00412786"/>
     <w:rsid w:val="00413943"/>
+    <w:rsid w:val="00416D5D"/>
     <w:rsid w:val="00417FE3"/>
     <w:rsid w:val="0042520C"/>
     <w:rsid w:val="0042593D"/>
     <w:rsid w:val="00426D01"/>
+    <w:rsid w:val="0042751E"/>
     <w:rsid w:val="00431AC4"/>
     <w:rsid w:val="00433308"/>
     <w:rsid w:val="004375CF"/>
     <w:rsid w:val="0044111F"/>
     <w:rsid w:val="00444F12"/>
+    <w:rsid w:val="00445C88"/>
     <w:rsid w:val="00446FEE"/>
     <w:rsid w:val="0045179B"/>
     <w:rsid w:val="00457D6F"/>
     <w:rsid w:val="004601BE"/>
     <w:rsid w:val="004601D5"/>
     <w:rsid w:val="00461E2F"/>
     <w:rsid w:val="00465ADF"/>
     <w:rsid w:val="00466F08"/>
     <w:rsid w:val="00467485"/>
     <w:rsid w:val="00467AF5"/>
     <w:rsid w:val="00473F88"/>
     <w:rsid w:val="00476CD9"/>
     <w:rsid w:val="004778E6"/>
     <w:rsid w:val="00482BE4"/>
     <w:rsid w:val="00482E33"/>
     <w:rsid w:val="00486935"/>
+    <w:rsid w:val="00486A70"/>
     <w:rsid w:val="00490BE8"/>
     <w:rsid w:val="004929F3"/>
     <w:rsid w:val="00495425"/>
     <w:rsid w:val="004A0505"/>
     <w:rsid w:val="004A0655"/>
     <w:rsid w:val="004A0763"/>
     <w:rsid w:val="004A37F4"/>
     <w:rsid w:val="004A5B87"/>
     <w:rsid w:val="004B5CA3"/>
     <w:rsid w:val="004B7758"/>
     <w:rsid w:val="004C1616"/>
     <w:rsid w:val="004C464E"/>
     <w:rsid w:val="004C4A63"/>
     <w:rsid w:val="004C540C"/>
     <w:rsid w:val="004C6128"/>
     <w:rsid w:val="004C79A3"/>
     <w:rsid w:val="004D034F"/>
     <w:rsid w:val="004D53E5"/>
     <w:rsid w:val="004E1307"/>
+    <w:rsid w:val="004E17CF"/>
     <w:rsid w:val="004E6854"/>
+    <w:rsid w:val="004F06CE"/>
+    <w:rsid w:val="004F0A0C"/>
     <w:rsid w:val="004F3767"/>
     <w:rsid w:val="004F3F6B"/>
+    <w:rsid w:val="004F5ACC"/>
     <w:rsid w:val="004F7F1D"/>
     <w:rsid w:val="00500D35"/>
     <w:rsid w:val="00503142"/>
     <w:rsid w:val="00503AF6"/>
     <w:rsid w:val="00507498"/>
     <w:rsid w:val="00513BB4"/>
     <w:rsid w:val="00513D4A"/>
     <w:rsid w:val="00520154"/>
     <w:rsid w:val="00526FDB"/>
     <w:rsid w:val="0053073B"/>
     <w:rsid w:val="00530AB1"/>
     <w:rsid w:val="00533FC0"/>
     <w:rsid w:val="00535871"/>
     <w:rsid w:val="00535E60"/>
     <w:rsid w:val="00537C4D"/>
     <w:rsid w:val="00543898"/>
     <w:rsid w:val="005458B4"/>
     <w:rsid w:val="00547FA8"/>
     <w:rsid w:val="00550332"/>
     <w:rsid w:val="00550653"/>
     <w:rsid w:val="0055222A"/>
     <w:rsid w:val="00553A95"/>
+    <w:rsid w:val="00557023"/>
     <w:rsid w:val="00562786"/>
     <w:rsid w:val="00562A8A"/>
     <w:rsid w:val="00565CF3"/>
     <w:rsid w:val="0056678A"/>
     <w:rsid w:val="005673D6"/>
     <w:rsid w:val="0056753D"/>
     <w:rsid w:val="00567F71"/>
+    <w:rsid w:val="0057100F"/>
     <w:rsid w:val="00571DD7"/>
     <w:rsid w:val="00572701"/>
     <w:rsid w:val="0057396D"/>
     <w:rsid w:val="00573D1D"/>
     <w:rsid w:val="005777A0"/>
     <w:rsid w:val="00582527"/>
     <w:rsid w:val="00590A86"/>
     <w:rsid w:val="00591507"/>
     <w:rsid w:val="00594655"/>
     <w:rsid w:val="00595E26"/>
     <w:rsid w:val="00596010"/>
     <w:rsid w:val="00596C19"/>
     <w:rsid w:val="00597BA1"/>
     <w:rsid w:val="005A3B1F"/>
     <w:rsid w:val="005B0567"/>
     <w:rsid w:val="005B1F52"/>
     <w:rsid w:val="005B78F8"/>
     <w:rsid w:val="005C0B1C"/>
     <w:rsid w:val="005C4B77"/>
     <w:rsid w:val="005C746D"/>
     <w:rsid w:val="005C7539"/>
     <w:rsid w:val="005C7D8D"/>
     <w:rsid w:val="005D069D"/>
     <w:rsid w:val="005D3137"/>
     <w:rsid w:val="005E4F7D"/>
@@ -19953,340 +19808,370 @@
     <w:rsid w:val="00653E76"/>
     <w:rsid w:val="006548E1"/>
     <w:rsid w:val="00654FB8"/>
     <w:rsid w:val="0065545C"/>
     <w:rsid w:val="00655C76"/>
     <w:rsid w:val="006561E6"/>
     <w:rsid w:val="006617E5"/>
     <w:rsid w:val="006623FC"/>
     <w:rsid w:val="00665FA1"/>
     <w:rsid w:val="0067096C"/>
     <w:rsid w:val="006721EA"/>
     <w:rsid w:val="00672879"/>
     <w:rsid w:val="00672E74"/>
     <w:rsid w:val="00673527"/>
     <w:rsid w:val="006778D9"/>
     <w:rsid w:val="00677F55"/>
     <w:rsid w:val="0068160D"/>
     <w:rsid w:val="00682646"/>
     <w:rsid w:val="00687C58"/>
     <w:rsid w:val="0069048F"/>
     <w:rsid w:val="006908E8"/>
     <w:rsid w:val="00697FAF"/>
     <w:rsid w:val="006A07A5"/>
     <w:rsid w:val="006A0F06"/>
     <w:rsid w:val="006B0850"/>
+    <w:rsid w:val="006B2D80"/>
     <w:rsid w:val="006B2DAD"/>
     <w:rsid w:val="006B2F09"/>
     <w:rsid w:val="006B653E"/>
     <w:rsid w:val="006B6E18"/>
     <w:rsid w:val="006B70C6"/>
     <w:rsid w:val="006B7D4D"/>
     <w:rsid w:val="006C00A2"/>
     <w:rsid w:val="006C3CB6"/>
+    <w:rsid w:val="006C53F8"/>
     <w:rsid w:val="006C7177"/>
     <w:rsid w:val="006C7C7A"/>
     <w:rsid w:val="006D5B02"/>
     <w:rsid w:val="006D6D72"/>
     <w:rsid w:val="006E02C4"/>
+    <w:rsid w:val="006E20C9"/>
+    <w:rsid w:val="006E4278"/>
     <w:rsid w:val="006E556D"/>
     <w:rsid w:val="006F03D2"/>
     <w:rsid w:val="007102D6"/>
     <w:rsid w:val="00714A27"/>
     <w:rsid w:val="00714B49"/>
     <w:rsid w:val="00715BFD"/>
     <w:rsid w:val="00716B4A"/>
     <w:rsid w:val="0072091C"/>
     <w:rsid w:val="007210D0"/>
     <w:rsid w:val="007212A6"/>
     <w:rsid w:val="0072768D"/>
     <w:rsid w:val="0073726E"/>
     <w:rsid w:val="00740031"/>
     <w:rsid w:val="007405F1"/>
     <w:rsid w:val="007417FA"/>
     <w:rsid w:val="0074399B"/>
     <w:rsid w:val="007509DA"/>
     <w:rsid w:val="00751237"/>
     <w:rsid w:val="007521BC"/>
     <w:rsid w:val="00757B28"/>
     <w:rsid w:val="00757E32"/>
     <w:rsid w:val="00757F76"/>
     <w:rsid w:val="0076605E"/>
     <w:rsid w:val="00767AEC"/>
     <w:rsid w:val="007731D7"/>
     <w:rsid w:val="00777472"/>
     <w:rsid w:val="00777FCB"/>
     <w:rsid w:val="00780C63"/>
     <w:rsid w:val="007820E8"/>
     <w:rsid w:val="0078349A"/>
     <w:rsid w:val="007835A4"/>
     <w:rsid w:val="00783B53"/>
     <w:rsid w:val="00785441"/>
     <w:rsid w:val="007862F8"/>
     <w:rsid w:val="00790A6D"/>
+    <w:rsid w:val="00791B4C"/>
+    <w:rsid w:val="007965F1"/>
     <w:rsid w:val="007A2E47"/>
     <w:rsid w:val="007A2EE6"/>
     <w:rsid w:val="007A406B"/>
     <w:rsid w:val="007A681B"/>
     <w:rsid w:val="007B0BD4"/>
     <w:rsid w:val="007B128F"/>
     <w:rsid w:val="007B5B15"/>
     <w:rsid w:val="007B6080"/>
     <w:rsid w:val="007B611A"/>
     <w:rsid w:val="007B69DD"/>
     <w:rsid w:val="007B7617"/>
     <w:rsid w:val="007B7C7B"/>
     <w:rsid w:val="007C016D"/>
     <w:rsid w:val="007C58C5"/>
     <w:rsid w:val="007C73F8"/>
     <w:rsid w:val="007D3AAE"/>
     <w:rsid w:val="007D63AE"/>
     <w:rsid w:val="007D696E"/>
     <w:rsid w:val="007D6EC9"/>
     <w:rsid w:val="007E11FA"/>
     <w:rsid w:val="007E2B65"/>
     <w:rsid w:val="007E4119"/>
     <w:rsid w:val="007E4B9E"/>
+    <w:rsid w:val="007E6462"/>
     <w:rsid w:val="007F37A8"/>
     <w:rsid w:val="007F4939"/>
     <w:rsid w:val="007F57B8"/>
     <w:rsid w:val="00800050"/>
     <w:rsid w:val="0080059E"/>
     <w:rsid w:val="00800B32"/>
     <w:rsid w:val="00800BA0"/>
     <w:rsid w:val="008072BA"/>
     <w:rsid w:val="0081222B"/>
     <w:rsid w:val="00815998"/>
     <w:rsid w:val="0081740A"/>
     <w:rsid w:val="00835B3C"/>
     <w:rsid w:val="00836B15"/>
     <w:rsid w:val="0083720B"/>
     <w:rsid w:val="008404F5"/>
     <w:rsid w:val="00844AEA"/>
     <w:rsid w:val="00845DF9"/>
     <w:rsid w:val="0085424C"/>
     <w:rsid w:val="008547D1"/>
     <w:rsid w:val="008618A3"/>
     <w:rsid w:val="00862AC8"/>
     <w:rsid w:val="00863719"/>
     <w:rsid w:val="00864F13"/>
     <w:rsid w:val="00867371"/>
     <w:rsid w:val="00870016"/>
     <w:rsid w:val="00870B9E"/>
     <w:rsid w:val="00872E05"/>
     <w:rsid w:val="0087482A"/>
     <w:rsid w:val="008753CB"/>
     <w:rsid w:val="00876D34"/>
     <w:rsid w:val="0087786B"/>
     <w:rsid w:val="0088188E"/>
+    <w:rsid w:val="0088342C"/>
     <w:rsid w:val="00886E16"/>
     <w:rsid w:val="00890755"/>
     <w:rsid w:val="00892353"/>
     <w:rsid w:val="00893812"/>
     <w:rsid w:val="008941D1"/>
     <w:rsid w:val="0089552F"/>
     <w:rsid w:val="008A0E75"/>
     <w:rsid w:val="008A27A6"/>
     <w:rsid w:val="008B191D"/>
     <w:rsid w:val="008B3C58"/>
     <w:rsid w:val="008B465C"/>
     <w:rsid w:val="008C0014"/>
+    <w:rsid w:val="008C2222"/>
     <w:rsid w:val="008C5650"/>
     <w:rsid w:val="008C76AB"/>
     <w:rsid w:val="008D0A09"/>
     <w:rsid w:val="008D1DE5"/>
     <w:rsid w:val="008D3DF8"/>
     <w:rsid w:val="008D4113"/>
     <w:rsid w:val="008D606D"/>
     <w:rsid w:val="008E5ACB"/>
     <w:rsid w:val="008E7BBD"/>
     <w:rsid w:val="008F2393"/>
     <w:rsid w:val="008F2DA7"/>
     <w:rsid w:val="008F391D"/>
     <w:rsid w:val="008F3FA1"/>
+    <w:rsid w:val="008F4EC2"/>
     <w:rsid w:val="008F548A"/>
     <w:rsid w:val="008F6133"/>
     <w:rsid w:val="00900E06"/>
     <w:rsid w:val="0090253A"/>
     <w:rsid w:val="009025E7"/>
     <w:rsid w:val="00902E8A"/>
     <w:rsid w:val="00907846"/>
     <w:rsid w:val="00910C3E"/>
     <w:rsid w:val="00915F63"/>
     <w:rsid w:val="009161AA"/>
     <w:rsid w:val="00923DDF"/>
     <w:rsid w:val="00926DED"/>
     <w:rsid w:val="00931231"/>
     <w:rsid w:val="00935DE4"/>
     <w:rsid w:val="009471C0"/>
     <w:rsid w:val="00950C61"/>
     <w:rsid w:val="00951212"/>
     <w:rsid w:val="009567ED"/>
     <w:rsid w:val="00960BE9"/>
     <w:rsid w:val="0096243B"/>
     <w:rsid w:val="009635E8"/>
     <w:rsid w:val="00964844"/>
     <w:rsid w:val="009672A5"/>
     <w:rsid w:val="00971744"/>
     <w:rsid w:val="00972D5D"/>
     <w:rsid w:val="00973F34"/>
     <w:rsid w:val="0098424D"/>
     <w:rsid w:val="009843C6"/>
     <w:rsid w:val="0098700E"/>
     <w:rsid w:val="009879B9"/>
     <w:rsid w:val="00990ACB"/>
     <w:rsid w:val="009910D7"/>
     <w:rsid w:val="0099266B"/>
     <w:rsid w:val="009A0EC8"/>
     <w:rsid w:val="009A1B3A"/>
+    <w:rsid w:val="009A3BE6"/>
     <w:rsid w:val="009B0D1D"/>
     <w:rsid w:val="009B20B0"/>
     <w:rsid w:val="009B2380"/>
+    <w:rsid w:val="009B2546"/>
     <w:rsid w:val="009B5237"/>
     <w:rsid w:val="009C1853"/>
     <w:rsid w:val="009C5CF9"/>
     <w:rsid w:val="009C621C"/>
     <w:rsid w:val="009C68A2"/>
     <w:rsid w:val="009D08BD"/>
     <w:rsid w:val="009D0E77"/>
+    <w:rsid w:val="009D14A5"/>
     <w:rsid w:val="009D18B0"/>
     <w:rsid w:val="009D3AFA"/>
     <w:rsid w:val="009D52F6"/>
     <w:rsid w:val="009E04A3"/>
     <w:rsid w:val="009E062F"/>
     <w:rsid w:val="009E2EC6"/>
     <w:rsid w:val="009E37F4"/>
+    <w:rsid w:val="009E4011"/>
     <w:rsid w:val="009E429A"/>
     <w:rsid w:val="009E5D5A"/>
     <w:rsid w:val="009E7C3F"/>
     <w:rsid w:val="009F4F04"/>
     <w:rsid w:val="009F7ED0"/>
     <w:rsid w:val="00A00CA5"/>
+    <w:rsid w:val="00A2232D"/>
     <w:rsid w:val="00A31E2F"/>
+    <w:rsid w:val="00A3284D"/>
+    <w:rsid w:val="00A32870"/>
     <w:rsid w:val="00A41D93"/>
     <w:rsid w:val="00A421EB"/>
     <w:rsid w:val="00A423EF"/>
     <w:rsid w:val="00A42FD5"/>
     <w:rsid w:val="00A440D6"/>
     <w:rsid w:val="00A4723C"/>
     <w:rsid w:val="00A52FEA"/>
+    <w:rsid w:val="00A56405"/>
     <w:rsid w:val="00A57963"/>
+    <w:rsid w:val="00A57FDF"/>
     <w:rsid w:val="00A61F07"/>
+    <w:rsid w:val="00A63096"/>
     <w:rsid w:val="00A64BC1"/>
     <w:rsid w:val="00A65BDC"/>
     <w:rsid w:val="00A725C8"/>
     <w:rsid w:val="00A73DB1"/>
     <w:rsid w:val="00A74AD7"/>
     <w:rsid w:val="00A77245"/>
     <w:rsid w:val="00A80D21"/>
     <w:rsid w:val="00A85F82"/>
+    <w:rsid w:val="00A929EB"/>
     <w:rsid w:val="00A92F83"/>
     <w:rsid w:val="00A947ED"/>
     <w:rsid w:val="00AB0AEE"/>
     <w:rsid w:val="00AB22BD"/>
     <w:rsid w:val="00AB64FF"/>
     <w:rsid w:val="00AB7E73"/>
     <w:rsid w:val="00AC2E41"/>
     <w:rsid w:val="00AC502B"/>
     <w:rsid w:val="00AD3902"/>
     <w:rsid w:val="00AD5110"/>
+    <w:rsid w:val="00AD7D31"/>
     <w:rsid w:val="00AD7F6F"/>
     <w:rsid w:val="00AE484F"/>
     <w:rsid w:val="00AE4AB4"/>
     <w:rsid w:val="00AE6BC4"/>
     <w:rsid w:val="00B00363"/>
     <w:rsid w:val="00B10763"/>
     <w:rsid w:val="00B10AD2"/>
     <w:rsid w:val="00B141D4"/>
     <w:rsid w:val="00B152B4"/>
     <w:rsid w:val="00B23D01"/>
     <w:rsid w:val="00B251A0"/>
     <w:rsid w:val="00B33557"/>
     <w:rsid w:val="00B34628"/>
     <w:rsid w:val="00B35DEF"/>
     <w:rsid w:val="00B4138C"/>
     <w:rsid w:val="00B42046"/>
     <w:rsid w:val="00B50B30"/>
     <w:rsid w:val="00B522BE"/>
     <w:rsid w:val="00B574E2"/>
     <w:rsid w:val="00B57586"/>
     <w:rsid w:val="00B62CB1"/>
     <w:rsid w:val="00B644BA"/>
     <w:rsid w:val="00B66C90"/>
     <w:rsid w:val="00B70525"/>
     <w:rsid w:val="00B83EEE"/>
     <w:rsid w:val="00B8623A"/>
     <w:rsid w:val="00B86EA3"/>
     <w:rsid w:val="00B915DB"/>
     <w:rsid w:val="00B94148"/>
     <w:rsid w:val="00BA6287"/>
     <w:rsid w:val="00BB12F1"/>
     <w:rsid w:val="00BB2637"/>
     <w:rsid w:val="00BB2AB5"/>
     <w:rsid w:val="00BD04E4"/>
     <w:rsid w:val="00BD0B2C"/>
     <w:rsid w:val="00BD28C1"/>
     <w:rsid w:val="00BD3B4D"/>
     <w:rsid w:val="00BE4909"/>
     <w:rsid w:val="00BF61F7"/>
     <w:rsid w:val="00C038EF"/>
     <w:rsid w:val="00C05B34"/>
     <w:rsid w:val="00C109AF"/>
     <w:rsid w:val="00C11800"/>
+    <w:rsid w:val="00C17766"/>
     <w:rsid w:val="00C17B54"/>
     <w:rsid w:val="00C22F69"/>
     <w:rsid w:val="00C2780C"/>
     <w:rsid w:val="00C44426"/>
     <w:rsid w:val="00C45311"/>
     <w:rsid w:val="00C5530D"/>
     <w:rsid w:val="00C579C4"/>
     <w:rsid w:val="00C61BF4"/>
     <w:rsid w:val="00C625C1"/>
     <w:rsid w:val="00C630DE"/>
     <w:rsid w:val="00C66639"/>
     <w:rsid w:val="00C71613"/>
     <w:rsid w:val="00C71D73"/>
     <w:rsid w:val="00C71E16"/>
     <w:rsid w:val="00C73299"/>
+    <w:rsid w:val="00C74017"/>
     <w:rsid w:val="00C75754"/>
     <w:rsid w:val="00C76EF7"/>
     <w:rsid w:val="00C80844"/>
+    <w:rsid w:val="00C81933"/>
     <w:rsid w:val="00C8402C"/>
     <w:rsid w:val="00C859A0"/>
     <w:rsid w:val="00C860FF"/>
     <w:rsid w:val="00C8760B"/>
+    <w:rsid w:val="00C91EA9"/>
     <w:rsid w:val="00C9378B"/>
     <w:rsid w:val="00C9452B"/>
     <w:rsid w:val="00C96E22"/>
     <w:rsid w:val="00C96EF9"/>
+    <w:rsid w:val="00CA1052"/>
+    <w:rsid w:val="00CA2A81"/>
     <w:rsid w:val="00CA6DF0"/>
+    <w:rsid w:val="00CA7F16"/>
     <w:rsid w:val="00CB0872"/>
     <w:rsid w:val="00CB39DF"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CE036F"/>
     <w:rsid w:val="00CE059A"/>
     <w:rsid w:val="00CE2EA8"/>
+    <w:rsid w:val="00CE33A1"/>
     <w:rsid w:val="00CE40BB"/>
     <w:rsid w:val="00CE511B"/>
     <w:rsid w:val="00CF3EC7"/>
     <w:rsid w:val="00CF6CFA"/>
     <w:rsid w:val="00CF6D47"/>
     <w:rsid w:val="00D01E09"/>
     <w:rsid w:val="00D04DD0"/>
     <w:rsid w:val="00D11A73"/>
     <w:rsid w:val="00D134C1"/>
     <w:rsid w:val="00D17CF5"/>
     <w:rsid w:val="00D20536"/>
     <w:rsid w:val="00D30A46"/>
     <w:rsid w:val="00D331E9"/>
     <w:rsid w:val="00D375C7"/>
     <w:rsid w:val="00D37854"/>
     <w:rsid w:val="00D4268C"/>
     <w:rsid w:val="00D4272D"/>
     <w:rsid w:val="00D4312F"/>
     <w:rsid w:val="00D43BFD"/>
     <w:rsid w:val="00D508AF"/>
     <w:rsid w:val="00D52A19"/>
     <w:rsid w:val="00D56EE9"/>
     <w:rsid w:val="00D579AE"/>
     <w:rsid w:val="00D618BD"/>
     <w:rsid w:val="00D63D25"/>
@@ -20305,106 +20190,115 @@
     <w:rsid w:val="00DC0935"/>
     <w:rsid w:val="00DC43DB"/>
     <w:rsid w:val="00DC446E"/>
     <w:rsid w:val="00DC4880"/>
     <w:rsid w:val="00DD1308"/>
     <w:rsid w:val="00DD20B1"/>
     <w:rsid w:val="00DD5EDC"/>
     <w:rsid w:val="00DD6904"/>
     <w:rsid w:val="00DE0639"/>
     <w:rsid w:val="00DE643B"/>
     <w:rsid w:val="00DF28FC"/>
     <w:rsid w:val="00DF460C"/>
     <w:rsid w:val="00E014A4"/>
     <w:rsid w:val="00E05E79"/>
     <w:rsid w:val="00E060E9"/>
     <w:rsid w:val="00E06D52"/>
     <w:rsid w:val="00E07D2F"/>
     <w:rsid w:val="00E123AD"/>
     <w:rsid w:val="00E151B3"/>
     <w:rsid w:val="00E15FE3"/>
     <w:rsid w:val="00E16B42"/>
     <w:rsid w:val="00E16CC0"/>
     <w:rsid w:val="00E17A9A"/>
     <w:rsid w:val="00E17BF1"/>
     <w:rsid w:val="00E21B92"/>
+    <w:rsid w:val="00E236A0"/>
     <w:rsid w:val="00E2607C"/>
     <w:rsid w:val="00E27371"/>
+    <w:rsid w:val="00E32E50"/>
     <w:rsid w:val="00E35002"/>
     <w:rsid w:val="00E37FD6"/>
     <w:rsid w:val="00E420A4"/>
     <w:rsid w:val="00E4494D"/>
     <w:rsid w:val="00E50409"/>
     <w:rsid w:val="00E52B04"/>
     <w:rsid w:val="00E53A42"/>
     <w:rsid w:val="00E54F28"/>
     <w:rsid w:val="00E66606"/>
     <w:rsid w:val="00E67CDF"/>
     <w:rsid w:val="00E80F5E"/>
     <w:rsid w:val="00E85E22"/>
     <w:rsid w:val="00E8752C"/>
     <w:rsid w:val="00E908CF"/>
     <w:rsid w:val="00E931EE"/>
     <w:rsid w:val="00E958A1"/>
+    <w:rsid w:val="00EA2CF1"/>
     <w:rsid w:val="00EA6EB9"/>
     <w:rsid w:val="00EB3910"/>
     <w:rsid w:val="00EC2A58"/>
     <w:rsid w:val="00EC2D1F"/>
     <w:rsid w:val="00EC505E"/>
     <w:rsid w:val="00ED13CA"/>
+    <w:rsid w:val="00ED3D55"/>
     <w:rsid w:val="00ED436A"/>
     <w:rsid w:val="00ED64E3"/>
     <w:rsid w:val="00ED7B7B"/>
     <w:rsid w:val="00EE4962"/>
     <w:rsid w:val="00EF2591"/>
     <w:rsid w:val="00EF64BC"/>
+    <w:rsid w:val="00EF7EC6"/>
     <w:rsid w:val="00F03683"/>
     <w:rsid w:val="00F0599E"/>
     <w:rsid w:val="00F05A5C"/>
     <w:rsid w:val="00F0643B"/>
     <w:rsid w:val="00F152F0"/>
     <w:rsid w:val="00F165FA"/>
     <w:rsid w:val="00F2374E"/>
     <w:rsid w:val="00F25CFC"/>
+    <w:rsid w:val="00F37026"/>
     <w:rsid w:val="00F417C2"/>
     <w:rsid w:val="00F43CEA"/>
     <w:rsid w:val="00F440BE"/>
     <w:rsid w:val="00F47181"/>
     <w:rsid w:val="00F505E9"/>
     <w:rsid w:val="00F542E7"/>
     <w:rsid w:val="00F573CF"/>
+    <w:rsid w:val="00F6087D"/>
     <w:rsid w:val="00F63BFA"/>
     <w:rsid w:val="00F64327"/>
     <w:rsid w:val="00F662D6"/>
     <w:rsid w:val="00F66FF3"/>
     <w:rsid w:val="00F721F0"/>
     <w:rsid w:val="00F723A7"/>
+    <w:rsid w:val="00F741AB"/>
     <w:rsid w:val="00F755E6"/>
     <w:rsid w:val="00F810F6"/>
     <w:rsid w:val="00F811C3"/>
     <w:rsid w:val="00F83AE5"/>
     <w:rsid w:val="00F83D92"/>
+    <w:rsid w:val="00F92382"/>
     <w:rsid w:val="00F93A98"/>
     <w:rsid w:val="00FA3B59"/>
     <w:rsid w:val="00FA3D34"/>
     <w:rsid w:val="00FA4106"/>
     <w:rsid w:val="00FB08C2"/>
     <w:rsid w:val="00FB1744"/>
     <w:rsid w:val="00FB2C9F"/>
     <w:rsid w:val="00FB30AA"/>
     <w:rsid w:val="00FB3B25"/>
     <w:rsid w:val="00FB3EC7"/>
     <w:rsid w:val="00FC1B85"/>
     <w:rsid w:val="00FC67E3"/>
     <w:rsid w:val="00FC741C"/>
     <w:rsid w:val="00FC7570"/>
     <w:rsid w:val="00FD2799"/>
     <w:rsid w:val="00FD7DD4"/>
     <w:rsid w:val="00FE15E8"/>
     <w:rsid w:val="00FE2B51"/>
     <w:rsid w:val="00FE4B97"/>
     <w:rsid w:val="00FF34B9"/>
     <w:rsid w:val="0DEC9E34"/>
     <w:rsid w:val="7FB90821"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
@@ -21201,82 +21095,82 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{22D59530-19E5-4F24-8103-BC214F177BAB}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{39465828-56CC-4D23-A4C6-0F5644904F35}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>957</Words>
-  <Characters>5458</Characters>
+  <Words>954</Words>
+  <Characters>5438</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>45</Lines>
   <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6403</CharactersWithSpaces>
+  <CharactersWithSpaces>6380</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Лоскутов Эдуард Вадимович</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>