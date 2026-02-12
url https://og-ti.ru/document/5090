--- v0 (2025-11-21)
+++ v1 (2026-02-12)
@@ -87,104 +87,104 @@
         </w:rPr>
         <w:t xml:space="preserve"> (по состоянию на </w:t>
       </w:r>
       <w:r w:rsidR="000A5A25" w:rsidRPr="00A622FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>01</w:t>
       </w:r>
       <w:r w:rsidR="006B212D" w:rsidRPr="00A622FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00086BCE">
+      <w:r w:rsidR="008D43DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ноября</w:t>
+        <w:t>февраля</w:t>
       </w:r>
       <w:r w:rsidR="00EC46B4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006B212D" w:rsidRPr="00A622FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="00D92097" w:rsidRPr="00A622FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00045D53">
+      <w:r w:rsidR="00DA0CE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="007A156D" w:rsidRPr="00A622FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006B212D" w:rsidRPr="00A622FB">
         <w:rPr>
           <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>года)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -861,67 +861,75 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="003B46F3" w:rsidP="008D64F4">
+          <w:p w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="003B46F3" w:rsidP="00071626">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>99</w:t>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="00071626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
@@ -957,113 +965,121 @@
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00C364C5" w:rsidP="00652D6E">
+          <w:p w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00C364C5" w:rsidP="00071626">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>39</w:t>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00071626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00377EB2" w:rsidP="00C364C5">
+          <w:p w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00377EB2" w:rsidP="00071626">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="003B46F3" w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="00C364C5" w:rsidRPr="00C364C5">
-[...5 lines deleted...]
-              <w:t>8</w:t>
+            <w:r w:rsidR="00071626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005043D5" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="180"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
@@ -1463,204 +1479,204 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="0014151B" w:rsidP="00D27E7F">
+          <w:p w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00071626" w:rsidP="00D27E7F">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1214" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>37</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1214" w:type="dxa"/>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
+          <w:p w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00247B4F" w:rsidP="00706B16">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1056" w:type="dxa"/>
+            <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00247B4F" w:rsidP="00706B16">
+          <w:p w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00652D6E" w:rsidP="005B30C9">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
-[...10 lines deleted...]
-          <w:p w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00652D6E" w:rsidP="005B30C9">
+            <w:tcW w:w="1257" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00601239" w:rsidRPr="00C364C5" w:rsidRDefault="00652D6E" w:rsidP="00071626">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...28 lines deleted...]
-              </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="0014151B" w:rsidRPr="00C364C5">
-[...5 lines deleted...]
-              <w:t>7</w:t>
+            <w:r w:rsidR="00071626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005043D5" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00601239" w:rsidRPr="005043D5" w:rsidRDefault="00601239" w:rsidP="005B30C9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2098,67 +2114,75 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="0014151B" w:rsidP="00686225">
+          <w:p w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="0014151B" w:rsidP="00071626">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>33</w:t>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00071626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
@@ -2194,97 +2218,105 @@
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="0014151B" w:rsidP="003F29E8">
+          <w:p w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="00071626" w:rsidP="003F29E8">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1257" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003F29E8" w:rsidRPr="00C364C5" w:rsidRDefault="0014151B" w:rsidP="00981351">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-          </w:p>
-[...27 lines deleted...]
-              <w:t>36</w:t>
+            <w:r w:rsidR="00981351">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003F29E8" w:rsidRPr="005043D5" w:rsidTr="00F65743">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="003F29E8" w:rsidRPr="005043D5" w:rsidRDefault="003F29E8" w:rsidP="003F29E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
@@ -3384,97 +3416,105 @@
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="002119B3" w:rsidP="00547897">
+          <w:p w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="00981351" w:rsidP="00547897">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1257" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="002119B3" w:rsidP="00981351">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>7</w:t>
-[...29 lines deleted...]
-              <w:t>65</w:t>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00981351">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00547897" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00547897" w:rsidRPr="005043D5" w:rsidRDefault="00547897" w:rsidP="00547897">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -3969,105 +4009,113 @@
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="00547897" w:rsidP="00C364C5">
+          <w:p w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="00547897" w:rsidP="00071626">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00C364C5" w:rsidRPr="00C364C5">
-[...5 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidR="00071626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="00C364C5" w:rsidP="001561FF">
+          <w:p w:rsidR="00547897" w:rsidRPr="00C364C5" w:rsidRDefault="00C364C5" w:rsidP="00071626">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>29</w:t>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00071626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00547897" w:rsidRPr="005043D5" w:rsidTr="00DE1235">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00547897" w:rsidRPr="005043D5" w:rsidRDefault="00547897" w:rsidP="00547897">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
@@ -4562,113 +4610,113 @@
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="009F22C7" w:rsidP="00C364C5">
+          <w:p w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="009F22C7" w:rsidP="00981351">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="00C364C5" w:rsidRPr="00C364C5">
-[...5 lines deleted...]
-              <w:t>7</w:t>
+            <w:r w:rsidR="00981351">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="009F22C7" w:rsidP="00C364C5">
+          <w:p w:rsidR="00C64A62" w:rsidRPr="00C364C5" w:rsidRDefault="009F22C7" w:rsidP="00981351">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C364C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="00C364C5" w:rsidRPr="00C364C5">
-[...5 lines deleted...]
-              <w:t>7</w:t>
+            <w:r w:rsidR="00981351">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C64A62" w:rsidRPr="005043D5" w:rsidTr="00DE1235">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C64A62" w:rsidRPr="005043D5" w:rsidRDefault="00C64A62" w:rsidP="00C64A62">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
@@ -6322,75 +6370,75 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="0014481D" w:rsidP="005E1D86">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="0014481D" w:rsidP="00DA0CE5">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E1D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="005E1D86" w:rsidRPr="005E1D86">
-[...5 lines deleted...]
-              <w:t>7</w:t>
+            <w:r w:rsidR="00DA0CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
@@ -6456,75 +6504,75 @@
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E1D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="0014481D" w:rsidP="005E1D86">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="0014481D" w:rsidP="00DA0CE5">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E1D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidR="005E1D86" w:rsidRPr="005E1D86">
-[...5 lines deleted...]
-              <w:t>3</w:t>
+            <w:r w:rsidR="00DA0CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -6712,97 +6760,113 @@
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E1D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="0014481D" w:rsidP="00BA3BBE">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="0014481D" w:rsidP="00071626">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E1D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>54</w:t>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00071626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="0014481D" w:rsidP="00BA3BBE">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="0014481D" w:rsidP="00071626">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E1D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>57</w:t>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00071626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
@@ -7263,75 +7327,75 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="00BA3BBE" w:rsidP="0014481D">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="00BA3BBE" w:rsidP="00071626">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E1D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="0014481D" w:rsidRPr="005E1D86">
-[...5 lines deleted...]
-              <w:t>3</w:t>
+            <w:r w:rsidR="00071626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
@@ -7367,106 +7431,114 @@
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E1D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="0014481D" w:rsidP="00BA3BBE">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="005E1D86" w:rsidRDefault="0014481D" w:rsidP="00071626">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E1D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>58</w:t>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00071626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="00BA3BBE" w:rsidRPr="005E1D86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00C364C5" w:rsidRDefault="0014481D" w:rsidP="00BA3BBE">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00C364C5" w:rsidRDefault="00071626" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005E1D86">
-[...5 lines deleted...]
-              <w:t>81</w:t>
+            <w:r w:rsidRPr="00071626">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>79</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
@@ -7649,75 +7721,75 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00B033D8" w:rsidRDefault="00BA3BBE" w:rsidP="0014481D">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00B033D8" w:rsidRDefault="00BA3BBE" w:rsidP="005D75C7">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B033D8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="0014481D" w:rsidRPr="00B033D8">
-[...5 lines deleted...]
-              <w:t>6</w:t>
+            <w:r w:rsidR="005D75C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00B033D8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="00B033D8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
@@ -7761,105 +7833,97 @@
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B033D8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00B033D8" w:rsidRDefault="00B033D8" w:rsidP="00BA3BBE">
-[...15 lines deleted...]
-              <w:t>4</w:t>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00B033D8" w:rsidRDefault="003D0169" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00B033D8" w:rsidRDefault="00BA3BBE" w:rsidP="00B033D8">
-[...23 lines deleted...]
-              <w:t>0</w:t>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00B033D8" w:rsidRDefault="005D75C7" w:rsidP="00B033D8">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>47</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="270"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -8047,121 +8111,137 @@
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="0014481D" w:rsidP="008627E8">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="0014481D" w:rsidP="005D75C7">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="008627E8" w:rsidRPr="008627E8">
-[...5 lines deleted...]
-              <w:t>51</w:t>
+            <w:r w:rsidR="003D0169">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="005D75C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="00BA3BBE" w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="008627E8">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="005D75C7">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="008627E8" w:rsidRPr="008627E8">
-[...5 lines deleted...]
-              <w:t>70</w:t>
+            <w:r w:rsidR="003D0169">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="005D75C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="00A33350">
         <w:trPr>
           <w:trHeight w:val="497"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
@@ -8640,57 +8720,57 @@
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="0014481D">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="0014481D" w:rsidRPr="008627E8">
-[...5 lines deleted...]
-              <w:t>8</w:t>
+            <w:r w:rsidR="005D75C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
@@ -8726,97 +8806,113 @@
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="0014481D" w:rsidP="00BA3BBE">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="0014481D" w:rsidP="005D75C7">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>205</w:t>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="005D75C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="0014481D" w:rsidP="0014481D">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="0014481D" w:rsidP="005D75C7">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>223</w:t>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="005D75C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="270"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
@@ -9361,97 +9457,113 @@
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00F65743" w:rsidP="00F65743">
-[...15 lines deleted...]
-              <w:t>69</w:t>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00A2393D" w:rsidP="005D75C7">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="005D75C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00F65743" w:rsidP="00BA3BBE">
-[...15 lines deleted...]
-              <w:t>69</w:t>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00A2393D" w:rsidP="005D75C7">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="005D75C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="00F65743">
         <w:trPr>
           <w:trHeight w:val="874"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
@@ -9721,96 +9833,96 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008627E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...15 lines deleted...]
-              <w:t>3</w:t>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00A2393D" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...15 lines deleted...]
-              <w:t>3</w:t>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="008627E8" w:rsidRDefault="00A2393D" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="00F65743" w:rsidTr="00F65743">
         <w:trPr>
           <w:trHeight w:val="821"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
@@ -10091,120 +10203,104 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D079F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="00F65743" w:rsidP="00D079F1">
-[...23 lines deleted...]
-              <w:t>8</w:t>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="005B68FD" w:rsidP="00D079F1">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
             </w:r>
             <w:r w:rsidR="00BA3BBE" w:rsidRPr="00D079F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="00F65743" w:rsidP="00BA3BBE">
-[...23 lines deleted...]
-              <w:t>8</w:t>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="005B68FD" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="001F3B15">
         <w:trPr>
           <w:trHeight w:val="821"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
@@ -10474,96 +10570,112 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D079F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="00F65743" w:rsidP="00BA3BBE">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="00F65743" w:rsidP="00A2393D">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D079F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>45</w:t>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="005D75C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="00F65743" w:rsidP="00BA3BBE">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="00F65743" w:rsidP="005D75C7">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D079F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>45</w:t>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="005D75C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="001F3B15">
         <w:trPr>
           <w:trHeight w:val="270"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
@@ -11114,113 +11226,97 @@
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D079F1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="001F3B15" w:rsidP="00D079F1">
-[...23 lines deleted...]
-              <w:t>1</w:t>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="005D75C7" w:rsidP="005B68FD">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>49</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="001F3B15" w:rsidP="00D079F1">
-[...23 lines deleted...]
-              <w:t>1</w:t>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00D079F1" w:rsidRDefault="005D75C7" w:rsidP="005B68FD">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>49</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="00536073" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="270"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
@@ -11661,195 +11757,211 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00A2393D">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5431">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00A2393D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A5431">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1214" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5431">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>22/1</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1214" w:type="dxa"/>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5431">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1056" w:type="dxa"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="005D75C7" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1257" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="005D75C7">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5431">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...60 lines deleted...]
-              </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="001F3B15" w:rsidRPr="001A5431">
+            <w:r w:rsidR="005D75C7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="00F65743">
         <w:trPr>
           <w:trHeight w:val="874"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
@@ -12105,96 +12217,112 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5431">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00A2393D" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA3BBE" w:rsidRPr="001A5431">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1257" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="001A5431" w:rsidRDefault="00BA3BBE" w:rsidP="00A2393D">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A5431">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>19/1</w:t>
-[...28 lines deleted...]
-              <w:t>34</w:t>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00A2393D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
@@ -13142,104 +13270,120 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00984F22">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00984F22" w:rsidRDefault="00FA679E" w:rsidP="00BA3BBE">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00984F22" w:rsidRDefault="00FA679E" w:rsidP="005557B7">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00984F22">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>53</w:t>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="005557B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00BA3BBE" w:rsidRPr="00984F22">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00984F22" w:rsidRDefault="00FA679E" w:rsidP="00BA3BBE">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00984F22" w:rsidRDefault="00FA679E" w:rsidP="005557B7">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00984F22">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>74</w:t>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="005557B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="270"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
@@ -13422,203 +13566,203 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00984F22" w:rsidRDefault="004E1CF8" w:rsidP="00984F22">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00984F22">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="004E1CF8" w:rsidP="00984F22">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidR="00984F22" w:rsidRPr="00984F22">
+            <w:r w:rsidR="00984F22" w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00984F22" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00984F22">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00984F22" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00984F22">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00984F22" w:rsidRDefault="004E1CF8" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00984F22">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="004E1CF8" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00984F22" w:rsidRDefault="004E1CF8" w:rsidP="00984F22">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00984F22">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="004E1CF8" w:rsidP="00984F22">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidR="00984F22" w:rsidRPr="00984F22">
+            <w:r w:rsidR="00984F22" w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="270"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
@@ -13716,233 +13860,233 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00984F22" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...15 lines deleted...]
-              <w:t>26</w:t>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="000D6482">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="000D6482" w:rsidRPr="000D6482">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00984F22" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00984F22">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00984F22" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00984F22">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00984F22" w:rsidRDefault="00BA3BBE" w:rsidP="00984F22">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00984F22">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="000D6482">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="004E1CF8" w:rsidRPr="00984F22">
+            <w:r w:rsidR="004E1CF8" w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidR="00984F22" w:rsidRPr="00984F22">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00984F22">
+            <w:r w:rsidR="000D6482" w:rsidRPr="000D6482">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00984F22" w:rsidRDefault="00BA3BBE" w:rsidP="00984F22">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00984F22">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="000D6482">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="004E1CF8" w:rsidRPr="00984F22">
-[...13 lines deleted...]
-              <w:t>2</w:t>
+            <w:r w:rsidR="000D6482" w:rsidRPr="000D6482">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>88</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
@@ -14143,209 +14287,193 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00230F30" w:rsidRDefault="009867E2" w:rsidP="00230F30">
-[...23 lines deleted...]
-              <w:t>0</w:t>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="004B3C84" w:rsidP="00230F30">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>59</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00230F30" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00230F30">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00230F30" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00230F30">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00230F30" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00230F30">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00230F30" w:rsidRDefault="00BA3BBE" w:rsidP="009867E2">
-[...23 lines deleted...]
-              <w:t>0</w:t>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="004B3C84" w:rsidP="009867E2">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>59</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -14437,209 +14565,209 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00230F30" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...15 lines deleted...]
-              <w:t>17</w:t>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="004B3C84" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00230F30" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00230F30">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00230F30" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00230F30">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00230F30" w:rsidRDefault="00BA3BBE" w:rsidP="00230F30">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00230F30">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="004B3C84">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="00230F30" w:rsidRPr="00230F30">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00230F30">
+            <w:r w:rsidR="004B3C84" w:rsidRPr="000D6482">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00230F30" w:rsidRDefault="00230F30" w:rsidP="00BA3BBE">
-[...15 lines deleted...]
-              <w:t>50</w:t>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="004B3C84" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>47</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
@@ -14817,217 +14945,217 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00230F30" w:rsidRDefault="00BA3BBE" w:rsidP="00230F30">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00230F30">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="004B3C84">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="00230F30" w:rsidRPr="00230F30">
+            <w:r w:rsidR="000D6482" w:rsidRPr="000D6482">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D6482">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1214" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1056" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1257" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="000D6482">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidRPr="00230F30">
-[...139 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidR="000D6482" w:rsidRPr="000D6482">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -15120,187 +15248,187 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00230F30" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00230F30">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00230F30" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00230F30">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00230F30" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00230F30">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00230F30" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00230F30">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00230F30" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00230F30">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
@@ -15515,201 +15643,217 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00744A16" w:rsidRDefault="00622D45" w:rsidP="00BA3BBE">
-[...17 lines deleted...]
-            <w:r w:rsidR="00BA3BBE" w:rsidRPr="00744A16">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00622D45" w:rsidP="004B3C84">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="004B3C84" w:rsidRPr="000D6482">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA3BBE" w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00744A16" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00744A16">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00744A16" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00744A16">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00744A16" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00744A16">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00744A16" w:rsidRDefault="00622D45" w:rsidP="00BA3BBE">
-[...15 lines deleted...]
-              <w:t>82</w:t>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00622D45" w:rsidP="004B3C84">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="004B3C84" w:rsidRPr="000D6482">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
@@ -15797,187 +15941,187 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00744A16" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00744A16">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00744A16" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00744A16">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00744A16" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00744A16">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00744A16" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00744A16">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00744A16" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00744A16">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
@@ -16191,201 +16335,209 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00744A16" w:rsidRDefault="00744A16" w:rsidP="00BA3BBE">
-[...15 lines deleted...]
-              <w:t>58</w:t>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00744A16" w:rsidP="000D6482">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="000D6482" w:rsidRPr="000D6482">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00744A16" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00744A16">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00744A16" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00744A16">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00744A16" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00744A16">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00744A16" w:rsidRDefault="00B33E6A" w:rsidP="00744A16">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00744A16">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00B33E6A" w:rsidP="000D6482">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="00744A16" w:rsidRPr="00744A16">
-[...5 lines deleted...]
-              <w:t>8</w:t>
+            <w:r w:rsidR="000D6482" w:rsidRPr="000D6482">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
@@ -16472,187 +16624,187 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00744A16" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00744A16">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00744A16" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00744A16">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00744A16" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00744A16">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00744A16" w:rsidRDefault="00B33E6A" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00744A16">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00B33E6A" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00744A16" w:rsidRDefault="00B33E6A" w:rsidP="00BA3BBE">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00744A16">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="000D6482" w:rsidRDefault="00B33E6A" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
@@ -16866,201 +17018,209 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="0062632F" w:rsidP="000D6482">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD2B65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="000D6482">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1214" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD2B65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1056" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD2B65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="0062632F" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>73</w:t>
-[...15 lines deleted...]
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1257" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="00CD2B65" w:rsidRDefault="00BA3BBE" w:rsidP="000D6482">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD2B65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...57 lines deleted...]
-            <w:r w:rsidRPr="00CD2B65">
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="000D6482">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
-            </w:r>
-[...36 lines deleted...]
-              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
@@ -19857,193 +20017,193 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00B07B40" w:rsidP="00B07B40">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="004B69C9" w:rsidP="00B07B40">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1214" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>4</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1214" w:type="dxa"/>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1056" w:type="dxa"/>
+            <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="0066426E">
+            <w:tcW w:w="1257" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="004B69C9" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
-            </w:r>
-[...28 lines deleted...]
-              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -20245,193 +20405,193 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>очная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="004B69C9" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1214" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066426E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1056" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066426E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00B07B40" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>7</w:t>
-[...30 lines deleted...]
-              </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1056" w:type="dxa"/>
-[...62 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00B07B40" w:rsidP="00BA3BBE">
-[...15 lines deleted...]
-              <w:t>7</w:t>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="004B69C9" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
@@ -20534,51 +20694,51 @@
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>7/1</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1214" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
@@ -20644,67 +20804,67 @@
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...15 lines deleted...]
-              <w:t>7</w:t>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="004B69C9" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidTr="0097256E">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="005043D5" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
@@ -21181,193 +21341,193 @@
             </w:pPr>
             <w:r w:rsidRPr="005043D5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Helvetica"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>заочная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00255D9D" w:rsidP="00BA3BBE">
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="004B69C9" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1214" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>7/1</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1214" w:type="dxa"/>
+              <w:t>–</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1056" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1056" w:type="dxa"/>
+            <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>–</w:t>
-[...30 lines deleted...]
-              </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="00BA3BBE" w:rsidP="00BA3BBE">
-[...15 lines deleted...]
-              <w:t>15</w:t>
+          <w:p w:rsidR="00BA3BBE" w:rsidRPr="0066426E" w:rsidRDefault="004B69C9" w:rsidP="00BA3BBE">
+            <w:pPr>
+              <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00255D9D" w:rsidRPr="005043D5" w:rsidTr="00255D9D">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00255D9D" w:rsidRPr="00255D9D" w:rsidRDefault="00255D9D" w:rsidP="00255D9D">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -21885,97 +22045,113 @@
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00255D9D" w:rsidRPr="0066426E" w:rsidRDefault="00255D9D" w:rsidP="00255D9D">
+          <w:p w:rsidR="00255D9D" w:rsidRPr="0066426E" w:rsidRDefault="00255D9D" w:rsidP="004B69C9">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>11</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="004B69C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00255D9D" w:rsidRPr="0066426E" w:rsidRDefault="00255D9D" w:rsidP="00255D9D">
+          <w:p w:rsidR="00255D9D" w:rsidRPr="0066426E" w:rsidRDefault="00255D9D" w:rsidP="004B69C9">
             <w:pPr>
               <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066426E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>11</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="004B69C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="005A2D5A" w:rsidRDefault="005A2D5A">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="005A2D5A" w:rsidSect="00BD1C21">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="851" w:right="1134" w:bottom="568" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
@@ -22036,81 +22212,84 @@
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CA3FA3"/>
     <w:rsid w:val="00003CE0"/>
     <w:rsid w:val="00010FD1"/>
     <w:rsid w:val="00015415"/>
     <w:rsid w:val="000164D1"/>
     <w:rsid w:val="000247F3"/>
     <w:rsid w:val="000345EB"/>
     <w:rsid w:val="000347B2"/>
     <w:rsid w:val="000361F6"/>
     <w:rsid w:val="0003714B"/>
     <w:rsid w:val="00040CBA"/>
     <w:rsid w:val="000438AB"/>
     <w:rsid w:val="0004433C"/>
     <w:rsid w:val="00045D53"/>
     <w:rsid w:val="0004629D"/>
     <w:rsid w:val="00053B1C"/>
     <w:rsid w:val="00055DD7"/>
     <w:rsid w:val="000569DD"/>
     <w:rsid w:val="00070F8B"/>
+    <w:rsid w:val="00071626"/>
     <w:rsid w:val="00071DB4"/>
     <w:rsid w:val="00074B75"/>
     <w:rsid w:val="00077F73"/>
     <w:rsid w:val="00080FED"/>
     <w:rsid w:val="00083E94"/>
     <w:rsid w:val="000853F2"/>
     <w:rsid w:val="00085F68"/>
     <w:rsid w:val="00086813"/>
     <w:rsid w:val="00086BCE"/>
     <w:rsid w:val="000932E0"/>
     <w:rsid w:val="000936CC"/>
     <w:rsid w:val="00093F44"/>
     <w:rsid w:val="00096967"/>
     <w:rsid w:val="000A10CA"/>
     <w:rsid w:val="000A5A25"/>
     <w:rsid w:val="000B2C3C"/>
     <w:rsid w:val="000B330D"/>
     <w:rsid w:val="000B3ABC"/>
     <w:rsid w:val="000B4DCE"/>
     <w:rsid w:val="000B655B"/>
     <w:rsid w:val="000C3BD7"/>
     <w:rsid w:val="000C7019"/>
     <w:rsid w:val="000D12D4"/>
     <w:rsid w:val="000D1E8D"/>
+    <w:rsid w:val="000D6482"/>
     <w:rsid w:val="000D6F9A"/>
     <w:rsid w:val="000E0576"/>
     <w:rsid w:val="000E43BB"/>
     <w:rsid w:val="000F7301"/>
     <w:rsid w:val="0010487D"/>
     <w:rsid w:val="001073F8"/>
     <w:rsid w:val="00110FBB"/>
+    <w:rsid w:val="00112549"/>
     <w:rsid w:val="0011461C"/>
     <w:rsid w:val="00116496"/>
     <w:rsid w:val="00117BF0"/>
     <w:rsid w:val="00123168"/>
     <w:rsid w:val="0012546E"/>
     <w:rsid w:val="001267AC"/>
     <w:rsid w:val="00126E54"/>
     <w:rsid w:val="001300FD"/>
     <w:rsid w:val="00134820"/>
     <w:rsid w:val="0013757B"/>
     <w:rsid w:val="0014151B"/>
     <w:rsid w:val="00141709"/>
     <w:rsid w:val="0014481D"/>
     <w:rsid w:val="00146B85"/>
     <w:rsid w:val="00147A4A"/>
     <w:rsid w:val="00150962"/>
     <w:rsid w:val="00151CC7"/>
     <w:rsid w:val="00153321"/>
     <w:rsid w:val="00153A54"/>
     <w:rsid w:val="00153E79"/>
     <w:rsid w:val="001561FF"/>
     <w:rsid w:val="001634B0"/>
     <w:rsid w:val="00165236"/>
     <w:rsid w:val="001711E2"/>
     <w:rsid w:val="0017358E"/>
@@ -22134,50 +22313,51 @@
     <w:rsid w:val="001A18D8"/>
     <w:rsid w:val="001A5431"/>
     <w:rsid w:val="001B16C5"/>
     <w:rsid w:val="001B2ADA"/>
     <w:rsid w:val="001B370D"/>
     <w:rsid w:val="001B56FF"/>
     <w:rsid w:val="001B5F51"/>
     <w:rsid w:val="001B7678"/>
     <w:rsid w:val="001C0BC1"/>
     <w:rsid w:val="001C2695"/>
     <w:rsid w:val="001C3D6F"/>
     <w:rsid w:val="001C4C9E"/>
     <w:rsid w:val="001C55DD"/>
     <w:rsid w:val="001C6D9F"/>
     <w:rsid w:val="001D17DF"/>
     <w:rsid w:val="001D707F"/>
     <w:rsid w:val="001E4F15"/>
     <w:rsid w:val="001F3B15"/>
     <w:rsid w:val="001F3EBC"/>
     <w:rsid w:val="0020236D"/>
     <w:rsid w:val="00203BC0"/>
     <w:rsid w:val="00204841"/>
     <w:rsid w:val="00204B68"/>
     <w:rsid w:val="00205BDE"/>
     <w:rsid w:val="002119B3"/>
+    <w:rsid w:val="002150F0"/>
     <w:rsid w:val="0021522D"/>
     <w:rsid w:val="00220CDF"/>
     <w:rsid w:val="00222F95"/>
     <w:rsid w:val="0022351E"/>
     <w:rsid w:val="00226302"/>
     <w:rsid w:val="00230F30"/>
     <w:rsid w:val="002318E2"/>
     <w:rsid w:val="002410AC"/>
     <w:rsid w:val="00245852"/>
     <w:rsid w:val="00247B4F"/>
     <w:rsid w:val="002513E2"/>
     <w:rsid w:val="002539A1"/>
     <w:rsid w:val="00253E8F"/>
     <w:rsid w:val="00255D9D"/>
     <w:rsid w:val="00260094"/>
     <w:rsid w:val="0026150C"/>
     <w:rsid w:val="002750D2"/>
     <w:rsid w:val="00275519"/>
     <w:rsid w:val="00277DB0"/>
     <w:rsid w:val="00291DEE"/>
     <w:rsid w:val="00292A86"/>
     <w:rsid w:val="0029304B"/>
     <w:rsid w:val="00293C10"/>
     <w:rsid w:val="002957C6"/>
     <w:rsid w:val="00296AFB"/>
@@ -22216,150 +22396,156 @@
     <w:rsid w:val="00336D6E"/>
     <w:rsid w:val="00347EA1"/>
     <w:rsid w:val="00353809"/>
     <w:rsid w:val="003538B9"/>
     <w:rsid w:val="00360269"/>
     <w:rsid w:val="00360447"/>
     <w:rsid w:val="00360CAD"/>
     <w:rsid w:val="00361436"/>
     <w:rsid w:val="00365CA0"/>
     <w:rsid w:val="003669BA"/>
     <w:rsid w:val="00366A68"/>
     <w:rsid w:val="00367643"/>
     <w:rsid w:val="003771D0"/>
     <w:rsid w:val="00377EB2"/>
     <w:rsid w:val="00390500"/>
     <w:rsid w:val="00391A3D"/>
     <w:rsid w:val="00392EF9"/>
     <w:rsid w:val="00393CBF"/>
     <w:rsid w:val="003A2D70"/>
     <w:rsid w:val="003A554A"/>
     <w:rsid w:val="003A74CF"/>
     <w:rsid w:val="003B0B8C"/>
     <w:rsid w:val="003B46F3"/>
     <w:rsid w:val="003C2BF9"/>
     <w:rsid w:val="003C7A3A"/>
+    <w:rsid w:val="003D0169"/>
     <w:rsid w:val="003D0B9E"/>
     <w:rsid w:val="003D1CDA"/>
     <w:rsid w:val="003D53CB"/>
     <w:rsid w:val="003E1B74"/>
     <w:rsid w:val="003E69EB"/>
     <w:rsid w:val="003F1767"/>
     <w:rsid w:val="003F291B"/>
     <w:rsid w:val="003F29E8"/>
     <w:rsid w:val="003F5F33"/>
     <w:rsid w:val="003F6369"/>
     <w:rsid w:val="004019CD"/>
     <w:rsid w:val="004042A8"/>
     <w:rsid w:val="00405286"/>
     <w:rsid w:val="004074DF"/>
     <w:rsid w:val="00416241"/>
     <w:rsid w:val="004171B7"/>
     <w:rsid w:val="004278FB"/>
     <w:rsid w:val="00433F06"/>
     <w:rsid w:val="0043623D"/>
     <w:rsid w:val="00443B35"/>
     <w:rsid w:val="00444D2A"/>
     <w:rsid w:val="00445537"/>
     <w:rsid w:val="004518B6"/>
     <w:rsid w:val="00457CAB"/>
     <w:rsid w:val="00463DDC"/>
     <w:rsid w:val="00464B4A"/>
     <w:rsid w:val="00464D0B"/>
     <w:rsid w:val="00465FA8"/>
     <w:rsid w:val="00471370"/>
     <w:rsid w:val="0047205F"/>
     <w:rsid w:val="004745D0"/>
     <w:rsid w:val="00475941"/>
     <w:rsid w:val="00475E5D"/>
     <w:rsid w:val="0047778D"/>
     <w:rsid w:val="00482782"/>
     <w:rsid w:val="0048282C"/>
     <w:rsid w:val="0049045D"/>
     <w:rsid w:val="00491660"/>
     <w:rsid w:val="0049374F"/>
     <w:rsid w:val="00493AAE"/>
     <w:rsid w:val="004A1500"/>
     <w:rsid w:val="004A2FB3"/>
     <w:rsid w:val="004A66F2"/>
     <w:rsid w:val="004B07B3"/>
     <w:rsid w:val="004B1CB2"/>
+    <w:rsid w:val="004B3C84"/>
+    <w:rsid w:val="004B69C9"/>
     <w:rsid w:val="004B6A97"/>
     <w:rsid w:val="004C0CA9"/>
     <w:rsid w:val="004C30DE"/>
     <w:rsid w:val="004D1B50"/>
     <w:rsid w:val="004D6CF6"/>
     <w:rsid w:val="004E01FD"/>
     <w:rsid w:val="004E1CF8"/>
     <w:rsid w:val="004E730A"/>
     <w:rsid w:val="004E7423"/>
     <w:rsid w:val="004F4DD6"/>
     <w:rsid w:val="004F5206"/>
     <w:rsid w:val="005000FE"/>
     <w:rsid w:val="00500C59"/>
     <w:rsid w:val="005043D5"/>
     <w:rsid w:val="0051150B"/>
     <w:rsid w:val="00511810"/>
     <w:rsid w:val="005165FF"/>
     <w:rsid w:val="0051725E"/>
     <w:rsid w:val="00517C02"/>
     <w:rsid w:val="00526FE7"/>
     <w:rsid w:val="00531A63"/>
     <w:rsid w:val="00532E8F"/>
     <w:rsid w:val="00535847"/>
     <w:rsid w:val="00536073"/>
     <w:rsid w:val="00536E80"/>
     <w:rsid w:val="00537E77"/>
     <w:rsid w:val="00537F87"/>
     <w:rsid w:val="005413A5"/>
     <w:rsid w:val="00544FE1"/>
     <w:rsid w:val="00547897"/>
+    <w:rsid w:val="005557B7"/>
     <w:rsid w:val="00556BA5"/>
     <w:rsid w:val="00565DF0"/>
     <w:rsid w:val="00573264"/>
     <w:rsid w:val="005739E9"/>
     <w:rsid w:val="00577355"/>
     <w:rsid w:val="00580CA0"/>
     <w:rsid w:val="00583090"/>
     <w:rsid w:val="00594256"/>
     <w:rsid w:val="005944AB"/>
     <w:rsid w:val="00595DB1"/>
     <w:rsid w:val="005961AA"/>
     <w:rsid w:val="0059642C"/>
     <w:rsid w:val="00596CF2"/>
     <w:rsid w:val="00596D8D"/>
     <w:rsid w:val="005A2749"/>
     <w:rsid w:val="005A2D5A"/>
     <w:rsid w:val="005A724F"/>
     <w:rsid w:val="005B30C9"/>
     <w:rsid w:val="005B4F6A"/>
+    <w:rsid w:val="005B68FD"/>
     <w:rsid w:val="005B6E4A"/>
     <w:rsid w:val="005C0E93"/>
     <w:rsid w:val="005C3AFE"/>
     <w:rsid w:val="005C444D"/>
     <w:rsid w:val="005D39B6"/>
     <w:rsid w:val="005D4F08"/>
+    <w:rsid w:val="005D75C7"/>
     <w:rsid w:val="005E068B"/>
     <w:rsid w:val="005E16D8"/>
     <w:rsid w:val="005E1D86"/>
     <w:rsid w:val="005E1E34"/>
     <w:rsid w:val="005E2A8B"/>
     <w:rsid w:val="005E33DD"/>
     <w:rsid w:val="005F35F6"/>
     <w:rsid w:val="005F59C2"/>
     <w:rsid w:val="005F61A3"/>
     <w:rsid w:val="005F7C75"/>
     <w:rsid w:val="00601239"/>
     <w:rsid w:val="0060240C"/>
     <w:rsid w:val="00603D1F"/>
     <w:rsid w:val="00603F95"/>
     <w:rsid w:val="0060420A"/>
     <w:rsid w:val="006115DE"/>
     <w:rsid w:val="006125D3"/>
     <w:rsid w:val="00612C76"/>
     <w:rsid w:val="0061428E"/>
     <w:rsid w:val="006174DC"/>
     <w:rsid w:val="00622D45"/>
     <w:rsid w:val="00625D9E"/>
     <w:rsid w:val="0062632F"/>
     <w:rsid w:val="0062701F"/>
     <w:rsid w:val="006327CA"/>
@@ -22484,123 +22670,126 @@
     <w:rsid w:val="008445F0"/>
     <w:rsid w:val="00850F54"/>
     <w:rsid w:val="00851AB5"/>
     <w:rsid w:val="00852E22"/>
     <w:rsid w:val="00853D3D"/>
     <w:rsid w:val="008624E2"/>
     <w:rsid w:val="008627E8"/>
     <w:rsid w:val="00862F97"/>
     <w:rsid w:val="00867786"/>
     <w:rsid w:val="00871452"/>
     <w:rsid w:val="00890809"/>
     <w:rsid w:val="00891016"/>
     <w:rsid w:val="00892CA8"/>
     <w:rsid w:val="00893113"/>
     <w:rsid w:val="008A2533"/>
     <w:rsid w:val="008A51CF"/>
     <w:rsid w:val="008A5850"/>
     <w:rsid w:val="008A63A8"/>
     <w:rsid w:val="008B3334"/>
     <w:rsid w:val="008B4B1B"/>
     <w:rsid w:val="008B5D76"/>
     <w:rsid w:val="008C2174"/>
     <w:rsid w:val="008C4887"/>
     <w:rsid w:val="008D1B08"/>
     <w:rsid w:val="008D33C1"/>
+    <w:rsid w:val="008D43DB"/>
     <w:rsid w:val="008D51EA"/>
     <w:rsid w:val="008D5DDB"/>
     <w:rsid w:val="008D5F75"/>
     <w:rsid w:val="008D64F4"/>
     <w:rsid w:val="008E165D"/>
     <w:rsid w:val="008E16D8"/>
     <w:rsid w:val="008E16F9"/>
     <w:rsid w:val="008E3897"/>
     <w:rsid w:val="008E6175"/>
     <w:rsid w:val="008F14A6"/>
     <w:rsid w:val="008F2CCD"/>
     <w:rsid w:val="008F33BF"/>
     <w:rsid w:val="008F40B9"/>
     <w:rsid w:val="008F7665"/>
     <w:rsid w:val="009012A3"/>
     <w:rsid w:val="00904A9C"/>
     <w:rsid w:val="009078B3"/>
     <w:rsid w:val="00911ABA"/>
     <w:rsid w:val="00914BCD"/>
     <w:rsid w:val="00916485"/>
     <w:rsid w:val="00921A80"/>
     <w:rsid w:val="00922244"/>
     <w:rsid w:val="00925D20"/>
     <w:rsid w:val="00926D5D"/>
     <w:rsid w:val="00927189"/>
     <w:rsid w:val="00927C44"/>
     <w:rsid w:val="00932F20"/>
     <w:rsid w:val="00941A55"/>
     <w:rsid w:val="0094436A"/>
     <w:rsid w:val="00944A6B"/>
     <w:rsid w:val="00952694"/>
     <w:rsid w:val="00955048"/>
     <w:rsid w:val="0096216E"/>
     <w:rsid w:val="00962434"/>
     <w:rsid w:val="00962D19"/>
     <w:rsid w:val="00970F21"/>
     <w:rsid w:val="0097256E"/>
     <w:rsid w:val="00975F8C"/>
+    <w:rsid w:val="00981351"/>
     <w:rsid w:val="00984F22"/>
     <w:rsid w:val="00985FC9"/>
     <w:rsid w:val="009867E2"/>
     <w:rsid w:val="0099187D"/>
     <w:rsid w:val="00993BD7"/>
     <w:rsid w:val="009959C8"/>
     <w:rsid w:val="00996B53"/>
     <w:rsid w:val="009A1235"/>
     <w:rsid w:val="009A1DFA"/>
     <w:rsid w:val="009A643F"/>
     <w:rsid w:val="009A7F2E"/>
     <w:rsid w:val="009B1F8F"/>
     <w:rsid w:val="009B47A5"/>
     <w:rsid w:val="009B5E2C"/>
     <w:rsid w:val="009B61DB"/>
     <w:rsid w:val="009C0DC7"/>
     <w:rsid w:val="009C102C"/>
     <w:rsid w:val="009D21F1"/>
     <w:rsid w:val="009D2F7B"/>
     <w:rsid w:val="009E076B"/>
     <w:rsid w:val="009E08BB"/>
     <w:rsid w:val="009E4EE5"/>
     <w:rsid w:val="009F22C7"/>
     <w:rsid w:val="009F383B"/>
     <w:rsid w:val="009F5B60"/>
     <w:rsid w:val="009F66B8"/>
     <w:rsid w:val="009F6CCB"/>
     <w:rsid w:val="009F7CAC"/>
     <w:rsid w:val="00A02B4A"/>
     <w:rsid w:val="00A115DE"/>
     <w:rsid w:val="00A1270F"/>
     <w:rsid w:val="00A12F98"/>
     <w:rsid w:val="00A16432"/>
     <w:rsid w:val="00A17371"/>
     <w:rsid w:val="00A17634"/>
+    <w:rsid w:val="00A2393D"/>
     <w:rsid w:val="00A23AE7"/>
     <w:rsid w:val="00A26936"/>
     <w:rsid w:val="00A31480"/>
     <w:rsid w:val="00A33350"/>
     <w:rsid w:val="00A34585"/>
     <w:rsid w:val="00A34A81"/>
     <w:rsid w:val="00A351AB"/>
     <w:rsid w:val="00A3530F"/>
     <w:rsid w:val="00A36D59"/>
     <w:rsid w:val="00A3720D"/>
     <w:rsid w:val="00A37D03"/>
     <w:rsid w:val="00A40051"/>
     <w:rsid w:val="00A4253B"/>
     <w:rsid w:val="00A426B8"/>
     <w:rsid w:val="00A46817"/>
     <w:rsid w:val="00A50E38"/>
     <w:rsid w:val="00A550AE"/>
     <w:rsid w:val="00A61184"/>
     <w:rsid w:val="00A6195C"/>
     <w:rsid w:val="00A622FB"/>
     <w:rsid w:val="00A662AE"/>
     <w:rsid w:val="00A66FD1"/>
     <w:rsid w:val="00A70356"/>
     <w:rsid w:val="00A704FC"/>
     <w:rsid w:val="00A73AF5"/>
@@ -22694,50 +22883,51 @@
     <w:rsid w:val="00BD1991"/>
     <w:rsid w:val="00BD1C21"/>
     <w:rsid w:val="00BD595D"/>
     <w:rsid w:val="00BD6896"/>
     <w:rsid w:val="00BE24D8"/>
     <w:rsid w:val="00BE2608"/>
     <w:rsid w:val="00BE5061"/>
     <w:rsid w:val="00BE704C"/>
     <w:rsid w:val="00BF14A4"/>
     <w:rsid w:val="00BF21C8"/>
     <w:rsid w:val="00BF3801"/>
     <w:rsid w:val="00BF5304"/>
     <w:rsid w:val="00BF5CBA"/>
     <w:rsid w:val="00C020CB"/>
     <w:rsid w:val="00C049E5"/>
     <w:rsid w:val="00C05435"/>
     <w:rsid w:val="00C0726A"/>
     <w:rsid w:val="00C11772"/>
     <w:rsid w:val="00C13DA3"/>
     <w:rsid w:val="00C17934"/>
     <w:rsid w:val="00C20EB7"/>
     <w:rsid w:val="00C212CE"/>
     <w:rsid w:val="00C2469E"/>
     <w:rsid w:val="00C26CAE"/>
     <w:rsid w:val="00C3115D"/>
+    <w:rsid w:val="00C313F0"/>
     <w:rsid w:val="00C316AB"/>
     <w:rsid w:val="00C33FE3"/>
     <w:rsid w:val="00C3506A"/>
     <w:rsid w:val="00C364C5"/>
     <w:rsid w:val="00C36931"/>
     <w:rsid w:val="00C42065"/>
     <w:rsid w:val="00C44C43"/>
     <w:rsid w:val="00C44C49"/>
     <w:rsid w:val="00C502CE"/>
     <w:rsid w:val="00C52765"/>
     <w:rsid w:val="00C64207"/>
     <w:rsid w:val="00C64A62"/>
     <w:rsid w:val="00C67321"/>
     <w:rsid w:val="00C675A0"/>
     <w:rsid w:val="00C67919"/>
     <w:rsid w:val="00C71EBB"/>
     <w:rsid w:val="00C74264"/>
     <w:rsid w:val="00C7709E"/>
     <w:rsid w:val="00C8073D"/>
     <w:rsid w:val="00C80EBA"/>
     <w:rsid w:val="00C8189B"/>
     <w:rsid w:val="00C81C1B"/>
     <w:rsid w:val="00C8334E"/>
     <w:rsid w:val="00CA07E4"/>
     <w:rsid w:val="00CA0A6D"/>
@@ -22777,50 +22967,51 @@
     <w:rsid w:val="00D22E5A"/>
     <w:rsid w:val="00D274CC"/>
     <w:rsid w:val="00D27E7F"/>
     <w:rsid w:val="00D324D1"/>
     <w:rsid w:val="00D401B1"/>
     <w:rsid w:val="00D411B6"/>
     <w:rsid w:val="00D44719"/>
     <w:rsid w:val="00D5125E"/>
     <w:rsid w:val="00D527CA"/>
     <w:rsid w:val="00D568C6"/>
     <w:rsid w:val="00D65E4D"/>
     <w:rsid w:val="00D67320"/>
     <w:rsid w:val="00D709C1"/>
     <w:rsid w:val="00D71714"/>
     <w:rsid w:val="00D71A11"/>
     <w:rsid w:val="00D73276"/>
     <w:rsid w:val="00D74583"/>
     <w:rsid w:val="00D76F2B"/>
     <w:rsid w:val="00D818C0"/>
     <w:rsid w:val="00D90E73"/>
     <w:rsid w:val="00D92097"/>
     <w:rsid w:val="00D92B97"/>
     <w:rsid w:val="00D95461"/>
     <w:rsid w:val="00D962CC"/>
     <w:rsid w:val="00DA036D"/>
+    <w:rsid w:val="00DA0CE5"/>
     <w:rsid w:val="00DA2978"/>
     <w:rsid w:val="00DA6B61"/>
     <w:rsid w:val="00DA6D0D"/>
     <w:rsid w:val="00DB1E67"/>
     <w:rsid w:val="00DB2A3D"/>
     <w:rsid w:val="00DB58A4"/>
     <w:rsid w:val="00DC133C"/>
     <w:rsid w:val="00DC2AD5"/>
     <w:rsid w:val="00DC471B"/>
     <w:rsid w:val="00DD0744"/>
     <w:rsid w:val="00DD0DC1"/>
     <w:rsid w:val="00DD1358"/>
     <w:rsid w:val="00DD48E2"/>
     <w:rsid w:val="00DD6CB8"/>
     <w:rsid w:val="00DD70CD"/>
     <w:rsid w:val="00DD79FC"/>
     <w:rsid w:val="00DE0D26"/>
     <w:rsid w:val="00DE1235"/>
     <w:rsid w:val="00DE1FFD"/>
     <w:rsid w:val="00DE57D5"/>
     <w:rsid w:val="00DF12CE"/>
     <w:rsid w:val="00DF4261"/>
     <w:rsid w:val="00DF5528"/>
     <w:rsid w:val="00DF6B62"/>
     <w:rsid w:val="00E02D7B"/>
@@ -23783,69 +23974,69 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
   <Words>928</Words>
-  <Characters>5295</Characters>
+  <Characters>5291</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>44</Lines>
   <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6211</CharactersWithSpaces>
+  <CharactersWithSpaces>6207</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Мясникова Лариса Викторовна</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>